--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1038">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1148">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP20533</t>
   </si>
   <si>
@@ -2723,50 +2723,380 @@
     <t>RNCP40988</t>
   </si>
   <si>
     <t>RNCP41093</t>
   </si>
   <si>
     <t>RNCP41166</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de Télécom Nancy de l'université de Lorraine</t>
   </si>
   <si>
     <t>RNCP41176</t>
   </si>
   <si>
     <t>RNCP41277</t>
   </si>
   <si>
     <t>RNCP41390</t>
   </si>
   <si>
     <t>RNCP41502</t>
   </si>
   <si>
     <t>14/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41540</t>
+  </si>
+  <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41561</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41566</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Agronomie</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41569</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Conception des procédés et innovation technologique</t>
+  </si>
+  <si>
+    <t>RNCP41570</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, pilotage et optimisation des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41571</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, qualité, environnement et sécurité des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41587</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41600</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Diététique et nutrition</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41602</t>
+  </si>
+  <si>
+    <t>RNCP41603</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité energétiques : Exploitation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41604</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Management de l’énergie pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41606</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Réalisation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41610</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Qualité et management intégré</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41615</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41617</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
+  </si>
+  <si>
+    <t>RNCP41618</t>
+  </si>
+  <si>
+    <t>RNCP41619</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RNCP8797</t>
   </si>
   <si>
     <t>Autre Master Droit, Economie, Gestion mention Droit et Economie des Politiques Sociales et de la Santé spécialité Chargé d'Etudes Economiques en Politiques Sociales et Santé</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>RNCP8808</t>
   </si>
   <si>
     <t>Autre Master Droit, Economie, Gestion mention Management des organisations du secteur sanitaire et social spécialité management des établissements sociaux et médico-sociaux.</t>
   </si>
   <si>
     <t>RS1235</t>
   </si>
   <si>
     <t>Cambridge English Business Certificates (BEC Preliminary, BEC Vantage, BEC Higher)</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
@@ -3505,51 +3835,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H549"/>
+  <dimension ref="A1:H613"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -14778,1420 +15108,2892 @@
       </c>
       <c r="C489" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F489" s="2" t="s">
         <v>902</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>903</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>904</v>
+        <v>484</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>905</v>
+        <v>644</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>907</v>
+        <v>482</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>905</v>
+        <v>644</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>909</v>
+        <v>480</v>
       </c>
       <c r="D492" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>913</v>
+        <v>478</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>915</v>
+        <v>908</v>
       </c>
       <c r="D494" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="D495" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G495" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G496" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>921</v>
+        <v>578</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G497" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>923</v>
+        <v>580</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G498" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>924</v>
+        <v>915</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>925</v>
+        <v>514</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>928</v>
+        <v>916</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>929</v>
+        <v>917</v>
       </c>
       <c r="D500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G500" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G501" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
       <c r="D502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G502" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="D503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G503" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="D504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>938</v>
+        <v>926</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="D505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G505" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>940</v>
+        <v>928</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="D506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G506" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="D507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="D508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G508" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
       <c r="D509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G509" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="D510" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G510" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
       <c r="D511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
       <c r="D512" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G512" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>954</v>
+        <v>942</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>955</v>
+        <v>943</v>
       </c>
       <c r="D513" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G513" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="D514" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>926</v>
+        <v>644</v>
       </c>
       <c r="G514" s="2" t="s">
-        <v>927</v>
+        <v>11</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>958</v>
+        <v>946</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>959</v>
+        <v>947</v>
       </c>
       <c r="D515" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>960</v>
+        <v>644</v>
       </c>
       <c r="G515" s="2" t="s">
-        <v>961</v>
+        <v>11</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>962</v>
+        <v>948</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="D516" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E516" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>964</v>
+        <v>644</v>
       </c>
       <c r="G516" s="2" t="s">
-        <v>965</v>
+        <v>11</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>966</v>
+        <v>950</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>967</v>
+        <v>951</v>
       </c>
       <c r="D517" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>968</v>
+        <v>644</v>
       </c>
       <c r="G517" s="2" t="s">
-        <v>969</v>
+        <v>11</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>970</v>
+        <v>952</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="D518" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E518" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>968</v>
+        <v>644</v>
       </c>
       <c r="G518" s="2" t="s">
-        <v>969</v>
+        <v>11</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>973</v>
+        <v>955</v>
       </c>
       <c r="D519" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>968</v>
+        <v>644</v>
       </c>
       <c r="G519" s="2" t="s">
-        <v>969</v>
+        <v>11</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>974</v>
+        <v>956</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="D520" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E520" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>968</v>
+        <v>644</v>
       </c>
       <c r="G520" s="2" t="s">
-        <v>969</v>
+        <v>11</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>976</v>
+        <v>958</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="D521" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G521" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>980</v>
+        <v>960</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>981</v>
+        <v>554</v>
       </c>
       <c r="D522" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G522" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>982</v>
+        <v>961</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>983</v>
+        <v>552</v>
       </c>
       <c r="D523" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G523" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>984</v>
+        <v>962</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>985</v>
+        <v>556</v>
       </c>
       <c r="D524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G524" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>986</v>
+        <v>963</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>987</v>
+        <v>550</v>
       </c>
       <c r="D525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G525" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>988</v>
+        <v>964</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>989</v>
+        <v>518</v>
       </c>
       <c r="D526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G526" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>990</v>
+        <v>965</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>991</v>
+        <v>520</v>
       </c>
       <c r="D527" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>978</v>
+        <v>644</v>
       </c>
       <c r="G527" s="2" t="s">
-        <v>979</v>
+        <v>11</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>992</v>
+        <v>966</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="D528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>994</v>
+        <v>644</v>
       </c>
       <c r="G528" s="2" t="s">
-        <v>641</v>
+        <v>11</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>995</v>
+        <v>968</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>996</v>
+        <v>969</v>
       </c>
       <c r="D529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>997</v>
+        <v>644</v>
       </c>
       <c r="G529" s="2" t="s">
-        <v>998</v>
+        <v>11</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>999</v>
+        <v>970</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1000</v>
+        <v>516</v>
       </c>
       <c r="D530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1001</v>
+        <v>644</v>
       </c>
       <c r="G530" s="2" t="s">
-        <v>648</v>
+        <v>11</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>1002</v>
+        <v>971</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1003</v>
+        <v>972</v>
       </c>
       <c r="D531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1004</v>
+        <v>644</v>
       </c>
       <c r="G531" s="2" t="s">
-        <v>1005</v>
+        <v>11</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>1006</v>
+        <v>973</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1007</v>
+        <v>974</v>
       </c>
       <c r="D532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>911</v>
+        <v>644</v>
       </c>
       <c r="G532" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>1008</v>
+        <v>975</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1009</v>
+        <v>976</v>
       </c>
       <c r="D533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1010</v>
+        <v>644</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>1011</v>
+        <v>11</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>1012</v>
+        <v>977</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>955</v>
+        <v>530</v>
       </c>
       <c r="D534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>1015</v>
+        <v>978</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1016</v>
+        <v>979</v>
       </c>
       <c r="D535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G535" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>1017</v>
+        <v>980</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>925</v>
+        <v>981</v>
       </c>
       <c r="D536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>1018</v>
+        <v>982</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>933</v>
+        <v>983</v>
       </c>
       <c r="D537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G537" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>1019</v>
+        <v>984</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>935</v>
+        <v>985</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G538" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>1020</v>
+        <v>986</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>939</v>
+        <v>987</v>
       </c>
       <c r="D539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G539" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>1021</v>
+        <v>988</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>945</v>
+        <v>989</v>
       </c>
       <c r="D540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G540" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>1022</v>
+        <v>990</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>947</v>
+        <v>991</v>
       </c>
       <c r="D541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G541" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>1023</v>
+        <v>992</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>937</v>
+        <v>993</v>
       </c>
       <c r="D542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G542" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1024</v>
+        <v>994</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>941</v>
+        <v>995</v>
       </c>
       <c r="D543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G543" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>1025</v>
+        <v>996</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>931</v>
+        <v>997</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="G544" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>1026</v>
+        <v>998</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>949</v>
+        <v>999</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1027</v>
+        <v>644</v>
       </c>
       <c r="G545" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>1028</v>
+        <v>1000</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>957</v>
+        <v>528</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1027</v>
+        <v>644</v>
       </c>
       <c r="G546" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1029</v>
+        <v>1001</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>953</v>
+        <v>526</v>
       </c>
       <c r="D547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1027</v>
+        <v>644</v>
       </c>
       <c r="G547" s="2" t="s">
-        <v>1014</v>
+        <v>11</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>1030</v>
+        <v>1002</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1031</v>
+        <v>1003</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>910</v>
+        <v>9</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1032</v>
+        <v>644</v>
       </c>
       <c r="G548" s="2" t="s">
-        <v>1033</v>
+        <v>11</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B549" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C549" s="2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E549" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F549" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G549" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B550" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C550" s="2" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D550" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E550" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G550" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B551" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C551" s="2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D551" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E551" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F551" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G551" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B552" s="2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C552" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D552" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E552" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F552" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G552" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B553" s="2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C553" s="2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D553" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E553" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F553" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G553" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B554" s="2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C554" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E554" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F554" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G554" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B555" s="2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C555" s="2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D555" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E555" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F555" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G555" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B556" s="2" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C556" s="2" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E556" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F556" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B557" s="2" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E557" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F557" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G557" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B558" s="2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C558" s="2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D558" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E558" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F558" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G558" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B559" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C559" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E559" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F559" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G559" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B560" s="2" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C560" s="2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E560" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F560" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G560" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B561" s="2" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C561" s="2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D561" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E561" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F561" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G561" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B562" s="2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C562" s="2" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D562" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E562" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F562" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G562" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B563" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="C549" s="2" t="s">
+      <c r="C563" s="2" t="s">
         <v>1035</v>
       </c>
-      <c r="D549" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F549" s="2" t="s">
+      <c r="D563" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E563" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F563" s="2" t="s">
         <v>1036</v>
       </c>
-      <c r="G549" s="2" t="s">
+      <c r="G563" s="2" t="s">
         <v>1037</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B564" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C564" s="2" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D564" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E564" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F564" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G564" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B565" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C565" s="2" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E565" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F565" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G565" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B566" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C566" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E566" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F566" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G566" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B567" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C567" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D567" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E567" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F567" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G567" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B568" s="2" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C568" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D568" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E568" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F568" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G568" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B569" s="2" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C569" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D569" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E569" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F569" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G569" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B570" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C570" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D570" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E570" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F570" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G570" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B571" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C571" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E571" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F571" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G571" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B572" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C572" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D572" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E572" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F572" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G572" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B573" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C573" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D573" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E573" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F573" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G573" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B574" s="2" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C574" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D574" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E574" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F574" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G574" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B575" s="2" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C575" s="2" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D575" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E575" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F575" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G575" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B576" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C576" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D576" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E576" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F576" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G576" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B577" s="2" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C577" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D577" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E577" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F577" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G577" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B578" s="2" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C578" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D578" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E578" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F578" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G578" s="2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B579" s="2" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C579" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D579" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E579" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F579" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G579" s="2" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B580" s="2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C580" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E580" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G580" s="2" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B581" s="2" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C581" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F581" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G581" s="2" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B582" s="2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C582" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F582" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G582" s="2" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B583" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C583" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D583" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E583" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F583" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G583" s="2" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B584" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C584" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F584" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G584" s="2" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B585" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C585" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D585" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E585" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G585" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B586" s="2" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C586" s="2" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G586" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B587" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E587" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G587" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B588" s="2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F588" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G588" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B589" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E589" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G589" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B590" s="2" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D590" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E590" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G590" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B591" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E591" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G591" s="2" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B592" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C592" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E592" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G592" s="2" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B593" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C593" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D593" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E593" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F593" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G593" s="2" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B594" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C594" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F594" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G594" s="2" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B595" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G595" s="2" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B596" s="2" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C596" s="2" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G596" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B597" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C597" s="2" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F597" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G597" s="2" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B598" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F598" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G598" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B599" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C599" s="2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G599" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B600" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C600" s="2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F600" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G600" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B601" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F601" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G601" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B602" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C602" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F602" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G602" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B603" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F603" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G603" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B604" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C604" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E604" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F604" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G604" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B605" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C605" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E605" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F605" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G605" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B606" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D606" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E606" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F606" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G606" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B607" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C607" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E607" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F607" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G607" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B608" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G608" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B609" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F609" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G609" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B610" s="2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C610" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D610" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E610" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F610" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G610" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B611" s="2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D611" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E611" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F611" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G611" s="2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B612" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D612" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E612" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F612" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G612" s="2" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B613" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D613" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E613" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F613" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G613" s="2" t="s">
+        <v>1147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -16204,31 +18006,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/04/2025 20:49:12</dc:description>
+  <dc:description>Export en date du 12/22/2025 04:55:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>