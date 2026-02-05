--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1154">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP20533</t>
   </si>
   <si>
@@ -2530,50 +2530,53 @@
   <si>
     <t>RNCP40134</t>
   </si>
   <si>
     <t>RNCP40181</t>
   </si>
   <si>
     <t>Autre Diplôme d'accès aux études universitaires (DAEU) (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40193</t>
   </si>
   <si>
     <t>RNCP40290</t>
   </si>
   <si>
     <t>RNCP40291</t>
   </si>
   <si>
     <t>RNCP40303</t>
   </si>
   <si>
     <t>RNCP40306</t>
   </si>
   <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>RNCP40316</t>
   </si>
   <si>
     <t>RNCP40322</t>
   </si>
   <si>
     <t>RNCP40331</t>
   </si>
   <si>
     <t>RNCP40333</t>
   </si>
   <si>
     <t>RNCP40336</t>
   </si>
   <si>
     <t>RNCP40339</t>
   </si>
   <si>
     <t>RNCP40421</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de Télécom Nancy de l'université de Lorraine, spécialité cybersécurité</t>
   </si>
   <si>
     <t>RNCP40438</t>
@@ -3055,72 +3058,87 @@
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
+    <t>RNCP41781</t>
+  </si>
+  <si>
+    <t>Secrétaire général de mairie (DU)</t>
+  </si>
+  <si>
+    <t>18/12/2028</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
     <t>RNCP8797</t>
   </si>
   <si>
     <t>Autre Master Droit, Economie, Gestion mention Droit et Economie des Politiques Sociales et de la Santé spécialité Chargé d'Etudes Economiques en Politiques Sociales et Santé</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>RNCP8808</t>
   </si>
   <si>
     <t>Autre Master Droit, Economie, Gestion mention Management des organisations du secteur sanitaire et social spécialité management des établissements sociaux et médico-sociaux.</t>
   </si>
   <si>
     <t>RS1235</t>
   </si>
   <si>
     <t>Cambridge English Business Certificates (BEC Preliminary, BEC Vantage, BEC Higher)</t>
-  </si>
-[...1 lines deleted...]
-    <t>FAUX</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2957</t>
   </si>
   <si>
     <t>Cambridge English First (FCE) - B2</t>
   </si>
   <si>
     <t>RS2958</t>
   </si>
   <si>
     <t>Cambridge English Advanced (CAE) - C1</t>
   </si>
   <si>
     <t>RS2959</t>
   </si>
   <si>
     <t>Cambridge English Proficiency (CPE) - C2</t>
   </si>
   <si>
     <t>RS3130</t>
   </si>
@@ -3835,51 +3853,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H613"/>
+  <dimension ref="A1:H615"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -14010,3990 +14028,4036 @@
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G441" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>837</v>
       </c>
       <c r="C442" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G442" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C443" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>703</v>
       </c>
       <c r="G443" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C444" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G444" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C445" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G445" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C446" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G446" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C447" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F447" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G447" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C448" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G448" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G449" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C450" s="2" t="s">
         <v>341</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G450" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F451" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G451" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C452" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F452" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G452" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G454" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>449</v>
       </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F455" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G455" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G456" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C457" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G457" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
         <v>672</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C460" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G460" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C461" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G461" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C462" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G462" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C463" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G463" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G464" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C465" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G465" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G466" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G467" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G468" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C469" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G469" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G470" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G471" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G472" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="G473" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C474" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F474" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G474" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
         <v>653</v>
       </c>
       <c r="G475" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C477" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C478" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G478" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>653</v>
       </c>
       <c r="G479" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C480" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>510</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C482" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G483" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C484" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G484" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>653</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>446</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G486" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C487" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G487" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C488" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G488" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C489" s="2" t="s">
         <v>451</v>
       </c>
       <c r="D489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C490" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C491" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C492" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C493" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G495" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G496" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C497" s="2" t="s">
         <v>578</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G497" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C498" s="2" t="s">
         <v>580</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G498" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>514</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G499" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G500" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G501" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G502" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G503" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G504" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G505" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G506" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G507" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G508" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F509" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G509" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D510" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G510" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G511" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B512" s="2" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D512" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E512" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F512" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G512" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B513" s="2" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D513" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E513" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F513" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G513" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B514" s="2" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D514" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E514" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F514" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G514" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B515" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D515" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E515" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F515" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G515" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B516" s="2" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D516" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E516" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F516" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G516" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B517" s="2" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D517" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E517" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G517" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D518" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E518" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F518" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G518" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B519" s="2" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D519" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E519" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G519" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D520" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E520" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F520" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G520" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D521" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F521" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G521" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C522" s="2" t="s">
         <v>554</v>
       </c>
       <c r="D522" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G522" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B523" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C523" s="2" t="s">
         <v>552</v>
       </c>
       <c r="D523" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F523" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G523" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C524" s="2" t="s">
         <v>556</v>
       </c>
       <c r="D524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G524" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C525" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F525" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G525" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C526" s="2" t="s">
         <v>518</v>
       </c>
       <c r="D526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F526" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G526" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C527" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D527" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E527" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F527" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G527" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G528" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G529" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C530" s="2" t="s">
         <v>516</v>
       </c>
       <c r="D530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G530" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G531" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G532" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G533" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C534" s="2" t="s">
         <v>530</v>
       </c>
       <c r="D534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G534" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F535" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G535" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F536" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G536" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G537" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F538" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G538" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F539" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G539" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F540" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G540" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F541" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G541" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F542" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G542" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F543" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G543" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G544" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C546" s="2" t="s">
         <v>528</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F546" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G546" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C547" s="2" t="s">
         <v>526</v>
       </c>
       <c r="D547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G547" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F548" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G548" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G549" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F550" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G550" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F551" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G551" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C552" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D552" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F552" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G552" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F553" s="2" t="s">
         <v>644</v>
       </c>
       <c r="G553" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D554" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>11</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1017</v>
+        <v>594</v>
       </c>
       <c r="D555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="G555" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="D556" s="2" t="s">
-        <v>1020</v>
+        <v>9</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="G556" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B557" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E557" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F557" s="2" t="s">
         <v>1022</v>
-      </c>
-[...10 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="G557" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D558" s="2" t="s">
-        <v>1020</v>
+        <v>838</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="G558" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C559" s="2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="E559" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F559" s="2" t="s">
         <v>1027</v>
-      </c>
-[...7 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="G559" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="G560" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="G561" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="D562" s="2" t="s">
-        <v>1020</v>
+        <v>9</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="G562" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D563" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
       <c r="G563" s="2" t="s">
-        <v>1037</v>
+        <v>11</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D564" s="2" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>1037</v>
+        <v>11</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="C565" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="D565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B566" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C566" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E566" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F566" s="2" t="s">
         <v>1042</v>
       </c>
-      <c r="C566" s="2" t="s">
+      <c r="G566" s="2" t="s">
         <v>1043</v>
-      </c>
-[...10 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="D569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="D570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="D573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="D577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="D579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1070</v>
+        <v>1042</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>1071</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="C580" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="D580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1074</v>
+        <v>1042</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>1075</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B581" s="2" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C581" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F581" s="2" t="s">
         <v>1076</v>
       </c>
-      <c r="C581" s="2" t="s">
+      <c r="G581" s="2" t="s">
         <v>1077</v>
-      </c>
-[...10 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B582" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C582" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F582" s="2" t="s">
         <v>1080</v>
       </c>
-      <c r="C582" s="2" t="s">
+      <c r="G582" s="2" t="s">
         <v>1081</v>
-      </c>
-[...10 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="C583" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="D583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B584" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C584" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F584" s="2" t="s">
         <v>1084</v>
       </c>
-      <c r="C584" s="2" t="s">
+      <c r="G584" s="2" t="s">
         <v>1085</v>
-      </c>
-[...10 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="D585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="G585" s="2" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="C586" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="D586" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="G586" s="2" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="C587" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="D587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="G587" s="2" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B588" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F588" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="C588" s="2" t="s">
+      <c r="G588" s="2" t="s">
         <v>1095</v>
-      </c>
-[...10 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="D589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="G589" s="2" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="D590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="G590" s="2" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="D591" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>1020</v>
+        <v>9</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="G591" s="2" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>641</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D593" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>1108</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B594" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C594" s="2" t="s">
         <v>1109</v>
       </c>
-      <c r="C594" s="2" t="s">
+      <c r="D594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F594" s="2" t="s">
         <v>1110</v>
       </c>
-      <c r="D594" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G594" s="2" t="s">
-        <v>648</v>
+        <v>641</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B595" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C595" s="2" t="s">
         <v>1112</v>
       </c>
-      <c r="C595" s="2" t="s">
+      <c r="D595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F595" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="D595" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F595" s="2" t="s">
+      <c r="G595" s="2" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B596" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C596" s="2" t="s">
         <v>1116</v>
       </c>
-      <c r="C596" s="2" t="s">
+      <c r="D596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F596" s="2" t="s">
         <v>1117</v>
       </c>
-      <c r="D596" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G596" s="2" t="s">
-        <v>11</v>
+        <v>648</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="C597" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="D597" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="G597" s="2" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1065</v>
+        <v>1123</v>
       </c>
       <c r="D598" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1123</v>
+        <v>1027</v>
       </c>
       <c r="G598" s="2" t="s">
-        <v>1124</v>
+        <v>11</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B599" s="2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C599" s="2" t="s">
         <v>1125</v>
       </c>
-      <c r="C599" s="2" t="s">
+      <c r="D599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F599" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="D599" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G599" s="2" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1035</v>
+        <v>1071</v>
       </c>
       <c r="D600" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G600" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1043</v>
+        <v>1132</v>
       </c>
       <c r="D601" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G601" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B602" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C602" s="2" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F602" s="2" t="s">
         <v>1129</v>
       </c>
-      <c r="C602" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G602" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C603" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="D603" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G603" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="D604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G604" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="D605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G605" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="D606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="D607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G607" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="D608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="G608" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="D609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="G609" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1067</v>
+        <v>1047</v>
       </c>
       <c r="D610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="G610" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="G611" s="2" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1141</v>
+        <v>1073</v>
       </c>
       <c r="D612" s="2" t="s">
-        <v>1020</v>
+        <v>9</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>1143</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1">
         <v>13001550600012</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1145</v>
+        <v>1069</v>
       </c>
       <c r="D613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>1020</v>
+        <v>9</v>
       </c>
       <c r="F613" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G613" s="2" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B614" s="2" t="s">
         <v>1146</v>
       </c>
-      <c r="G613" s="2" t="s">
+      <c r="C614" s="2" t="s">
         <v>1147</v>
+      </c>
+      <c r="D614" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="E614" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F614" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G614" s="2" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" s="1">
+        <v>13001550600012</v>
+      </c>
+      <c r="B615" s="2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D615" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E615" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="F615" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G615" s="2" t="s">
+        <v>1153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -18006,31 +18070,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/22/2025 04:55:45</dc:description>
+  <dc:description>Export en date du 02/05/2026 10:34:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>