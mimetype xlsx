--- v0 (2025-12-22)
+++ v1 (2026-02-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1111">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15336</t>
   </si>
   <si>
@@ -2992,50 +2992,62 @@
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Stratégie de marque et événementiel</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
     <t>RNCP4860</t>
   </si>
   <si>
     <t>DE de pédicure-podologue</t>
   </si>
   <si>
     <t>31/12/2019</t>
   </si>
   <si>
     <t>RNCP4887</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’Ecole polytechnique de l’Université d’Aix-Marseille 1, spécialité Génie civil</t>
   </si>
   <si>
     <t>19/10/2021</t>
   </si>
   <si>
     <t>RNCP4893</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole polytechnique de l'Université d'Aix-Marseille 1, spécialité Microélectronique et télécommunications</t>
   </si>
   <si>
     <t>RS3807</t>
@@ -3181,90 +3193,60 @@
   <si>
     <t>RS5429</t>
   </si>
   <si>
     <t>CLES B1 Français langue étrangère - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5430</t>
   </si>
   <si>
     <t>CLES B2 Polonais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5432</t>
   </si>
   <si>
     <t>CLES B2 Arabe - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5433</t>
   </si>
   <si>
     <t>CLES C1 Espagnol - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
-    <t>RS5454</t>
-[...2 lines deleted...]
-    <t>Diplôme de Compétence en Langue Étrangère Professionnelle (DCLEP) - Français Langue Étrangère</t>
+    <t>RS5463</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue des Signes Française (DCLSF)</t>
   </si>
   <si>
     <t>17/06/2026</t>
   </si>
   <si>
     <t>17/06/2021</t>
-  </si>
-[...28 lines deleted...]
-    <t>Diplôme de Compétence en Langue des Signes Française (DCLSF)</t>
   </si>
   <si>
     <t>RS5510</t>
   </si>
   <si>
     <t>Concevoir et développer un projet entrepreneurial</t>
   </si>
   <si>
     <t>15/09/2024</t>
   </si>
   <si>
     <t>RS5622</t>
   </si>
   <si>
     <t>Certificat national de compétence de mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>RS6585</t>
   </si>
   <si>
     <t>26/04/2027</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
@@ -3742,51 +3724,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H600"/>
+  <dimension ref="A1:H597"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -16082,1525 +16064,1456 @@
       </c>
       <c r="F535" s="2" t="s">
         <v>637</v>
       </c>
       <c r="G535" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C536" s="2" t="s">
         <v>993</v>
       </c>
       <c r="D536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>994</v>
+        <v>637</v>
       </c>
       <c r="G536" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B537" s="2" t="s">
+        <v>994</v>
+      </c>
+      <c r="C537" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E537" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F537" s="2" t="s">
         <v>995</v>
-      </c>
-[...10 lines deleted...]
-        <v>997</v>
       </c>
       <c r="G537" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B538" s="2" t="s">
+        <v>996</v>
+      </c>
+      <c r="C538" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F538" s="2" t="s">
         <v>998</v>
-      </c>
-[...10 lines deleted...]
-        <v>997</v>
       </c>
       <c r="G538" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B539" s="2" t="s">
+        <v>999</v>
+      </c>
+      <c r="C539" s="2" t="s">
         <v>1000</v>
       </c>
-      <c r="C539" s="2" t="s">
+      <c r="D539" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E539" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F539" s="2" t="s">
         <v>1001</v>
-      </c>
-[...7 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="G539" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B540" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C540" s="2" t="s">
         <v>1003</v>
       </c>
-      <c r="C540" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="G540" s="2" t="s">
-        <v>1006</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D541" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="G541" s="2" t="s">
-        <v>1006</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B542" s="2" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C542" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D542" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E542" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F542" s="2" t="s">
         <v>1009</v>
       </c>
-      <c r="C542" s="2" t="s">
+      <c r="G542" s="2" t="s">
         <v>1010</v>
-      </c>
-[...10 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="C543" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="D543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G543" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="C544" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G544" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="C545" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G545" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="C546" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G546" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="C547" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="D547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G547" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="C548" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="D548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G548" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="C549" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="D549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="C550" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="D550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G550" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="C551" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="D551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G551" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="C552" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="D552" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G552" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="C553" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="D553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G553" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="C554" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="D554" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="C555" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="D555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="C556" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="D556" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="C557" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="D557" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G557" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C558" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="D558" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G558" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="C559" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="D559" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G559" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="C561" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="D561" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G561" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="C562" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="D562" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G562" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="C563" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="D563" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G563" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="D564" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="C565" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="D565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1057</v>
+        <v>1009</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>1058</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="D566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1057</v>
+        <v>1009</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>1058</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="D567" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="C568" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="D568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>1058</v>
+        <v>585</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1057</v>
+        <v>622</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>1058</v>
+        <v>11</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="D570" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B571" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C571" s="2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E571" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F571" s="2" t="s">
         <v>1069</v>
       </c>
-      <c r="C571" s="2" t="s">
+      <c r="G571" s="2" t="s">
         <v>1070</v>
-      </c>
-[...10 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1073</v>
+        <v>1012</v>
       </c>
       <c r="D572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>622</v>
+        <v>1069</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>11</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1046</v>
+        <v>1018</v>
       </c>
       <c r="D573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1078</v>
+        <v>1020</v>
       </c>
       <c r="D574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1008</v>
+        <v>1024</v>
       </c>
       <c r="D575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1014</v>
+        <v>1030</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="D577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="D578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C579" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="D579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
       <c r="D580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="D581" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G581" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1022</v>
+        <v>1056</v>
       </c>
       <c r="D582" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1012</v>
+        <v>1040</v>
       </c>
       <c r="D583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>1032</v>
+        <v>1058</v>
       </c>
       <c r="D584" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="D585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="G585" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B586" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C586" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G586" s="2" t="s">
         <v>1090</v>
-      </c>
-[...13 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1054</v>
+        <v>1028</v>
       </c>
       <c r="D587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="G587" s="2" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="D588" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="G588" s="2" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="D589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="G589" s="2" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1024</v>
+        <v>1095</v>
       </c>
       <c r="D590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="G590" s="2" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B591" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E591" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G591" s="2" t="s">
         <v>1098</v>
-      </c>
-[...13 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="D592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1101</v>
+        <v>1034</v>
       </c>
       <c r="D593" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="D594" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="G594" s="2" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B595" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G595" s="2" t="s">
         <v>1105</v>
-      </c>
-[...13 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1030</v>
+        <v>1107</v>
       </c>
       <c r="D596" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>1103</v>
+        <v>839</v>
       </c>
       <c r="G596" s="2" t="s">
-        <v>1104</v>
+        <v>840</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1">
         <v>13001533200013</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1042</v>
+        <v>1109</v>
       </c>
       <c r="D597" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1103</v>
+        <v>1110</v>
       </c>
       <c r="G597" s="2" t="s">
-        <v>1104</v>
-[...67 lines deleted...]
-      <c r="G600" s="2" t="s">
         <v>923</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -17614,31 +17527,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/22/2025 15:07:52</dc:description>
+  <dc:description>Export en date du 02/21/2026 12:16:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>