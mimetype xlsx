--- v0 (2025-11-06)
+++ v1 (2026-01-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="819">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="880">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11695</t>
   </si>
   <si>
@@ -1276,50 +1276,56 @@
   <si>
     <t>RNCP35408</t>
   </si>
   <si>
     <t>BUT Génie Électrique et Informatique Industrielle : Automatisme et Informatique Industrielle</t>
   </si>
   <si>
     <t>RNCP35409</t>
   </si>
   <si>
     <t>BUT Génie Électrique et Informatique Industrielle : Électronique et Systèmes Embarqués</t>
   </si>
   <si>
     <t>RNCP35475</t>
   </si>
   <si>
     <t>BUT Informatique : Réalisation d'applications : conception, développement, validation</t>
   </si>
   <si>
     <t>RNCP35478</t>
   </si>
   <si>
     <t>BUT Informatique : Intégration d'applications et management du système d'information</t>
   </si>
   <si>
+    <t>RNCP35479</t>
+  </si>
+  <si>
+    <t>BUT Mesures Physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
     <t>RNCP35480</t>
   </si>
   <si>
     <t>BUT Mesures Physiques : Matériaux et Contrôles Physico-Chimiques</t>
   </si>
   <si>
     <t>RNCP35482</t>
   </si>
   <si>
     <t>BUT Génie Civil - Construction Durable : Travaux Bâtiment</t>
   </si>
   <si>
     <t>RNCP35483</t>
   </si>
   <si>
     <t>BUT Génie Civil - Construction Durable : Travaux Publics</t>
   </si>
   <si>
     <t>RNCP35484</t>
   </si>
   <si>
     <t>BUT Génie Civil – Construction Durable : Réhabilitation et Amélioration des Performances Environnementales des Bâtiments</t>
   </si>
   <si>
     <t>RNCP35485</t>
@@ -2246,50 +2252,227 @@
     <t>RNCP40794</t>
   </si>
   <si>
     <t>MASTER Histoire (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP40982</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP41069</t>
   </si>
   <si>
     <t>MASTER STAPS : sport, politiques éducatives et société (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41176</t>
   </si>
   <si>
     <t>RNCP41277</t>
+  </si>
+  <si>
+    <t>RNCP41540</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41557</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41587</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41608</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la transformation digitale</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RNCP4709</t>
   </si>
   <si>
     <t>DEUST Animation et gestion des activités physiques, sportives ou culturelles</t>
   </si>
   <si>
     <t>RS3088</t>
   </si>
   <si>
     <t>Management d’une carrière de sportif professionnel (DU)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
@@ -2848,51 +3031,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H438"/>
+  <dimension ref="A1:H472"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7782,272 +7965,272 @@
       </c>
       <c r="F213" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>445</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>446</v>
+        <v>383</v>
       </c>
       <c r="G214" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B215" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="C215" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="C215" s="2" t="s">
+      <c r="D215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F215" s="2" t="s">
         <v>448</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
       <c r="G215" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B216" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="C216" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="C216" s="2" t="s">
+      <c r="D216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F216" s="2" t="s">
         <v>451</v>
-      </c>
-[...7 lines deleted...]
-        <v>383</v>
       </c>
       <c r="G216" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>453</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G217" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>259</v>
+        <v>455</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>459</v>
+        <v>272</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>274</v>
+        <v>461</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>462</v>
+        <v>274</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>464</v>
       </c>
       <c r="D225" s="2" t="s">
@@ -8256,4732 +8439,5514 @@
       </c>
       <c r="C234" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>222</v>
+        <v>484</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>485</v>
+        <v>222</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>487</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>488</v>
+        <v>383</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>489</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B238" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F238" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="C238" s="2" t="s">
+      <c r="G238" s="2" t="s">
         <v>491</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B239" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="C239" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="C239" s="2" t="s">
+      <c r="D239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F239" s="2" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B240" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="C240" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="C240" s="2" t="s">
+      <c r="D240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F240" s="2" t="s">
         <v>497</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>501</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B243" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C243" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="C243" s="2" t="s">
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F243" s="2" t="s">
         <v>504</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>506</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>307</v>
+        <v>508</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B247" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F247" s="2" t="s">
         <v>510</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>293</v>
+        <v>227</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>280</v>
+        <v>315</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>327</v>
+        <v>241</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>520</v>
+        <v>327</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>521</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>378</v>
+        <v>522</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>523</v>
+        <v>378</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>22</v>
+        <v>525</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>526</v>
+        <v>22</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>24</v>
+        <v>528</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>357</v>
+        <v>24</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>301</v>
+        <v>357</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>270</v>
+        <v>301</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>297</v>
+        <v>270</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>229</v>
+        <v>317</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>535</v>
+        <v>229</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>537</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>539</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>383</v>
+        <v>504</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>545</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>495</v>
+        <v>383</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>549</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C276" s="2" t="s">
         <v>551</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>380</v>
+        <v>553</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>553</v>
+        <v>497</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>311</v>
+        <v>380</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>555</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C279" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F279" s="2" t="s">
         <v>557</v>
-      </c>
-[...7 lines deleted...]
-        <v>555</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>368</v>
+        <v>559</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>231</v>
+        <v>368</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>337</v>
+        <v>231</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>562</v>
+        <v>337</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>564</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>266</v>
+        <v>566</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>567</v>
+        <v>266</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>243</v>
+        <v>569</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>571</v>
+        <v>257</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B290" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="C290" s="2" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>574</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C291" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F291" s="2" t="s">
         <v>576</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C292" s="2" t="s">
         <v>578</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>319</v>
+        <v>580</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>581</v>
+        <v>319</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>582</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>65</v>
+        <v>583</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>363</v>
+        <v>73</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>586</v>
+        <v>363</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>588</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>590</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>592</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>305</v>
+        <v>594</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>245</v>
+        <v>305</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>596</v>
+        <v>245</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>597</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>351</v>
+        <v>598</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>239</v>
+        <v>351</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>295</v>
+        <v>239</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>601</v>
+        <v>295</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>602</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>603</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>604</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>605</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>607</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>609</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>614</v>
+        <v>576</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B315" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="C315" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="C315" s="2" t="s">
+      <c r="D315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F315" s="2" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>291</v>
+        <v>618</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>335</v>
+        <v>291</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>347</v>
+        <v>313</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>625</v>
+        <v>359</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>355</v>
+        <v>627</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>631</v>
+        <v>353</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>632</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>383</v>
+        <v>574</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>634</v>
       </c>
       <c r="C330" s="2" t="s">
         <v>635</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>572</v>
+        <v>383</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>636</v>
       </c>
       <c r="C331" s="2" t="s">
         <v>637</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>639</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>640</v>
       </c>
       <c r="C333" s="2" t="s">
         <v>641</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>642</v>
       </c>
       <c r="C334" s="2" t="s">
         <v>643</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C335" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>646</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>341</v>
+        <v>647</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>648</v>
+        <v>341</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>649</v>
       </c>
       <c r="C338" s="2" t="s">
         <v>650</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>651</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>652</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>655</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>67</v>
+        <v>656</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>656</v>
+        <v>574</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>657</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B343" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F343" s="2" t="s">
         <v>658</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>233</v>
+        <v>661</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>662</v>
+        <v>233</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>663</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>85</v>
+        <v>664</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>235</v>
+        <v>85</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>666</v>
+        <v>235</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>667</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>668</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>20</v>
+        <v>658</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>669</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>349</v>
+        <v>670</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>572</v>
+        <v>20</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>671</v>
+        <v>349</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>672</v>
+        <v>574</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B352" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="C352" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="C352" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>675</v>
+        <v>218</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>676</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>166</v>
+        <v>677</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>237</v>
+        <v>166</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>116</v>
+        <v>237</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>684</v>
+        <v>146</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>53</v>
+        <v>686</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>689</v>
+        <v>55</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>690</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>170</v>
+        <v>691</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G367" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>140</v>
+        <v>118</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>247</v>
+        <v>132</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>102</v>
+        <v>247</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>703</v>
+        <v>102</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>705</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>707</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>708</v>
       </c>
       <c r="C381" s="2" t="s">
         <v>709</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>102</v>
+        <v>711</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>711</v>
+        <v>658</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C383" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F383" s="2" t="s">
         <v>713</v>
-      </c>
-[...7 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C384" s="2" t="s">
         <v>715</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>40</v>
+        <v>719</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>720</v>
+        <v>40</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>721</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>723</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>144</v>
+        <v>724</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>724</v>
+        <v>658</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>725</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>656</v>
+        <v>726</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>728</v>
+        <v>126</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>729</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>225</v>
+        <v>730</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>731</v>
+        <v>225</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>732</v>
+        <v>658</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B395" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C395" s="2" t="s">
         <v>733</v>
       </c>
-      <c r="C395" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>656</v>
+        <v>734</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>30</v>
+        <v>376</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>736</v>
+        <v>30</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>34</v>
+        <v>738</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>374</v>
+        <v>34</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>739</v>
+        <v>658</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>740</v>
       </c>
       <c r="C400" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F400" s="2" t="s">
         <v>741</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>742</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>365</v>
+        <v>743</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>656</v>
+        <v>576</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>87</v>
+        <v>365</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>745</v>
+        <v>87</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>17</v>
+        <v>658</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>746</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>747</v>
+        <v>401</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>748</v>
+        <v>494</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>750</v>
+        <v>399</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>748</v>
+        <v>494</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>752</v>
+        <v>397</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>753</v>
+        <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>748</v>
+        <v>494</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>763</v>
+        <v>433</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>765</v>
+        <v>435</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G413" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="D414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G414" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>773</v>
+        <v>764</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G415" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="D416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>753</v>
+        <v>9</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>756</v>
+        <v>494</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>757</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>786</v>
+        <v>494</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>787</v>
+        <v>11</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>788</v>
+        <v>777</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>789</v>
+        <v>778</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>790</v>
+        <v>494</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>489</v>
+        <v>11</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>792</v>
+        <v>780</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>793</v>
+        <v>494</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>794</v>
+        <v>11</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>795</v>
+        <v>781</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>783</v>
+        <v>419</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>798</v>
+        <v>782</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>799</v>
+        <v>417</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>800</v>
+        <v>783</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>755</v>
+        <v>784</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>763</v>
+        <v>786</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>802</v>
+        <v>787</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>765</v>
+        <v>788</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>803</v>
+        <v>789</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>769</v>
+        <v>790</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>804</v>
+        <v>791</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>806</v>
+        <v>795</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>767</v>
+        <v>796</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>771</v>
+        <v>798</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>808</v>
+        <v>799</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>761</v>
+        <v>800</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>796</v>
+        <v>494</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>810</v>
+        <v>494</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>797</v>
+        <v>11</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>811</v>
+        <v>803</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>781</v>
+        <v>447</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>813</v>
+        <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>777</v>
+        <v>806</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>812</v>
+        <v>17</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>813</v>
+        <v>11</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B438" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B440" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B441" s="2" t="s">
         <v>815</v>
       </c>
-      <c r="C438" s="2" t="s">
+      <c r="C441" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="D438" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F438" s="2" t="s">
+      <c r="D441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F441" s="2" t="s">
         <v>817</v>
       </c>
-      <c r="G438" s="2" t="s">
+      <c r="G441" s="2" t="s">
         <v>818</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B443" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B444" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B445" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B446" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B447" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="C447" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="D447" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E447" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B448" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B449" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F449" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G450" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B451" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F451" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B452" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B453" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B454" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="C454" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B455" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="C455" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F455" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B456" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="C456" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="D456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B457" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B458" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="D458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B459" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B460" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="C460" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="D460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F460" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B461" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="C461" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="D461" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E461" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F461" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G461" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B462" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="D462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F462" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G462" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B463" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="C463" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="D463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G463" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B464" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="D464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G464" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B465" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="C465" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="D465" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E465" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G465" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B466" s="2" t="s">
+        <v>867</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B467" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="D467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F467" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G467" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B468" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="C468" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="D468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F468" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B469" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="C469" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="D469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="G469" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B470" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="D470" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E470" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B471" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="C471" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E471" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="G471" s="2" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B472" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>879</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12994,31 +13959,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/06/2025 19:36:34</dc:description>
+  <dc:description>Export en date du 01/29/2026 05:21:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>