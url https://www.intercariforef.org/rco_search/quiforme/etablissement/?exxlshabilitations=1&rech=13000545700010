--- v1 (2026-01-29)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="880">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="896">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11695</t>
   </si>
   <si>
@@ -2431,50 +2431,86 @@
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
   </si>
   <si>
+    <t>RNCP41928</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41929</t>
+  </si>
+  <si>
+    <t>RNCP41935</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP41952</t>
+  </si>
+  <si>
+    <t>DEUST Pratique et gestion des activités physiques et sportives et de loisirs pour les publics séniors (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RNCP4709</t>
   </si>
   <si>
     <t>DEUST Animation et gestion des activités physiques, sportives ou culturelles</t>
   </si>
   <si>
     <t>RS3088</t>
   </si>
   <si>
     <t>Management d’une carrière de sportif professionnel (DU)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
   <si>
     <t>Pix</t>
@@ -2654,50 +2690,62 @@
     <t>26/04/2026</t>
   </si>
   <si>
     <t>RS6659</t>
   </si>
   <si>
     <t>27/06/2027</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>RS6662</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7495</t>
+  </si>
+  <si>
+    <t>Concevoir et délivrer à l'officine des dispositifs orthopédiques (DU)</t>
+  </si>
+  <si>
+    <t>28/01/2031</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3031,51 +3079,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H472"/>
+  <dimension ref="A1:H482"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13085,868 +13133,1098 @@
       </c>
       <c r="C436" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>804</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>805</v>
       </c>
       <c r="C437" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F437" s="2" t="s">
         <v>806</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>807</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>808</v>
+        <v>480</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>811</v>
+        <v>476</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>813</v>
+        <v>472</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>814</v>
+        <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="G440" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>816</v>
+        <v>474</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>820</v>
+        <v>484</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>821</v>
+        <v>812</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>822</v>
+        <v>470</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>826</v>
+        <v>450</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>817</v>
+        <v>17</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>9</v>
+        <v>826</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>818</v>
+        <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>837</v>
+        <v>831</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>814</v>
+        <v>9</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>840</v>
+        <v>834</v>
       </c>
       <c r="D452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>841</v>
+        <v>835</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>851</v>
+        <v>829</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>491</v>
+        <v>830</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>854</v>
+        <v>829</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>855</v>
+        <v>830</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>859</v>
+        <v>847</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>816</v>
+        <v>850</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>9</v>
+        <v>826</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>862</v>
+        <v>851</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>824</v>
+        <v>852</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>826</v>
+        <v>854</v>
       </c>
       <c r="D462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="C463" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="D463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="G463" s="2" t="s">
         <v>830</v>
-      </c>
-[...10 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>834</v>
+        <v>858</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>836</v>
+        <v>862</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>858</v>
+        <v>491</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B466" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G466" s="2" t="s">
         <v>867</v>
-      </c>
-[...13 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>868</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>832</v>
+        <v>856</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B468" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="C468" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="D468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F468" s="2" t="s">
         <v>869</v>
       </c>
-      <c r="C468" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G468" s="2" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B469" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="C469" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="D469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G469" s="2" t="s">
         <v>870</v>
-      </c>
-[...13 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>875</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>838</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>13000545700010</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>876</v>
       </c>
       <c r="C472" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B473" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="D472" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F472" s="2" t="s">
+      <c r="C473" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G473" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B474" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="G472" s="2" t="s">
+      <c r="C474" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B475" s="2" t="s">
         <v>879</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E475" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B476" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="C476" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E476" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B477" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="D477" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E477" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B478" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="C478" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="D478" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E478" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="G478" s="2" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B479" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="C479" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="D479" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E479" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F479" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="G479" s="2" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B480" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="C480" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="D480" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E480" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F480" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="G480" s="2" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B481" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="C481" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="D481" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="E481" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="G481" s="2" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" s="1">
+        <v>13000545700010</v>
+      </c>
+      <c r="B482" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13959,31 +14237,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 05:21:15</dc:description>
+  <dc:description>Export en date du 03/23/2026 07:38:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>