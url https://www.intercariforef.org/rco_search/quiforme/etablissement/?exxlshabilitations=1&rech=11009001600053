--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="578">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15142</t>
   </si>
   <si>
@@ -1622,50 +1622,125 @@
     <t>RNCP41503</t>
   </si>
   <si>
     <t>Autre Coordonnateur en prévention et lutte contre les sinistres et incendies</t>
   </si>
   <si>
     <t>08/07/2030</t>
   </si>
   <si>
     <t>RNCP41504</t>
   </si>
   <si>
     <t>RNCP41505</t>
   </si>
   <si>
     <t>RNCP41506</t>
   </si>
   <si>
     <t>RNCP41507</t>
   </si>
   <si>
     <t>Autre Chef d'équipe en atelier technique naval</t>
   </si>
   <si>
     <t>RNCP41508</t>
+  </si>
+  <si>
+    <t>RNCP41517</t>
+  </si>
+  <si>
+    <t>Autre Chef de dépôt pétrolier</t>
+  </si>
+  <si>
+    <t>RNCP41518</t>
+  </si>
+  <si>
+    <t>RNCP41519</t>
+  </si>
+  <si>
+    <t>Autre Opérateur d'acheminement par vecteur aérien</t>
+  </si>
+  <si>
+    <t>RNCP41520</t>
+  </si>
+  <si>
+    <t>RNCP41521</t>
+  </si>
+  <si>
+    <t>Autre Responsable d'ingénierie qualité hygiène sécurité environnement</t>
+  </si>
+  <si>
+    <t>RNCP41522</t>
+  </si>
+  <si>
+    <t>RNCP41523</t>
+  </si>
+  <si>
+    <t>RNCP41524</t>
+  </si>
+  <si>
+    <t>Autre Manutentionnaire d'aéronautique navale</t>
+  </si>
+  <si>
+    <t>RNCP41525</t>
+  </si>
+  <si>
+    <t>Autre Chef d’équipe en intervention et/ou en situation d’urgence : option "rechercher, collecter puis transmettre l'information dans une zone de crise" - option "conduire une intervention spécifique dans une zone de crise" - option "gérer et exploiter les télécommunications opérationnelles dans une zone de crise" - option "conduire une équipe de secours en environnement dégradé" - option "télépiloter et exploiter un système de minidrones dans une zone de crise"</t>
+  </si>
+  <si>
+    <t>RNCP41529</t>
+  </si>
+  <si>
+    <t>Autre Technicien de prévention du risque animalier - option "gestion du parc animalier" - option "assistant fauconnier"</t>
+  </si>
+  <si>
+    <t>RNCP41530</t>
+  </si>
+  <si>
+    <t>Autre Opérateur de prévention du risque animalier - option "entretien du parc animalier" - option "aide fauconnier"</t>
+  </si>
+  <si>
+    <t>RNCP41630</t>
+  </si>
+  <si>
+    <t>Autre Agent de sûreté et d'intervention</t>
+  </si>
+  <si>
+    <t>08/11/2030</t>
+  </si>
+  <si>
+    <t>RNCP41631</t>
+  </si>
+  <si>
+    <t>Autre Chef d'équipe de surveillance et d'intervention: - option «Assurer la permanence d’un dispositif de sûreté et de surveillance à terre en conduisant l’action d’une équipe de surveillance et d’intervention terrestre » - option « Assurer la permanence d’un dispositif de sûreté et de surveillance sur un plan d’eau, en conduisant l’action d’une équipe de surveillance et d’intervention en milieu maritime »</t>
+  </si>
+  <si>
+    <t>RNCP41637</t>
+  </si>
+  <si>
+    <t>Autre Responsable d'équipes de surveillance et d'intervention : option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention terrestre » - option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention en milieu maritime »</t>
   </si>
   <si>
     <t>RNCP4674</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole supérieure et d'application du génie, spécialité bâtiment et travaux publics (ESAG)</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>RNCP9654</t>
   </si>
   <si>
     <t>Cuisinier</t>
   </si>
   <si>
     <t>07/09/2020</t>
   </si>
   <si>
     <t>RS3669</t>
   </si>
   <si>
     <t>Neutralisation et enlèvement des munitions conventionnelles (OCNEM)</t>
   </si>
@@ -2050,51 +2125,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H242"/>
+  <dimension ref="A1:H256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7513,168 +7588,490 @@
       </c>
       <c r="F236" s="2" t="s">
         <v>529</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>537</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>538</v>
+        <v>529</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>540</v>
+        <v>243</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>546</v>
+        <v>307</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>547</v>
+        <v>529</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>547</v>
+        <v>529</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B242" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B246" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="C242" s="2" t="s">
+      <c r="C246" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="D242" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="2" t="s">
+      <c r="D246" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E256" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="F242" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G242" s="2" t="s">
+      <c r="F256" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="G256" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -7688,31 +8085,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 04:05:26</dc:description>
+  <dc:description>Export en date du 12/18/2025 09:10:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>