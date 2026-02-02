--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15142</t>
   </si>
   <si>
@@ -1697,50 +1697,56 @@
     <t>RNCP41530</t>
   </si>
   <si>
     <t>Autre Opérateur de prévention du risque animalier - option "entretien du parc animalier" - option "aide fauconnier"</t>
   </si>
   <si>
     <t>RNCP41630</t>
   </si>
   <si>
     <t>Autre Agent de sûreté et d'intervention</t>
   </si>
   <si>
     <t>08/11/2030</t>
   </si>
   <si>
     <t>RNCP41631</t>
   </si>
   <si>
     <t>Autre Chef d'équipe de surveillance et d'intervention: - option «Assurer la permanence d’un dispositif de sûreté et de surveillance à terre en conduisant l’action d’une équipe de surveillance et d’intervention terrestre » - option « Assurer la permanence d’un dispositif de sûreté et de surveillance sur un plan d’eau, en conduisant l’action d’une équipe de surveillance et d’intervention en milieu maritime »</t>
   </si>
   <si>
     <t>RNCP41637</t>
   </si>
   <si>
     <t>Autre Responsable d'équipes de surveillance et d'intervention : option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention terrestre » - option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention en milieu maritime »</t>
+  </si>
+  <si>
+    <t>RNCP41847</t>
+  </si>
+  <si>
+    <t>Autre Responsable d’ingénierie des systèmes numériques, option « analyste et développement », option « systèmes et réseaux », option « télécommunications »</t>
   </si>
   <si>
     <t>RNCP4674</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole supérieure et d'application du génie, spécialité bâtiment et travaux publics (ESAG)</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>RNCP9654</t>
   </si>
   <si>
     <t>Cuisinier</t>
   </si>
   <si>
     <t>07/09/2020</t>
   </si>
   <si>
     <t>RS3669</t>
   </si>
   <si>
     <t>Neutralisation et enlèvement des munitions conventionnelles (OCNEM)</t>
   </si>
@@ -2125,51 +2131,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H256"/>
+  <dimension ref="A1:H257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7910,168 +7916,191 @@
       </c>
       <c r="F250" s="2" t="s">
         <v>556</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>563</v>
+        <v>529</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="C252" s="2" t="s">
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="2" t="s">
         <v>565</v>
-      </c>
-[...7 lines deleted...]
-        <v>566</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B253" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="C253" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="C253" s="2" t="s">
+      <c r="D253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F253" s="2" t="s">
         <v>568</v>
-      </c>
-[...7 lines deleted...]
-        <v>569</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B254" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C254" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="C254" s="2" t="s">
+      <c r="D254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F254" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="D254" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G254" s="2" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B255" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="C255" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="C255" s="2" t="s">
+      <c r="D255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F255" s="2" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>572</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>576</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E257" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="F256" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G256" s="2" t="s">
+      <c r="F257" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="G257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -8085,31 +8114,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 09:10:34</dc:description>
+  <dc:description>Export en date du 02/02/2026 07:06:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>