--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="601">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15142</t>
   </si>
   <si>
@@ -1703,50 +1703,113 @@
     <t>RNCP41630</t>
   </si>
   <si>
     <t>Autre Agent de sûreté et d'intervention</t>
   </si>
   <si>
     <t>08/11/2030</t>
   </si>
   <si>
     <t>RNCP41631</t>
   </si>
   <si>
     <t>Autre Chef d'équipe de surveillance et d'intervention: - option «Assurer la permanence d’un dispositif de sûreté et de surveillance à terre en conduisant l’action d’une équipe de surveillance et d’intervention terrestre » - option « Assurer la permanence d’un dispositif de sûreté et de surveillance sur un plan d’eau, en conduisant l’action d’une équipe de surveillance et d’intervention en milieu maritime »</t>
   </si>
   <si>
     <t>RNCP41637</t>
   </si>
   <si>
     <t>Autre Responsable d'équipes de surveillance et d'intervention : option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention terrestre » - option « Piloter la permanence d'un dispositif de sûreté et de surveillance en conduisant l'action de plusieurs équipes de surveillance et d'intervention en milieu maritime »</t>
   </si>
   <si>
     <t>RNCP41847</t>
   </si>
   <si>
     <t>Autre Responsable d’ingénierie des systèmes numériques, option « analyste et développement », option « systèmes et réseaux », option « télécommunications »</t>
+  </si>
+  <si>
+    <t>RNCP41874</t>
+  </si>
+  <si>
+    <t>03/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41892</t>
+  </si>
+  <si>
+    <t>Autre Télé-pilote de mini-drone à voilure fixe pour vols hors vue, longue distance.</t>
+  </si>
+  <si>
+    <t>RNCP41893</t>
+  </si>
+  <si>
+    <t>Autre Chef d’équipe d’exploitation et de maintenance des systèmes d’armes et installations automatisées</t>
+  </si>
+  <si>
+    <t>RNCP41894</t>
+  </si>
+  <si>
+    <t>Autre Responsable opérationnel du contrôle du trafic aérien - option circulation aérienne - superviser les activités spécifiques à un organisme de circulation aérienne d'aérodrome; - option opérations aériennes - contrôle en route : superviser les activités spécifiques à un organisme de contrôles dit "en route"; - option opérations aériennes - contrôle tactique : superviser les activités spécifiques à un organisme de défense aérienne et de contrôle tactique fixe, déployable ou aéroporté.</t>
+  </si>
+  <si>
+    <t>RNCP41895</t>
+  </si>
+  <si>
+    <t>Autre Technicien d'exploitation et de maintenance des systèmes d'armes et installations automatisées</t>
+  </si>
+  <si>
+    <t>RNCP41896</t>
+  </si>
+  <si>
+    <t>RNCP41897</t>
+  </si>
+  <si>
+    <t>Autre Éducateur sportif opérationnel</t>
+  </si>
+  <si>
+    <t>RNCP41898</t>
+  </si>
+  <si>
+    <t>Autre Gérant d’organismes de restauration, d’hébergement et de loisirs</t>
+  </si>
+  <si>
+    <t>RNCP42025</t>
+  </si>
+  <si>
+    <t>Autre Assistant comptable des services financiers</t>
+  </si>
+  <si>
+    <t>RNCP42026</t>
+  </si>
+  <si>
+    <t>Autre Assistant de secrétariat et de soutien administratif</t>
+  </si>
+  <si>
+    <t>RNCP42027</t>
+  </si>
+  <si>
+    <t>Autre Comptable des services financiers</t>
   </si>
   <si>
     <t>RNCP4674</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole supérieure et d'application du génie, spécialité bâtiment et travaux publics (ESAG)</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>RNCP9654</t>
   </si>
   <si>
     <t>Cuisinier</t>
   </si>
   <si>
     <t>07/09/2020</t>
   </si>
   <si>
     <t>RS3669</t>
   </si>
   <si>
     <t>Neutralisation et enlèvement des munitions conventionnelles (OCNEM)</t>
   </si>
@@ -2131,51 +2194,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H257"/>
+  <dimension ref="A1:H268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7930,177 +7993,430 @@
       </c>
       <c r="C251" s="2" t="s">
         <v>562</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>529</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C252" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="2" t="s">
         <v>564</v>
-      </c>
-[...7 lines deleted...]
-        <v>565</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B253" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="C253" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="C253" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>11009001600053</v>
       </c>
       <c r="B257" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B259" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="C259" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="C257" s="2" t="s">
+      <c r="D259" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B260" s="2" t="s">
         <v>578</v>
       </c>
-      <c r="D257" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="2" t="s">
+      <c r="C260" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B261" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" s="1">
+        <v>11009001600053</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E268" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="F257" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G257" s="2" t="s">
+      <c r="F268" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="G268" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -8114,31 +8430,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 07:06:14</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:32:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>