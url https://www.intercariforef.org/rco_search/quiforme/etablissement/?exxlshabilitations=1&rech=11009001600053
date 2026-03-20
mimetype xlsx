--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -8430,31 +8430,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 03/20/2026 13:32:15</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:29:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>