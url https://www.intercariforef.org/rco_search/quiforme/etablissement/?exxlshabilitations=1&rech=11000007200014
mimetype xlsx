--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1739">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1760">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP10013</t>
   </si>
   <si>
@@ -4445,50 +4445,113 @@
     <t>RNCP41367</t>
   </si>
   <si>
     <t>27/12/2030</t>
   </si>
   <si>
     <t>RNCP41368</t>
   </si>
   <si>
     <t>TP Chef de chantier en voirie et réseaux divers</t>
   </si>
   <si>
     <t>20/10/2030</t>
   </si>
   <si>
     <t>RNCP41369</t>
   </si>
   <si>
     <t>TP Conducteur de travaux en voirie et réseaux divers</t>
   </si>
   <si>
     <t>RNCP41370</t>
   </si>
   <si>
     <t>TP Développeur intégrateur en informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41531</t>
+  </si>
+  <si>
+    <t>28/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41532</t>
+  </si>
+  <si>
+    <t>03/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41533</t>
+  </si>
+  <si>
+    <t>07/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41534</t>
+  </si>
+  <si>
+    <t>14/11/2028</t>
+  </si>
+  <si>
+    <t>RNCP41535</t>
+  </si>
+  <si>
+    <t>18/11/2030</t>
+  </si>
+  <si>
+    <t>RNCP41536</t>
+  </si>
+  <si>
+    <t>08/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41537</t>
+  </si>
+  <si>
+    <t>07/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP41632</t>
+  </si>
+  <si>
+    <t>TP Technicien en électronique de montage, de contrôle et de maintenance</t>
+  </si>
+  <si>
+    <t>26/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP4264</t>
   </si>
   <si>
     <t>TP Gérant(e) en restauration collective</t>
   </si>
   <si>
     <t>21/01/2021</t>
   </si>
   <si>
     <t>RNCP435</t>
   </si>
   <si>
     <t>RNCP437</t>
   </si>
   <si>
     <t>TP Carreleur</t>
   </si>
@@ -5608,51 +5671,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H718"/>
+  <dimension ref="A1:H728"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -19319,2868 +19382,3098 @@
       </c>
       <c r="C595" s="2" t="s">
         <v>1476</v>
       </c>
       <c r="D595" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F595" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="G595" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>830</v>
+        <v>767</v>
       </c>
       <c r="D596" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>1478</v>
       </c>
       <c r="G596" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>1479</v>
       </c>
       <c r="C597" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F597" s="2" t="s">
         <v>1480</v>
-      </c>
-[...7 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="G597" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B598" s="2" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F598" s="2" t="s">
         <v>1482</v>
-      </c>
-[...10 lines deleted...]
-        <v>341</v>
       </c>
       <c r="G598" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="C599" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F599" s="2" t="s">
         <v>1484</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G599" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="C600" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F600" s="2" t="s">
         <v>1486</v>
-      </c>
-[...7 lines deleted...]
-        <v>1487</v>
       </c>
       <c r="G600" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B601" s="2" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="D601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F601" s="2" t="s">
         <v>1488</v>
-      </c>
-[...10 lines deleted...]
-        <v>1490</v>
       </c>
       <c r="G601" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1492</v>
+        <v>770</v>
       </c>
       <c r="D602" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="G602" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B603" s="2" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>1495</v>
+        <v>788</v>
       </c>
       <c r="D603" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E603" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="G603" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B604" s="2" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="D604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="G604" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1501</v>
+        <v>366</v>
       </c>
       <c r="D605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>47</v>
+        <v>1497</v>
       </c>
       <c r="G605" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1503</v>
+        <v>830</v>
       </c>
       <c r="D606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="G606" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="D607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="G607" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>1508</v>
+        <v>1503</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1509</v>
+        <v>847</v>
       </c>
       <c r="D608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1510</v>
+        <v>341</v>
       </c>
       <c r="G608" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1511</v>
+        <v>1504</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1512</v>
+        <v>1505</v>
       </c>
       <c r="D609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1510</v>
+        <v>239</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1513</v>
+        <v>1506</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>822</v>
+        <v>1507</v>
       </c>
       <c r="D610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="G610" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
       <c r="D611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="G611" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="D612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>347</v>
+        <v>1514</v>
       </c>
       <c r="G612" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1520</v>
+        <v>1515</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="D613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>743</v>
+        <v>1517</v>
       </c>
       <c r="G613" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="D614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="G614" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1180</v>
+        <v>1522</v>
       </c>
       <c r="D615" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1526</v>
+        <v>47</v>
       </c>
       <c r="G615" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>472</v>
+        <v>1524</v>
       </c>
       <c r="D616" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1528</v>
+        <v>1525</v>
       </c>
       <c r="G616" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>1529</v>
+        <v>1526</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1037</v>
+        <v>1527</v>
       </c>
       <c r="D617" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>20</v>
+        <v>1528</v>
       </c>
       <c r="G617" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B618" s="2" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C618" s="2" t="s">
         <v>1530</v>
       </c>
-      <c r="C618" s="2" t="s">
+      <c r="D618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F618" s="2" t="s">
         <v>1531</v>
-      </c>
-[...7 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B619" s="2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C619" s="2" t="s">
         <v>1533</v>
       </c>
-      <c r="C619" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D619" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>1066</v>
+        <v>822</v>
       </c>
       <c r="D620" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>20</v>
+        <v>1535</v>
       </c>
       <c r="G620" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B621" s="2" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C621" s="2" t="s">
         <v>1537</v>
       </c>
-      <c r="C621" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D621" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>356</v>
+        <v>1538</v>
       </c>
       <c r="G621" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>1101</v>
+        <v>1540</v>
       </c>
       <c r="D622" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>1539</v>
+        <v>347</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D623" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>1542</v>
+        <v>743</v>
       </c>
       <c r="G623" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B624" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="C624" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="D624" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="G624" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1078</v>
+        <v>1180</v>
       </c>
       <c r="D625" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G625" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>899</v>
+        <v>472</v>
       </c>
       <c r="D626" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>1125</v>
+        <v>1037</v>
       </c>
       <c r="D627" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>465</v>
+        <v>20</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D628" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>165</v>
+        <v>1553</v>
       </c>
       <c r="G628" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D629" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>11</v>
+        <v>1556</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>753</v>
+        <v>1066</v>
       </c>
       <c r="D630" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>1555</v>
+        <v>20</v>
       </c>
       <c r="G630" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="D631" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>129</v>
+        <v>356</v>
       </c>
       <c r="G631" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1173</v>
+        <v>1101</v>
       </c>
       <c r="D632" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>756</v>
+        <v>1562</v>
       </c>
       <c r="D633" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="G633" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="D634" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>11</v>
+        <v>1563</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1564</v>
+        <v>1078</v>
       </c>
       <c r="D635" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>11</v>
+        <v>1567</v>
       </c>
       <c r="G635" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>1566</v>
+        <v>899</v>
       </c>
       <c r="D636" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1569</v>
+        <v>1125</v>
       </c>
       <c r="D637" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>11</v>
+        <v>465</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>1206</v>
+        <v>1572</v>
       </c>
       <c r="D638" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>543</v>
+        <v>165</v>
       </c>
       <c r="G638" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="D639" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>1574</v>
+        <v>753</v>
       </c>
       <c r="D640" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="G640" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>1577</v>
+        <v>750</v>
       </c>
       <c r="D641" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>1578</v>
+        <v>129</v>
       </c>
       <c r="G641" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B642" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C642" s="2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D642" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E642" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F642" s="2" t="s">
         <v>1579</v>
-      </c>
-[...10 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B643" s="2" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C643" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D643" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E643" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F643" s="2" t="s">
         <v>1581</v>
-      </c>
-[...10 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="G643" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B644" s="2" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C644" s="2" t="s">
         <v>1583</v>
       </c>
-      <c r="C644" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D644" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>1585</v>
+        <v>11</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>599</v>
+        <v>1585</v>
       </c>
       <c r="D645" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>1587</v>
+        <v>11</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B646" s="2" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C646" s="2" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D646" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E646" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F646" s="2" t="s">
         <v>1588</v>
-      </c>
-[...10 lines deleted...]
-        <v>1590</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="D647" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>1593</v>
+        <v>11</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>1595</v>
+        <v>1206</v>
       </c>
       <c r="D648" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>269</v>
+        <v>543</v>
       </c>
       <c r="G648" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B649" s="2" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="D649" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>1598</v>
+        <v>231</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
       <c r="D650" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>1532</v>
+        <v>1596</v>
       </c>
       <c r="G650" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>827</v>
+        <v>1598</v>
       </c>
       <c r="D651" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="G651" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>685</v>
+        <v>1601</v>
       </c>
       <c r="D652" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>1604</v>
+        <v>215</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="D653" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>314</v>
+        <v>1599</v>
       </c>
       <c r="G653" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>689</v>
+        <v>1605</v>
       </c>
       <c r="D654" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="G654" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>1610</v>
+        <v>599</v>
       </c>
       <c r="D655" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
       <c r="G655" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="D656" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="D657" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="G657" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="D658" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>1617</v>
+        <v>269</v>
       </c>
       <c r="G658" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
       <c r="D659" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="G659" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="D660" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E660" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>1617</v>
+        <v>1553</v>
       </c>
       <c r="G660" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>1625</v>
+        <v>827</v>
       </c>
       <c r="D661" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="G661" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>1627</v>
+        <v>685</v>
       </c>
       <c r="D662" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="G662" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="D663" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>1617</v>
+        <v>314</v>
       </c>
       <c r="G663" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>1631</v>
+        <v>689</v>
       </c>
       <c r="D664" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B665" s="2" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C665" s="2" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D665" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E665" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F665" s="2" t="s">
         <v>1632</v>
-      </c>
-[...10 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="G665" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B666" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C666" s="2" t="s">
         <v>1634</v>
       </c>
-      <c r="C666" s="2" t="s">
+      <c r="D666" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E666" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F666" s="2" t="s">
         <v>1635</v>
-      </c>
-[...7 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>1636</v>
       </c>
       <c r="C667" s="2" t="s">
         <v>1637</v>
       </c>
       <c r="D667" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B668" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C668" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D668" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E668" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F668" s="2" t="s">
         <v>1638</v>
-      </c>
-[...10 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="G668" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D669" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G669" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B670" s="2" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="D670" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B671" s="2" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D671" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G671" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D672" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E672" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B673" s="2" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D673" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E673" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D674" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D675" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G675" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D676" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G676" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D677" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G677" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D678" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G678" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D679" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G679" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D680" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G680" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D681" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D682" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G682" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D683" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G683" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D684" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G684" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D685" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G685" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D686" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G686" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="D687" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D688" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G688" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D689" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G689" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D690" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D691" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G691" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D692" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="D693" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G693" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D694" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E694" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="D695" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G695" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="D696" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E696" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D697" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>1617</v>
+        <v>1638</v>
       </c>
       <c r="G697" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="D698" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>1700</v>
+        <v>1638</v>
       </c>
       <c r="G698" s="2" t="s">
-        <v>1701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B699" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C699" s="2" t="s">
         <v>1702</v>
       </c>
-      <c r="C699" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D699" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>1700</v>
+        <v>1638</v>
       </c>
       <c r="G699" s="2" t="s">
-        <v>1701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B700" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C700" s="2" t="s">
         <v>1704</v>
       </c>
-      <c r="C700" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D700" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>1706</v>
+        <v>1638</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="D701" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G701" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>1710</v>
+        <v>1707</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>1711</v>
+        <v>1708</v>
       </c>
       <c r="D702" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E702" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G702" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="D703" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E703" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G703" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>1714</v>
+        <v>1711</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
       <c r="D704" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E704" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G704" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>1716</v>
+        <v>1713</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>1717</v>
+        <v>1714</v>
       </c>
       <c r="D705" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E705" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>1719</v>
+        <v>1716</v>
       </c>
       <c r="D706" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E706" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G706" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>1720</v>
+        <v>1717</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>1721</v>
+        <v>1718</v>
       </c>
       <c r="D707" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E707" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>1709</v>
+        <v>1638</v>
       </c>
       <c r="G707" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B708" s="2" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C708" s="2" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D708" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E708" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F708" s="2" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G708" s="2" t="s">
         <v>1722</v>
-      </c>
-[...13 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
       <c r="D709" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E709" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>578</v>
+        <v>1721</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B710" s="2" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C710" s="2" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D710" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E710" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F710" s="2" t="s">
         <v>1727</v>
       </c>
-      <c r="C710" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G710" s="2" t="s">
-        <v>1724</v>
+        <v>11</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B711" s="2" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C711" s="2" t="s">
         <v>1729</v>
       </c>
-      <c r="C711" s="2" t="s">
+      <c r="D711" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E711" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F711" s="2" t="s">
         <v>1730</v>
       </c>
-      <c r="D711" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G711" s="2" t="s">
-        <v>1724</v>
+        <v>11</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B712" s="2" t="s">
         <v>1731</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="D712" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G712" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>1719</v>
+        <v>1734</v>
       </c>
       <c r="D713" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G713" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="D714" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>1721</v>
+        <v>1738</v>
       </c>
       <c r="D715" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="D716" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>1713</v>
+        <v>1742</v>
       </c>
       <c r="D717" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>1333</v>
+        <v>1730</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B718" s="2" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C718" s="2" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D718" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E718" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F718" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G718" s="2" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B719" s="2" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C719" s="2" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D719" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E719" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F719" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G719" s="2" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B720" s="2" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C720" s="2" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D720" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E720" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F720" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G720" s="2" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B721" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C721" s="2" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E721" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F721" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G721" s="2" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B722" s="2" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C722" s="2" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D722" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E722" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F722" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G722" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B723" s="2" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C723" s="2" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D723" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E723" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F723" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G723" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B724" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C724" s="2" t="s">
         <v>1738</v>
       </c>
-      <c r="C718" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F718" s="2" t="s">
+      <c r="D724" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E724" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F724" s="2" t="s">
         <v>1333</v>
       </c>
-      <c r="G718" s="2" t="s">
+      <c r="G724" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B725" s="2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C725" s="2" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D725" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E725" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F725" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G725" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B726" s="2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C726" s="2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D726" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E726" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F726" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G726" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B727" s="2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C727" s="2" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D727" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E727" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F727" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G727" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B728" s="2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C728" s="2" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D728" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E728" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F728" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G728" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -22194,31 +22487,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/21/2025 02:21:25</dc:description>
+  <dc:description>Export en date du 12/05/2025 04:41:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>