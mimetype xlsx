--- v1 (2025-12-05)
+++ v2 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1804">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP10013</t>
   </si>
   <si>
@@ -4510,50 +4510,176 @@
   <si>
     <t>07/12/2030</t>
   </si>
   <si>
     <t>RNCP41538</t>
   </si>
   <si>
     <t>21/01/2027</t>
   </si>
   <si>
     <t>RNCP41632</t>
   </si>
   <si>
     <t>TP Technicien en électronique de montage, de contrôle et de maintenance</t>
   </si>
   <si>
     <t>26/10/2030</t>
   </si>
   <si>
     <t>RNCP41633</t>
   </si>
   <si>
     <t>31/12/2030</t>
   </si>
   <si>
+    <t>RNCP41845</t>
+  </si>
+  <si>
+    <t>TP Technicien de maintenance en marine de plaisance</t>
+  </si>
+  <si>
+    <t>19/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41846</t>
+  </si>
+  <si>
+    <t>TP Technicien réparateur en mécanique de marine de plaisance</t>
+  </si>
+  <si>
+    <t>26/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41849</t>
+  </si>
+  <si>
+    <t>TP Intervenant éducatif petite enfance</t>
+  </si>
+  <si>
+    <t>15/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP41852</t>
+  </si>
+  <si>
+    <t>15/02/2029</t>
+  </si>
+  <si>
+    <t>RNCP41853</t>
+  </si>
+  <si>
+    <t>TP Manager d’établissement marchand</t>
+  </si>
+  <si>
+    <t>02/03/2031</t>
+  </si>
+  <si>
+    <t>RNCP41862</t>
+  </si>
+  <si>
+    <t>28/04/2027</t>
+  </si>
+  <si>
+    <t>RNCP41871</t>
+  </si>
+  <si>
+    <t>TP Installateur en pompe à chaleur et climatisation</t>
+  </si>
+  <si>
+    <t>25/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41872</t>
+  </si>
+  <si>
+    <t>27/04/2028</t>
+  </si>
+  <si>
+    <t>RNCP41873</t>
+  </si>
+  <si>
+    <t>RNCP41904</t>
+  </si>
+  <si>
+    <t>TP Mécanicien de maintenance de véhicules de transport routier - personnes et marchandises</t>
+  </si>
+  <si>
+    <t>26/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41905</t>
+  </si>
+  <si>
+    <t>03/03/2031</t>
+  </si>
+  <si>
+    <t>RNCP41906</t>
+  </si>
+  <si>
+    <t>22/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41907</t>
+  </si>
+  <si>
+    <t>21/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41908</t>
+  </si>
+  <si>
+    <t>TP Responsable de services en établissement touristique</t>
+  </si>
+  <si>
+    <t>31/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41909</t>
+  </si>
+  <si>
+    <t>TP Plombier chauffagiste</t>
+  </si>
+  <si>
+    <t>RNCP41910</t>
+  </si>
+  <si>
+    <t>RNCP41911</t>
+  </si>
+  <si>
+    <t>TP Technicien d’intervention en chauffage, climatisation, sanitaire et énergies renouvelables</t>
+  </si>
+  <si>
+    <t>RNCP41914</t>
+  </si>
+  <si>
+    <t>TP Couturier retoucheur réparateur</t>
+  </si>
+  <si>
+    <t>23/03/2031</t>
+  </si>
+  <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP4264</t>
   </si>
   <si>
     <t>TP Gérant(e) en restauration collective</t>
   </si>
   <si>
     <t>21/01/2021</t>
   </si>
   <si>
     <t>RNCP435</t>
   </si>
   <si>
     <t>RNCP437</t>
   </si>
   <si>
     <t>TP Carreleur</t>
   </si>
   <si>
     <t>RNCP4519</t>
@@ -5275,69 +5401,75 @@
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>RS6064</t>
   </si>
   <si>
     <t>Insuffler des isolants thermo-acoustiques en vrac</t>
   </si>
   <si>
     <t>RS6065</t>
   </si>
   <si>
     <t>Isoler par projection pneumatique de fibres minérales avec liant</t>
   </si>
   <si>
     <t>RS6066</t>
   </si>
   <si>
     <t>Projeter des revêtements en produits pâteux</t>
   </si>
   <si>
     <t>RS6417</t>
   </si>
   <si>
+    <t>31/12/2027</t>
+  </si>
+  <si>
     <t>RS6418</t>
   </si>
   <si>
     <t>RS6419</t>
   </si>
   <si>
     <t>RS6420</t>
   </si>
   <si>
     <t>RS6421</t>
   </si>
   <si>
     <t>Prévention des risques d'exposition à l'amiante pour les personnels opérateurs de chantier (travaux de sous-section 3)</t>
   </si>
   <si>
     <t>RS6422</t>
   </si>
   <si>
     <t>RS6423</t>
+  </si>
+  <si>
+    <t>Prévention des risques liés à l'amiante pour les personnels d'encadrement de chantier en sous-section 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -5671,51 +5803,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H728"/>
+  <dimension ref="A1:H746"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -18563,51 +18695,51 @@
       </c>
       <c r="F559" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="G559" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1404</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>671</v>
       </c>
       <c r="D560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1033</v>
+        <v>946</v>
       </c>
       <c r="G560" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>1405</v>
       </c>
       <c r="C561" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="D561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="G561" s="2" t="s">
@@ -19612,2868 +19744,3282 @@
       </c>
       <c r="C605" s="2" t="s">
         <v>366</v>
       </c>
       <c r="D605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>1497</v>
       </c>
       <c r="G605" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>830</v>
+        <v>1499</v>
       </c>
       <c r="D606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="G606" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="G607" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B608" s="2" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>847</v>
+        <v>1505</v>
       </c>
       <c r="D608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>341</v>
+        <v>1506</v>
       </c>
       <c r="G608" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1505</v>
+        <v>806</v>
       </c>
       <c r="D609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>239</v>
+        <v>1508</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="D610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="G610" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1510</v>
+        <v>369</v>
       </c>
       <c r="D611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="G611" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="G612" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1516</v>
+        <v>81</v>
       </c>
       <c r="D613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="G613" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1519</v>
+        <v>819</v>
       </c>
       <c r="D614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>1520</v>
+        <v>1176</v>
       </c>
       <c r="G614" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B615" s="2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C615" s="2" t="s">
         <v>1521</v>
       </c>
-      <c r="C615" s="2" t="s">
+      <c r="D615" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E615" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F615" s="2" t="s">
         <v>1522</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G615" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>1523</v>
       </c>
       <c r="C616" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E616" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F616" s="2" t="s">
         <v>1524</v>
-      </c>
-[...7 lines deleted...]
-        <v>1525</v>
       </c>
       <c r="G616" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B617" s="2" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C617" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="D617" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E617" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F617" s="2" t="s">
         <v>1526</v>
-      </c>
-[...10 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="G617" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1530</v>
+        <v>847</v>
       </c>
       <c r="D618" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E618" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="G618" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B619" s="2" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="D619" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E619" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F619" s="2" t="s">
         <v>1531</v>
       </c>
       <c r="G619" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>822</v>
+        <v>1533</v>
       </c>
       <c r="D620" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>1535</v>
+        <v>1511</v>
       </c>
       <c r="G620" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>1537</v>
+        <v>190</v>
       </c>
       <c r="D621" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E621" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>1538</v>
+        <v>1516</v>
       </c>
       <c r="G621" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B622" s="2" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="D622" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>347</v>
+        <v>1511</v>
       </c>
       <c r="G622" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="D623" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>743</v>
+        <v>1539</v>
       </c>
       <c r="G623" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>1544</v>
+        <v>830</v>
       </c>
       <c r="D624" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>1545</v>
+        <v>1541</v>
       </c>
       <c r="G624" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1180</v>
+        <v>1543</v>
       </c>
       <c r="D625" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="G625" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B626" s="2" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>472</v>
+        <v>847</v>
       </c>
       <c r="D626" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>1549</v>
+        <v>341</v>
       </c>
       <c r="G626" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B627" s="2" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>1037</v>
+        <v>1547</v>
       </c>
       <c r="D627" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>20</v>
+        <v>239</v>
       </c>
       <c r="G627" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B628" s="2" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="D628" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="G628" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B629" s="2" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="D629" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
       <c r="G629" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>1066</v>
+        <v>1555</v>
       </c>
       <c r="D630" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>20</v>
+        <v>1556</v>
       </c>
       <c r="G630" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B631" s="2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C631" s="2" t="s">
         <v>1558</v>
       </c>
-      <c r="C631" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D631" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>356</v>
+        <v>1559</v>
       </c>
       <c r="G631" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1101</v>
+        <v>1561</v>
       </c>
       <c r="D632" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="G632" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B633" s="2" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D633" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>1563</v>
+        <v>47</v>
       </c>
       <c r="G633" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B634" s="2" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="D634" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="G634" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1078</v>
+        <v>1569</v>
       </c>
       <c r="D635" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="G635" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>899</v>
+        <v>1572</v>
       </c>
       <c r="D636" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="G636" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1125</v>
+        <v>1575</v>
       </c>
       <c r="D637" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>465</v>
+        <v>1573</v>
       </c>
       <c r="G637" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>1572</v>
+        <v>822</v>
       </c>
       <c r="D638" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>165</v>
+        <v>1577</v>
       </c>
       <c r="G638" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="D639" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>11</v>
+        <v>1580</v>
       </c>
       <c r="G639" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>753</v>
+        <v>1582</v>
       </c>
       <c r="D640" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>1576</v>
+        <v>347</v>
       </c>
       <c r="G640" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>750</v>
+        <v>1584</v>
       </c>
       <c r="D641" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>129</v>
+        <v>743</v>
       </c>
       <c r="G641" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B642" s="2" t="s">
-        <v>1578</v>
+        <v>1585</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>1173</v>
+        <v>1586</v>
       </c>
       <c r="D642" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E642" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="G642" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>756</v>
+        <v>1180</v>
       </c>
       <c r="D643" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="G643" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>1583</v>
+        <v>472</v>
       </c>
       <c r="D644" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>11</v>
+        <v>1591</v>
       </c>
       <c r="G644" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B645" s="2" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>1585</v>
+        <v>1037</v>
       </c>
       <c r="D645" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G645" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B646" s="2" t="s">
-        <v>1586</v>
+        <v>1593</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D646" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="G646" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="D647" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>11</v>
+        <v>1598</v>
       </c>
       <c r="G647" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>1206</v>
+        <v>1066</v>
       </c>
       <c r="D648" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>543</v>
+        <v>20</v>
       </c>
       <c r="G648" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B649" s="2" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>1593</v>
+        <v>762</v>
       </c>
       <c r="D649" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>231</v>
+        <v>356</v>
       </c>
       <c r="G649" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>1595</v>
+        <v>1101</v>
       </c>
       <c r="D650" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E650" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="G650" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="D651" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="G651" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="D652" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>215</v>
+        <v>1605</v>
       </c>
       <c r="G652" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>1603</v>
+        <v>1078</v>
       </c>
       <c r="D653" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="G653" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>1605</v>
+        <v>899</v>
       </c>
       <c r="D654" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="G654" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>599</v>
+        <v>1125</v>
       </c>
       <c r="D655" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>1608</v>
+        <v>465</v>
       </c>
       <c r="G655" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B656" s="2" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="D656" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>1611</v>
+        <v>165</v>
       </c>
       <c r="G656" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="D657" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>1614</v>
+        <v>11</v>
       </c>
       <c r="G657" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>1616</v>
+        <v>753</v>
       </c>
       <c r="D658" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>269</v>
+        <v>1618</v>
       </c>
       <c r="G658" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>1618</v>
+        <v>750</v>
       </c>
       <c r="D659" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E659" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>1619</v>
+        <v>129</v>
       </c>
       <c r="G659" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>1620</v>
       </c>
       <c r="C660" s="2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D660" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E660" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F660" s="2" t="s">
         <v>1621</v>
-      </c>
-[...7 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="G660" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>827</v>
+        <v>756</v>
       </c>
       <c r="D661" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="G661" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>1624</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>685</v>
+        <v>1625</v>
       </c>
       <c r="D662" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>1625</v>
+        <v>11</v>
       </c>
       <c r="G662" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="C663" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="D663" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>314</v>
+        <v>11</v>
       </c>
       <c r="G663" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>1628</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>689</v>
+        <v>1629</v>
       </c>
       <c r="D664" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="G664" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D665" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>1632</v>
+        <v>11</v>
       </c>
       <c r="G665" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>1633</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>1634</v>
+        <v>1206</v>
       </c>
       <c r="D666" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>1635</v>
+        <v>543</v>
       </c>
       <c r="G666" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="D667" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>1638</v>
+        <v>231</v>
       </c>
       <c r="G667" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="D668" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F668" s="2" t="s">
         <v>1638</v>
       </c>
       <c r="G668" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B669" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C669" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D669" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E669" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F669" s="2" t="s">
         <v>1641</v>
-      </c>
-[...10 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="G669" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B670" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C670" s="2" t="s">
         <v>1643</v>
       </c>
-      <c r="C670" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D670" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E670" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>1638</v>
+        <v>215</v>
       </c>
       <c r="G670" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B671" s="2" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C671" s="2" t="s">
         <v>1645</v>
       </c>
-      <c r="C671" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D671" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E671" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="G671" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B672" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C672" s="2" t="s">
         <v>1647</v>
       </c>
-      <c r="C672" s="2" t="s">
+      <c r="D672" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E672" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F672" s="2" t="s">
         <v>1648</v>
-      </c>
-[...7 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="G672" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="C673" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="D673" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E673" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F673" s="2" t="s">
         <v>1650</v>
-      </c>
-[...7 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="G673" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B674" s="2" t="s">
         <v>1651</v>
       </c>
       <c r="C674" s="2" t="s">
         <v>1652</v>
       </c>
       <c r="D674" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E674" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>1638</v>
+        <v>1653</v>
       </c>
       <c r="G674" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="D675" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E675" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>1638</v>
+        <v>1656</v>
       </c>
       <c r="G675" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B676" s="2" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="D676" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E676" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>1638</v>
+        <v>269</v>
       </c>
       <c r="G676" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="D677" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>1638</v>
+        <v>1661</v>
       </c>
       <c r="G677" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="D678" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E678" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>1638</v>
+        <v>1595</v>
       </c>
       <c r="G678" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>1662</v>
+        <v>827</v>
       </c>
       <c r="D679" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>1638</v>
+        <v>1665</v>
       </c>
       <c r="G679" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>1664</v>
+        <v>685</v>
       </c>
       <c r="D680" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>1638</v>
+        <v>1667</v>
       </c>
       <c r="G680" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="D681" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E681" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>1638</v>
+        <v>314</v>
       </c>
       <c r="G681" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>1668</v>
+        <v>689</v>
       </c>
       <c r="D682" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>1638</v>
+        <v>1671</v>
       </c>
       <c r="G682" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="D683" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E683" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>1638</v>
+        <v>1674</v>
       </c>
       <c r="G683" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="D684" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E684" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>1638</v>
+        <v>1677</v>
       </c>
       <c r="G684" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="D685" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E685" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G685" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B686" s="2" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="D686" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G686" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="D687" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G687" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="C688" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D688" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E688" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F688" s="2" t="s">
         <v>1680</v>
-      </c>
-[...7 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="G688" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="D689" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G689" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B690" s="2" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="D690" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G690" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="D691" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G691" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="D692" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G692" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="D693" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G693" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B694" s="2" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="D694" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E694" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G694" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="D695" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G695" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B696" s="2" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="D696" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E696" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G696" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="D697" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G697" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="D698" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G698" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B699" s="2" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="D699" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E699" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G699" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B700" s="2" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="D700" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E700" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G700" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B701" s="2" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="D701" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G701" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B702" s="2" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="D702" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E702" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G702" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="D703" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E703" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G703" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="D704" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E704" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G704" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B705" s="2" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="D705" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E705" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G705" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="D706" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E706" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G706" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="D707" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E707" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="G707" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B708" s="2" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="D708" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E708" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>1721</v>
+        <v>1680</v>
       </c>
       <c r="G708" s="2" t="s">
-        <v>1722</v>
+        <v>11</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B709" s="2" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="D709" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E709" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>1721</v>
+        <v>1680</v>
       </c>
       <c r="G709" s="2" t="s">
-        <v>1722</v>
+        <v>11</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="D710" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E710" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>1727</v>
+        <v>1680</v>
       </c>
       <c r="G710" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="D711" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E711" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G711" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="D712" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G712" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B713" s="2" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="D713" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G713" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B714" s="2" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="D714" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G714" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="D715" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G715" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="D716" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G716" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="D717" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>1730</v>
+        <v>1680</v>
       </c>
       <c r="G717" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="D718" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E718" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>578</v>
+        <v>1680</v>
       </c>
       <c r="G718" s="2" t="s">
-        <v>1745</v>
+        <v>11</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="D719" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E719" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>578</v>
+        <v>1680</v>
       </c>
       <c r="G719" s="2" t="s">
-        <v>1745</v>
+        <v>11</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B720" s="2" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="D720" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>578</v>
+        <v>1680</v>
       </c>
       <c r="G720" s="2" t="s">
-        <v>1745</v>
+        <v>11</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D721" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E721" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>578</v>
+        <v>1680</v>
       </c>
       <c r="G721" s="2" t="s">
-        <v>1745</v>
+        <v>11</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>1736</v>
+        <v>1754</v>
       </c>
       <c r="D722" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E722" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>1333</v>
+        <v>1680</v>
       </c>
       <c r="G722" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B723" s="2" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>1740</v>
+        <v>1756</v>
       </c>
       <c r="D723" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E723" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>1333</v>
+        <v>1680</v>
       </c>
       <c r="G723" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B724" s="2" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>1738</v>
+        <v>1758</v>
       </c>
       <c r="D724" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E724" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>1333</v>
+        <v>1680</v>
       </c>
       <c r="G724" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B725" s="2" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>1742</v>
+        <v>1760</v>
       </c>
       <c r="D725" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E725" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>1333</v>
+        <v>1680</v>
       </c>
       <c r="G725" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="D726" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E726" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>1333</v>
+        <v>1763</v>
       </c>
       <c r="G726" s="2" t="s">
-        <v>11</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>1734</v>
+        <v>1766</v>
       </c>
       <c r="D727" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E727" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>1333</v>
+        <v>1763</v>
       </c>
       <c r="G727" s="2" t="s">
-        <v>11</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1">
         <v>11000007200014</v>
       </c>
       <c r="B728" s="2" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="C728" s="2" t="s">
-        <v>1729</v>
+        <v>1768</v>
       </c>
       <c r="D728" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E728" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>1333</v>
+        <v>1769</v>
       </c>
       <c r="G728" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B729" s="2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C729" s="2" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D729" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E729" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F729" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G729" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B730" s="2" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C730" s="2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D730" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E730" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F730" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G730" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B731" s="2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C731" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D731" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E731" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F731" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G731" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B732" s="2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C732" s="2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D732" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E732" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F732" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G732" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B733" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C733" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D733" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E733" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F733" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G733" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B734" s="2" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C734" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D734" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E734" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F734" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G734" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B735" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C735" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D735" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E735" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F735" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G735" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B736" s="2" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C736" s="2" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D736" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E736" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F736" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G736" s="2" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B737" s="2" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C737" s="2" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D737" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E737" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F737" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G737" s="2" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B738" s="2" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C738" s="2" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D738" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E738" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F738" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G738" s="2" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B739" s="2" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C739" s="2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D739" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E739" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F739" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="G739" s="2" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B740" s="2" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C740" s="2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D740" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E740" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F740" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G740" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B741" s="2" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C741" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D741" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E741" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F741" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G741" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B742" s="2" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C742" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D742" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E742" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F742" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G742" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B743" s="2" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C743" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D743" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E743" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F743" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G743" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B744" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C744" s="2" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D744" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E744" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F744" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G744" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B745" s="2" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C745" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D745" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E745" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F745" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G745" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" s="1">
+        <v>11000007200014</v>
+      </c>
+      <c r="B746" s="2" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C746" s="2" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D746" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E746" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F746" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G746" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -22487,31 +23033,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/05/2025 04:41:58</dc:description>
+  <dc:description>Export en date du 03/05/2026 04:36:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>