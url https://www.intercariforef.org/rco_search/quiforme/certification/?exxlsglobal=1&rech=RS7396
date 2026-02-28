--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -76,108 +76,108 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>2437P000437</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE L'AUDIOVISUEL</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'EUROPE 94360 BRY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>59.11A</t>
+  </si>
+  <si>
+    <t>1194P001894</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>FEDERATION DE L'AUDIOVISUEL PARTICIPATIF</t>
   </si>
   <si>
     <t>UHALDEA 6 RTE DE L'EGLISE AU PONT NOBLIA 64780 BIDARRAY</t>
   </si>
   <si>
     <t>15/11/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION CPNEF AV</t>
   </si>
   <si>
     <t>48 RUE SAINT-HONORE 75001 PARIS</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>INSTITUT NATIONAL DE L'AUDIOVISUEL</t>
-[...11 lines deleted...]
-    <t>1194P001894</t>
+    <t>ENTRE LES LIGNES</t>
+  </si>
+  <si>
+    <t>CO LOCAUX MOTIV 10 B RUE JANGOT 69007 LYON 7EME</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE JOURNALISME DE LILLE</t>
   </si>
   <si>
     <t>50 RUE GAUTHIER DE CHATILLON 59000 LILLE</t>
   </si>
   <si>
     <t>23/04/1960</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/2020</t>
   </si>
   <si>
     <t>EFFUSIVE</t>
   </si>
   <si>
     <t>7-9 7 PLACE MARECHAL FAYOLLE 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>15/01/2024</t>
   </si>
   <si>
     <t>59.11B</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LA SKOL</t>
   </si>
   <si>
     <t>ESPACE GALATEE 6 RUE DU COMMANDANT CHARCOT 35580 GUICHEN</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
@@ -649,305 +649,303 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>44142881000044</v>
+        <v>30242119300012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3">
-        <v>75640532264</v>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48312186900026</v>
+        <v>44142881000044</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I4" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I4" s="3">
+        <v>75640532264</v>
+      </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>30242119300012</v>
+        <v>48312186900026</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78370701100020</v>
+        <v>52759027700044</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>32590946259</v>
+        <v>84691627269</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52759027700044</v>
+        <v>78370701100020</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>84691627269</v>
+        <v>32590946259</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>84902248800027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I8" s="3">
         <v>84630586263</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>94435915700012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -960,31 +958,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/13/2026 09:19:34</dc:description>
+  <dc:description>Export en date du 02/28/2026 05:49:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>