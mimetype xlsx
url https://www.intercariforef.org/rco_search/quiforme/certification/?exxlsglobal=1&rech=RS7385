--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -2998,31 +2998,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 02:46:34</dc:description>
+  <dc:description>Export en date du 01/29/2026 22:59:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>