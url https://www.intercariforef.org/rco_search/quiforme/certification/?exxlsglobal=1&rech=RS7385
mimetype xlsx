--- v1 (2026-01-29)
+++ v2 (2026-03-23)
@@ -1310,57 +1310,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002172800014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>25500110350</v>
@@ -1726,94 +1726,94 @@
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>27210429021</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>75170269817</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18130002100019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
@@ -2998,31 +2998,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/29/2026 22:59:45</dc:description>
+  <dc:description>Export en date du 03/23/2026 04:51:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>