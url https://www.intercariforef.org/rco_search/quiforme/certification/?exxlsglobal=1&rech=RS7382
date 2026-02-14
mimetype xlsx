--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -547,114 +547,114 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>CIPECMA FORMATION COLLECTIVITES</t>
-[...16 lines deleted...]
-  <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/07/1987</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1593,51 +1593,51 @@
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>27210429021</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
@@ -2706,302 +2706,302 @@
       <c r="F44" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="3">
         <v>98970017797</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>38980220800014</v>
+        <v>34174419100014</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
-        <v>72470033047</v>
+        <v>41550006255</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41058110200010</v>
+        <v>38980220800014</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I46" s="3">
-        <v>72330424333</v>
+        <v>72470033047</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78235540800025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="I47" s="3">
-        <v>72640000764</v>
+        <v>72330424333</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
         <v>54170132917</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>51402217700018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
         <v>43250236725</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>88280019600017</v>
+        <v>78235540800025</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="I50" s="3">
-        <v>44540389954</v>
+        <v>72640000764</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>34174419100014</v>
+        <v>88280019600017</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>28</v>
+        <v>137</v>
       </c>
       <c r="I51" s="3">
-        <v>41550006255</v>
+        <v>44540389954</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
@@ -3091,31 +3091,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 14:53:22</dc:description>
+  <dc:description>Export en date du 02/14/2026 13:17:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>