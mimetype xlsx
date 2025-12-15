--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -765,31 +765,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 03:09:35</dc:description>
+  <dc:description>Export en date du 12/15/2025 15:59:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>