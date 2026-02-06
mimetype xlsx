--- v1 (2025-12-15)
+++ v2 (2026-02-06)
@@ -76,72 +76,72 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t xml:space="preserve">BEN HASSEN SAHBIA   </t>
   </si>
   <si>
     <t>RUE CHARLES GOUNOD 83500 LA SEYNE-SUR-MER</t>
   </si>
   <si>
     <t>28/11/2005</t>
   </si>
   <si>
     <t>96.02B</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t xml:space="preserve">LAGONNEL-CAMACHO ANA JEISY  </t>
+  </si>
+  <si>
+    <t>NIC &amp; COSMETIQUES</t>
+  </si>
+  <si>
+    <t>11 RUE SABATIER 81100 CASTRES</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>COLOR VINTAGE</t>
   </si>
   <si>
     <t>ZONE DE FREJORGUES OUEST 165 RUE ROLAND GARROS 34130 MAUGUIO</t>
   </si>
   <si>
     <t>01/06/2016</t>
-  </si>
-[...13 lines deleted...]
-    <t>01/03/2021</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>VANNES</t>
   </si>
   <si>
     <t>15/09/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -598,110 +598,110 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>93830648183</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>79208768600020</v>
+        <v>51104930600067</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>91340785234</v>
+        <v>76810159681</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>51104930600067</v>
+        <v>79208768600020</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
-        <v>76810159681</v>
+        <v>91340785234</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>85268914000022</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
@@ -765,31 +765,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 15:59:55</dc:description>
+  <dc:description>Export en date du 02/06/2026 04:33:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>