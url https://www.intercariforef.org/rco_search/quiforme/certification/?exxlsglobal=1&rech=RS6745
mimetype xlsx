--- v0 (2025-12-19)
+++ v1 (2026-02-24)
@@ -94,162 +94,162 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION NORMANDIE</t>
   </si>
   <si>
     <t>3EME ETAGE 2 RUE CLAUDE BLOCH 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CMA FORMATION IFORM</t>
   </si>
   <si>
     <t>3 RUE PASTEUR 50200 COUTANCES</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>FUTURA</t>
+  </si>
+  <si>
+    <t>10 RUE DU TIRE-PESSEAU 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>UNION NATIONALE DES ENTREPRISES DE COIFFURE DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>CFA DE LA COIFFURE ET DE L'ESTHETIQUE</t>
   </si>
   <si>
     <t>3 RUE VASCO DE GAMA 44800 ST-HERBLAIN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>THE BEAUTY TRAIN</t>
+  </si>
+  <si>
+    <t>BOIS DE NEFLES 31 ROUTE DU GUILLAUME (BDN) 97423 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>04973237097</t>
+  </si>
+  <si>
+    <t>CONSEIL NATIONAL ENTREPRISES COIFFURE</t>
+  </si>
+  <si>
+    <t>139 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>STEPHANE AUGER COM</t>
+  </si>
+  <si>
+    <t>ZI LA PALUD 153 RUE ANDRE CITROEN 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>31/12/2017</t>
+  </si>
+  <si>
+    <t>SARL HAIR AGENCY</t>
+  </si>
+  <si>
+    <t>10 RUE JACQUES OFFENBACH 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>10/06/2020</t>
+  </si>
+  <si>
+    <t>PROVELITE ACADEMIE</t>
+  </si>
+  <si>
+    <t>6-18-ZAC VALMY 6 AV LEON GAUMONT 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>UNION NATIONALE DES ENTREPRISES DE COIFFURE</t>
+  </si>
+  <si>
+    <t>24 RUE ERLANGER 75016 PARIS</t>
+  </si>
+  <si>
+    <t>14/12/2020</t>
+  </si>
+  <si>
     <t>ECOLE PRIVEE DE COIFFURE DE LYON</t>
   </si>
   <si>
     <t>2 QUAI JEAN MOULIN 69001 LYON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>UNION NATIONALE DES ENTREPRISES DE COIFFURE DE LA SARTHE ET CFA</t>
   </si>
   <si>
     <t>189 RUE HENRI CHAMPION 72100 LE MANS</t>
   </si>
   <si>
     <t>03/09/1990</t>
   </si>
   <si>
-    <t>STEPHANE AUGER COM</t>
-[...58 lines deleted...]
-  <si>
     <t>AMC</t>
   </si>
   <si>
     <t>NAC</t>
   </si>
   <si>
     <t>ZAC DU MARTRAY 6 PLACE MONTAIGNE 44000 NANTES</t>
   </si>
   <si>
     <t>15/06/2017</t>
-  </si>
-[...10 lines deleted...]
-    <t>04973237097</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -767,443 +767,443 @@
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="3">
         <v>28140350314</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>37843887300051</v>
+        <v>33402714100046</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>52440150244</v>
+        <v>26210109721</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77982536300020</v>
+        <v>37843887300051</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I6" s="3">
-        <v>82690296169</v>
+        <v>52440150244</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78633869900030</v>
+        <v>87939177900011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I7" s="3">
-        <v>52720160672</v>
+      <c r="I7" s="3" t="s">
+        <v>37</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48435843700032</v>
+        <v>40315732400027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49522271300028</v>
+        <v>48435843700032</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>52720172672</v>
+        <v>93830369083</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>50408322100029</v>
+        <v>49522271300028</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I10" s="3">
-        <v>11930569693</v>
+        <v>52720172672</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40315732400027</v>
+        <v>50408322100029</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I11" s="3">
+        <v>11930569693</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33402714100046</v>
+        <v>77565974100331</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77565974100331</v>
+        <v>77982536300020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="I13" s="3">
+        <v>82690296169</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>83066707700010</v>
+        <v>78633869900030</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
         <v>57</v>
       </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>52440806244</v>
+        <v>52720160672</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>87939177900011</v>
+        <v>83066707700010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I15" s="3" t="s">
-        <v>63</v>
+      <c r="I15" s="3">
+        <v>52440806244</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1228,31 +1228,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 18:31:05</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:37:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>