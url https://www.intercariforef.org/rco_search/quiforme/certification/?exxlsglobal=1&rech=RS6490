--- v0 (2026-02-01)
+++ v1 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -406,50 +406,59 @@
   <si>
     <t>30/05/2022</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>ASSISTANCE PERFORMANCES STRATEGIES FORMATION EDUCATION</t>
   </si>
   <si>
     <t>PARC DES ECUREUILS 160 RUE PIERRE FALLION 69140 RILLIEUX-LA-PAPE</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>BOOMERANG CONSEIL</t>
   </si>
   <si>
     <t>6-8-ZA ACTILOIRE 6 RUE DES METIERS 49130 SAINTE-GEMMES-SUR-LOIRE</t>
   </si>
   <si>
     <t>09/10/2017</t>
   </si>
   <si>
+    <t>FORMACOOP</t>
+  </si>
+  <si>
+    <t>10 AVENUE LEON BLUM 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>12/12/2016</t>
+  </si>
+  <si>
     <t>AAA CARRIERE</t>
   </si>
   <si>
     <t>ATOUTPROGRESS</t>
   </si>
   <si>
     <t>5 CHEMIN DE LA DIME 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>19/03/2014</t>
   </si>
   <si>
     <t>CAMP ACADEMY ELITE NORMANDIE TRAINING</t>
   </si>
   <si>
     <t>C.A.E.N. TRAINING</t>
   </si>
   <si>
     <t>484 RUE ANTOINE DE SAINT-EXUPERY 14760 BRETTEVILLE-SUR-ODON</t>
   </si>
   <si>
     <t>16/12/2019</t>
   </si>
   <si>
     <t>85.51Z</t>
@@ -520,128 +529,146 @@
   <si>
     <t>848 CHEMIN DU ROUCAS TROUCAS 83550 VIDAUBAN</t>
   </si>
   <si>
     <t>25/06/2019</t>
   </si>
   <si>
     <t>PERSONALIS</t>
   </si>
   <si>
     <t>16 RUE PASTEUR 29140 ROSPORDEN</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>LUDIK'METIERS</t>
   </si>
   <si>
     <t>PIBS 2 22 RUE ALFRED KASTLER 56000 VANNES</t>
   </si>
   <si>
     <t>14/04/2023</t>
   </si>
   <si>
+    <t>COM'FORMATION</t>
+  </si>
+  <si>
+    <t>28 RUE JACQUES BORELLY 12200 VILLEFRANCHE-DE-ROUERGUE</t>
+  </si>
+  <si>
     <t>PAULINE GIZARDIN</t>
   </si>
   <si>
     <t>25 ROUTE DE L’ANCIENNE GARE 33125 LE TUZAN</t>
   </si>
   <si>
     <t>01/12/2021</t>
   </si>
   <si>
     <t>FORM'EOL</t>
   </si>
   <si>
     <t>3 AVENUE DES ENTREPRENEURS 14760 BRETTEVILLE-SUR-ODON</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>SIELI</t>
   </si>
   <si>
     <t>15 RUE DES HALLES 75001 PARIS</t>
   </si>
   <si>
     <t>08/04/2020</t>
   </si>
   <si>
-    <t>PZO FORMATION</t>
-[...5 lines deleted...]
-    <t>13/11/2020</t>
+    <t>E.T.H.I.C.S.</t>
+  </si>
+  <si>
+    <t>11 AVENUE ROGER SALENGRO 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>02/01/2021</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>THIS-IS-US</t>
   </si>
   <si>
     <t>PARC D ACTIVITES DE LIMONEST 283 RUE DE L'ETANG 69760 LIMONEST</t>
   </si>
   <si>
     <t>07/02/2022</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>AGENCE RIVIERA FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE LE PHOENIX ZAC DES GARILLANS 36 RUE DE LA TUILERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
   </si>
   <si>
     <t>05/11/2021</t>
   </si>
   <si>
     <t>SMAR'TEAM</t>
   </si>
   <si>
     <t>88 CORNICHE FLEURIE 06000 NICE</t>
   </si>
   <si>
     <t>22/10/2021</t>
   </si>
   <si>
     <t>CONNECT LEARNING</t>
   </si>
   <si>
     <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
+    <t>FORMATIONS ANTILLES</t>
+  </si>
+  <si>
+    <t>VERNOU 85 CHEMIN DE BARBOTTEAU 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>20/10/2021</t>
+  </si>
+  <si>
+    <t>01973371697</t>
+  </si>
+  <si>
     <t>CABINET FTRAINING</t>
   </si>
   <si>
     <t>25 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>08/03/2022</t>
   </si>
   <si>
     <t>KAYLISS DIGITAL</t>
   </si>
   <si>
     <t>229 RUE SAINT-HONORE 75001 PARIS</t>
   </si>
   <si>
     <t>28/04/2022</t>
   </si>
   <si>
     <t>ACF CONSULTANT</t>
   </si>
   <si>
     <t>18 RUE DE L'ATLANTIQUE 44700 ORVAULT</t>
   </si>
   <si>
     <t>01/07/2022</t>
@@ -664,84 +691,90 @@
   <si>
     <t>MC CONSEIL ET FORMATION PRO</t>
   </si>
   <si>
     <t>7 RUE DU CRAQUELIN 58000 SAINT-ELOI</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>APTIVA</t>
   </si>
   <si>
     <t>3 RUE JACQUES PREVERT 31850 MONTRABE</t>
   </si>
   <si>
     <t>TONYE'S FASHION ACADEMY</t>
   </si>
   <si>
     <t>14 ALLEE VICTOR HUGO 31240 SAINT-JEAN</t>
   </si>
   <si>
     <t>21/12/2022</t>
   </si>
   <si>
-    <t>LSI ACADEMIE</t>
+    <t>ALL FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL 508 F 12 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>20/04/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORROYER FANNY   </t>
+  </si>
+  <si>
+    <t>RES SIRIUS ZAC HIBISCUS APT 36 BAT A RUE DE L'UNIVERSITE 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/08/2023</t>
+  </si>
+  <si>
+    <t>03973488997</t>
+  </si>
+  <si>
+    <t>EMPATHIE FORMATION COMMERCIALE</t>
+  </si>
+  <si>
+    <t>118 AVENUE TI EMILE CASERUS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>02973511597</t>
+  </si>
+  <si>
+    <t>OPTIFORMA</t>
+  </si>
+  <si>
+    <t>OPTI FORMA</t>
   </si>
   <si>
     <t>9 CHAUSSEE JULES CESAR 95520 OSNY</t>
-  </si>
-[...28 lines deleted...]
-    <t>OPTI FORMA</t>
   </si>
   <si>
     <t>22/05/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -1083,51 +1116,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M67"/>
+  <dimension ref="A1:M70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2417,1241 +2450,1352 @@
       <c r="F35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="3">
         <v>52490433849</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>80123184600016</v>
+        <v>79858120300022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I36" s="3">
-        <v>11950570795</v>
+        <v>43250277425</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>81245347000039</v>
+        <v>80123184600016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D37" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="E37" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="I37" s="3">
-        <v>28140291514</v>
+        <v>11950570795</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81999622400013</v>
+        <v>81245347000039</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D38" s="2"/>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="I38" s="3">
-        <v>27390108539</v>
+        <v>28140291514</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82068684800020</v>
+        <v>81999622400013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I39" s="3">
-        <v>11756073075</v>
+        <v>27390108539</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82277236400029</v>
+        <v>82068684800020</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>53561025056</v>
+        <v>11756073075</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82366347100014</v>
+        <v>82277236400029</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3">
-        <v>84691479369</v>
+        <v>53561025056</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>83280123700021</v>
+        <v>82366347100014</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I42" s="3" t="s">
-        <v>154</v>
+      <c r="I42" s="3">
+        <v>84691479369</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>84416269300023</v>
+        <v>83280123700021</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D43" s="2"/>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I43" s="3">
-        <v>11755827075</v>
+      <c r="I43" s="3" t="s">
+        <v>157</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>84421106000018</v>
+        <v>84416269300023</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>158</v>
+        <v>85</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I44" s="3">
-        <v>44670719467</v>
+        <v>11755827075</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>85198982200016</v>
+        <v>84421106000018</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="E45" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I45" s="3">
-        <v>93830602583</v>
+        <v>44670719467</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>87856450900031</v>
+        <v>85198982200016</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I46" s="3">
-        <v>53290965429</v>
+        <v>93830602583</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>87897381700033</v>
+        <v>87856450900031</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="3">
-        <v>53560958456</v>
+        <v>53290965429</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>88165574000028</v>
+        <v>87897381700033</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="3">
-        <v>75331409633</v>
+        <v>53560958456</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>88182590500022</v>
+        <v>88063379700019</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>173</v>
+        <v>85</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="3">
-        <v>28140353114</v>
+        <v>76120096312</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>88286918300013</v>
+        <v>88165574000028</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="3">
-        <v>11756025375</v>
+        <v>75331409633</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>89103856400011</v>
+        <v>88182590500022</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="I51" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I51" s="3">
+        <v>28140353114</v>
+      </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>90345414800029</v>
+        <v>88286918300013</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>180</v>
+        <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
-        <v>84692143569</v>
+        <v>11756025375</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>90392626900023</v>
+        <v>89509172600011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3">
-        <v>93830656283</v>
+        <v>93830701583</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>90468550000012</v>
+        <v>90345414800029</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>185</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="G54" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="F54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I54" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>90469485800013</v>
+        <v>90392626900023</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="3">
-        <v>11756356675</v>
+        <v>93830656283</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>91148061400013</v>
+        <v>90468550000012</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="3">
-        <v>11756512675</v>
+        <v>93060952706</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>91390080900017</v>
+        <v>90469485800013</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3">
-        <v>11756554775</v>
+        <v>11756356675</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>91502683500016</v>
+        <v>90756445400011</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52440987244</v>
+        <v>37</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>202</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>92229033300017</v>
+        <v>91148061400013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>62</v>
+        <v>204</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I59" s="3">
-        <v>32591175559</v>
+        <v>11756512675</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>92262159400022</v>
+        <v>91390080900017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3">
-        <v>11930999293</v>
+        <v>11756554775</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>93849924100017</v>
+        <v>91502683500016</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I61" s="3">
-        <v>27580096158</v>
+        <v>52440987244</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>94188022100010</v>
+        <v>92229033300017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>212</v>
+        <v>62</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I62" s="3">
-        <v>76311390731</v>
+        <v>32591175559</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>94776870100015</v>
+        <v>92262159400022</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3">
-        <v>76311212831</v>
+        <v>11930999293</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>95108925900026</v>
+        <v>93849924100017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I64" s="3">
-        <v>11950812295</v>
+        <v>27580096158</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>95181842600011</v>
+        <v>94188022100010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>221</v>
+        <v>189</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="3">
-        <v>11950826395</v>
+        <v>76311390731</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>97970254500018</v>
+        <v>94776870100015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I66" s="3" t="s">
-        <v>225</v>
+      <c r="I66" s="3">
+        <v>76311212831</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>98840369700010</v>
+        <v>95181842600011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3">
+        <v>11950826395</v>
+      </c>
+      <c r="J67" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K67" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L67" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M67" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13">
+      <c r="A68" s="1">
+        <v>97877353900017</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M68" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13">
+      <c r="A69" s="1">
+        <v>97970254500018</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="J69" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L69" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M69" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13">
+      <c r="A70" s="1">
+        <v>98840369700010</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="3">
         <v>11950956995</v>
       </c>
-      <c r="J67" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M67" s="2" t="s">
+      <c r="J70" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3665,31 +3809,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 13:04:36</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:20:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>