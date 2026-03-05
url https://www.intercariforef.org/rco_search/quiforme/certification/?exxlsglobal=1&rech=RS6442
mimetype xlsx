--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -583,597 +583,609 @@
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE DE MAYOTTE</t>
   </si>
   <si>
     <t>COCONI 97670 OUANGANI</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>06970000197</t>
   </si>
   <si>
     <t>ENTENTE INTERDEPARTEMENTALE POUR LA DEMOUSTICATION DU LITTORAL MEDITERRANEEN</t>
   </si>
   <si>
     <t>165 RUE PAUL RIMBAUD 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1959</t>
   </si>
   <si>
+    <t>LA COOPERATION AGRICOLE OCCITANIE</t>
+  </si>
+  <si>
+    <t>BP 82256 AUZEVILLE TOLOSANE 2 AVENUE DANIEL BRISEBOIS 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>08/06/2018</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLIVARES JEAN JACQUES  </t>
+  </si>
+  <si>
+    <t>ID2GESTION</t>
+  </si>
+  <si>
+    <t>VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>LODI</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES 4 ROUTES 35390 GRAND-FOUGERAY</t>
+  </si>
+  <si>
+    <t>23/01/1997</t>
+  </si>
+  <si>
+    <t>20.20Z</t>
+  </si>
+  <si>
+    <t>FEDERA DEPART SYNDICAT EXPLOITA AGRICOLE</t>
+  </si>
+  <si>
+    <t>TERRE SAINTE - LOCAL 9 12 CHEMIN DE LA CROIX DE JUBILE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>FEDERATION DEPARTEMENTALE DES GROUPEMENTS DE DEFENSE CONTRE LES ORGANISMES NUISIBLES</t>
+  </si>
+  <si>
+    <t>COUR DE L'USINE SAVANNAH 23 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>BOURBOURG FORMATION 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>ASS POUR LA FORMATION NATIONALE AGRICOLE</t>
+  </si>
+  <si>
+    <t>CS 80004 LES RURALIES 79230 PRAHECQ</t>
+  </si>
+  <si>
+    <t>22/05/1989</t>
+  </si>
+  <si>
+    <t>AGUF VIVARAIS FORMATION</t>
+  </si>
+  <si>
+    <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>29/09/1998</t>
+  </si>
+  <si>
+    <t>FREDON AURA</t>
+  </si>
+  <si>
+    <t>ZI CHAMP DOLIN 2 ALLEE DU LAZIO 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>RACINE SUD AGRO PERRET</t>
+  </si>
+  <si>
+    <t>RACINE SAP</t>
+  </si>
+  <si>
+    <t>90 RUE DES ROMARINS 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>31/07/2007</t>
+  </si>
+  <si>
+    <t>46.75Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RODRIGUEZ MICHEL   </t>
+  </si>
+  <si>
+    <t>MRFORMACONSEIL</t>
+  </si>
+  <si>
+    <t>266 CHEMIN DU ROUQUIER 34200 SETE</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>GENECH CONSEIL</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
+    <t>FEDE REG DEFEN ORGANISMES NUISIBLES PACA</t>
+  </si>
+  <si>
+    <t>39 RUE ALEXANDRE BLANC 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>16/12/2014</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>TECHNIQUES ETUDES ET  ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>25 RUE MILLET 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>23/02/1998</t>
+  </si>
+  <si>
+    <t>FREDON NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>20/06/2018</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>930 CHEMIN DU GRAND MAS 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
     <t>FEDER.REGION.DEFENSE CONTRE ORGANIS.NUIS</t>
   </si>
   <si>
     <t>21 RUE JEAN BAPTISTE GAMBUT 21200 BEAUNE</t>
   </si>
   <si>
     <t>05/07/2004</t>
   </si>
   <si>
-    <t>94.12Z</t>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>07/10/2024</t>
+  </si>
+  <si>
+    <t>FEDERATION REGIONALE DEFENSE CONTRE LES ORGANISMES NUISIBLES  DU GRAND EST</t>
+  </si>
+  <si>
+    <t>C.R.E.A 2 ESPLANADE ROLAND GARROS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>FREDON ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>16 B RUE DE PARIS 91160 CHAMPLAN</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t>ABIOXIR</t>
+  </si>
+  <si>
+    <t>99 CHEMIN DU VALLON DES VAUX 06800 CAGNES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>81.29A</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>PROXALYS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>5 RUE ANTOINE DE SAINT-EXUPERY 35235 THORIGNE-FOUILLARD</t>
+  </si>
+  <si>
+    <t>10/07/2006</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>C R DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>LIEU DIT GODEFROY LD GODEFROY 33270 BOULIAC</t>
+  </si>
+  <si>
+    <t>19/03/1990</t>
+  </si>
+  <si>
+    <t>46.76Z</t>
+  </si>
+  <si>
+    <t>ACCESSIT</t>
+  </si>
+  <si>
+    <t>BUREAU 17 111 RUE JEAN MERMOZ 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>28/03/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PASSERAT DE SILANS FRANCOIS   </t>
+  </si>
+  <si>
+    <t>6 RUE DE CAMPEYRAUT 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>5 RUE JULES BARBIER 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>58 AVENUE DES CARAIBES 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>446 ROUTE DE ROUJOL 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE MASSEY CYRIL   </t>
+  </si>
+  <si>
+    <t>99 LD LES EPINETTES 44430 LA REMAUDIERE</t>
+  </si>
+  <si>
+    <t>02/12/2017</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>METRO JASMIN</t>
+  </si>
+  <si>
+    <t>21 RUE RAFFET 75016 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>QHSE CONCEPT</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES ZA ROZIER COREN 15100 COREN</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>KFORMATION</t>
+  </si>
+  <si>
+    <t>5 IMPASSE DES TILLEULS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAPP ISABELLE COLETTE FRANCOISE </t>
+  </si>
+  <si>
+    <t>9 LOTISSEMENT LES CEDRES 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>03973270497</t>
+  </si>
+  <si>
+    <t>L'ECOLE POUR L'EMPLOI</t>
+  </si>
+  <si>
+    <t>5 BOULEVARD MICHELET 93130 NOISY-LE-SEC</t>
+  </si>
+  <si>
+    <t>30/11/2009</t>
+  </si>
+  <si>
+    <t>LABORATOIRE MEDITERRANEEN DE MICROBIOLOGIE</t>
+  </si>
+  <si>
+    <t>CD6 6409 LOT SIBILLOT 13480 CABRIES</t>
+  </si>
+  <si>
+    <t>10/02/2011</t>
+  </si>
+  <si>
+    <t>72.11Z</t>
   </si>
   <si>
     <t xml:space="preserve">SCHMITT MICHEL   </t>
   </si>
   <si>
     <t>4 RUE DU DOCTEUR CALMETTE 45700 VILLEMANDEUR</t>
   </si>
   <si>
     <t>18/05/2011</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...44 lines deleted...]
-    <t>01/01/2022</t>
+    <t xml:space="preserve">TATAR SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>AGRIVERT EXPERT</t>
+  </si>
+  <si>
+    <t>219 CHEMIN DU CASTERAS 31600 SAINT-CLAR-DE-RIVIERE</t>
+  </si>
+  <si>
+    <t>12/07/2014</t>
+  </si>
+  <si>
+    <t>SARL HYDIAC</t>
+  </si>
+  <si>
+    <t>HYDIAC - APC BLONZ</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES LE BIGNON 2 4 B RUE DU BIGNON 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
   </si>
   <si>
     <t>INSTITUT TECHNOLOGIQUE FCBA (FORET CELLULOSE BOIS...)</t>
   </si>
   <si>
     <t>10 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/11/2014</t>
   </si>
   <si>
-    <t>72.19Z</t>
-[...118 lines deleted...]
-  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MFR SUD AGROMAT-CAMPUS ALTERNANCE</t>
   </si>
   <si>
     <t>584 CHEMIN DE JOUAN PETIT 82700 ESCATALENS</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE SENONAIS</t>
   </si>
   <si>
     <t>24 RUE HAUTE 89100 GRON</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE DE GESTION DE BRIACE</t>
   </si>
   <si>
     <t>BRIACE 44430 LANDREAU (LE)</t>
   </si>
   <si>
     <t>19/05/1954</t>
   </si>
   <si>
     <t>IZIPEST</t>
   </si>
   <si>
     <t>13 RUE DES EMERAUDES 69006 LYON</t>
   </si>
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
-    <t>74.90B</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ANZALA FABIOLA JOHANA  </t>
   </si>
   <si>
     <t>GROW UP</t>
   </si>
   <si>
     <t>IMM FORUM 29 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>01973172397</t>
   </si>
   <si>
-    <t>ISTAV</t>
-[...163 lines deleted...]
-  <si>
     <t>SHINGI L'EXPERTISE ENVIRONNEMENTALE</t>
   </si>
   <si>
     <t>140 CHE DE LA CORBIERE 38490 LES ABRETS-EN-DAUPHINE</t>
   </si>
   <si>
     <t>22/06/2022</t>
   </si>
   <si>
+    <t>QUALITALENTS</t>
+  </si>
+  <si>
+    <t>43 BOULEVARD VAUBAN 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>23/11/2016</t>
+  </si>
+  <si>
+    <t>78.30Z</t>
+  </si>
+  <si>
     <t>AIR9 CONSEIL</t>
   </si>
   <si>
     <t>24 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>06/03/2014</t>
   </si>
   <si>
     <t>SAS BIOVA</t>
   </si>
   <si>
     <t>PARC TECHNOLOGIQUE DU CANAL CAMPUS 1 1 AVENUE DE L'EUROPE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>COACH AU JARDIN</t>
   </si>
   <si>
     <t>870 ROUTE DE BARJAC 30500 SAINT-AMBROIX</t>
   </si>
   <si>
     <t>11/10/2021</t>
   </si>
   <si>
     <t>ASK FORMATION</t>
   </si>
   <si>
     <t>33 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
   </si>
   <si>
     <t>30/06/2023</t>
-  </si>
-[...79 lines deleted...]
-    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
   </si>
   <si>
     <t>ELOCE</t>
   </si>
   <si>
     <t>29 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
   </si>
   <si>
     <t>18/03/2022</t>
   </si>
   <si>
     <t>INSTITUT DE PREVENTION DES RISQUES HUMAINS</t>
   </si>
   <si>
     <t>INSTITUT PRH</t>
   </si>
   <si>
     <t>17 AVENUE D'AQUITAINE 33380 MARCHEPRIME</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>CERTIF'AGRI</t>
   </si>
@@ -1653,51 +1665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M115"/>
+  <dimension ref="A1:M116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3415,2658 +3427,2693 @@
       <c r="F45" s="2" t="s">
         <v>188</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="3">
         <v>76340900734</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>42860273400025</v>
+        <v>30185924500062</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>192</v>
       </c>
       <c r="I46" s="3">
-        <v>26210222621</v>
+        <v>91340245234</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>53252460000014</v>
+        <v>31138229500013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>195</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>196</v>
+        <v>23</v>
       </c>
       <c r="I47" s="3">
-        <v>24450284045</v>
+        <v>72400086640</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>45237542100214</v>
+        <v>31350031600010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="I48" s="3">
-        <v>93060913506</v>
+        <v>31620042362</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>45239747400043</v>
+        <v>32082039200035</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="I49" s="3">
-        <v>72330645133</v>
+        <v>93132396313</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>51429711800028</v>
+        <v>32275136300050</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I50" s="3" t="s">
         <v>207</v>
+      </c>
+      <c r="I50" s="3">
+        <v>53350592535</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>51475638600033</v>
+        <v>32470021000051</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D51" s="2" t="s">
+      <c r="D51" s="2"/>
+      <c r="E51" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="I51" s="3">
-        <v>91340669734</v>
+        <v>98970329097</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77568090300132</v>
+        <v>33055941000023</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I52" s="3">
-        <v>11750079975</v>
+        <v>98970211097</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>35124920600019</v>
+        <v>33348856700046</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="I53" s="3">
-        <v>54790024579</v>
+        <v>31590286359</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>38881118400026</v>
+        <v>33509397700015</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>221</v>
+        <v>45</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="3">
-        <v>82070016507</v>
+        <v>82691206369</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>39228359400035</v>
+        <v>35124920600019</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="I55" s="3">
-        <v>82690874369</v>
+        <v>54790024579</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>39337298200016</v>
+        <v>38881118400026</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I56" s="3">
-        <v>31590348259</v>
+        <v>82070016507</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>39396208900024</v>
+        <v>39228359400035</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>225</v>
+        <v>192</v>
       </c>
       <c r="I57" s="3">
-        <v>93840310084</v>
+        <v>82690874369</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>43899247100021</v>
+        <v>55262109600171</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="D58" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="E58" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>30</v>
+        <v>235</v>
       </c>
       <c r="I58" s="3">
-        <v>93830813283</v>
+        <v>93830347783</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>44040917500013</v>
+        <v>51475638600033</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>192</v>
+        <v>219</v>
       </c>
       <c r="I59" s="3">
-        <v>21510126951</v>
+        <v>91340669734</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>44361417700022</v>
+        <v>39337298200016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>192</v>
+        <v>30</v>
       </c>
       <c r="I60" s="3">
-        <v>11940748894</v>
+        <v>31590348259</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>41479762100011</v>
+        <v>39396208900024</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>30</v>
+        <v>192</v>
       </c>
       <c r="I61" s="3">
-        <v>72330001333</v>
+        <v>93840310084</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>41780245100019</v>
+        <v>41479762100011</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>248</v>
+        <v>30</v>
       </c>
       <c r="I62" s="3">
-        <v>72240149824</v>
+        <v>72330001333</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>42086946300034</v>
+        <v>41780245100019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="I63" s="3">
-        <v>25140229714</v>
+        <v>72240149824</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>42117322000011</v>
+        <v>42086946300034</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="I64" s="3">
-        <v>91300014630</v>
+        <v>25140229714</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77660306000018</v>
+        <v>42117322000011</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I65" s="3">
-        <v>82740107174</v>
+        <v>91300014630</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77727960500011</v>
+        <v>42860273400025</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="I66" s="3">
-        <v>73820055182</v>
+        <v>26210222621</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77866645300015</v>
+        <v>43899247100021</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>261</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>262</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I67" s="3">
-        <v>26890128989</v>
+        <v>93830813283</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78596647400013</v>
+        <v>44040917500013</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="I68" s="3">
-        <v>52440459544</v>
+        <v>21510126951</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>79099412300020</v>
+        <v>44361417700022</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>268</v>
+        <v>211</v>
       </c>
       <c r="I69" s="3">
-        <v>84691556269</v>
+        <v>11940748894</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>79159502800022</v>
+        <v>45237542100214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>274</v>
+      </c>
+      <c r="I70" s="3">
+        <v>93060913506</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>49983805000015</v>
+        <v>45239747400043</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="I71" s="3">
-        <v>11930559793</v>
+        <v>72330645133</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>50184691900014</v>
+        <v>45389014700029</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>196</v>
+        <v>281</v>
       </c>
       <c r="I72" s="3">
-        <v>11755120475</v>
+        <v>53350842535</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>50187658500016</v>
+        <v>47020214400023</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>268</v>
+        <v>285</v>
       </c>
       <c r="I73" s="3">
-        <v>83150309715</v>
+        <v>75331193333</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>50388066800051</v>
+        <v>48072748600049</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="I74" s="3">
-        <v>11940971094</v>
+        <v>93131173213</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>45389014700029</v>
+        <v>48388176900028</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>287</v>
+        <v>173</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>288</v>
+        <v>203</v>
       </c>
       <c r="I75" s="3">
-        <v>53350842535</v>
+        <v>72330667733</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>47020214400023</v>
+        <v>48834744400033</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>292</v>
+        <v>30</v>
       </c>
       <c r="I76" s="3">
-        <v>75331193333</v>
+        <v>11922488592</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>48072748600049</v>
+        <v>49154650300021</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="D77" s="2"/>
+        <v>294</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>294</v>
+      </c>
       <c r="E77" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="I77" s="3">
-        <v>93131173213</v>
+        <v>95970138897</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>48388176900028</v>
+        <v>49154650300039</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>173</v>
+        <v>298</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>248</v>
+        <v>219</v>
       </c>
       <c r="I78" s="3">
-        <v>72330667733</v>
+        <v>95970138897</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>48834744400033</v>
+        <v>49252589400035</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="3">
-        <v>11922488592</v>
+        <v>52440862444</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>49154650300021</v>
+        <v>49983805000015</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="I80" s="3">
-        <v>95970138897</v>
+        <v>11930559793</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>49154650300039</v>
+        <v>50184691900014</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="I81" s="3">
-        <v>95970138897</v>
+        <v>11755120475</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>49252589400035</v>
+        <v>50187658500016</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>30</v>
+        <v>310</v>
       </c>
       <c r="I82" s="3">
-        <v>52440862444</v>
+        <v>83150309715</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>53749927900033</v>
+        <v>50388066800051</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="I83" s="3">
-        <v>73310783131</v>
+        <v>11940971094</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>55262109600171</v>
+        <v>51429711800028</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="D84" s="2" t="s">
         <v>314</v>
       </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>316</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I84" s="3" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>93830347783</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>75210179000034</v>
+        <v>51988535400018</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="D85" s="2" t="s">
+      <c r="D85" s="2"/>
+      <c r="E85" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="3">
-        <v>53350912935</v>
+        <v>11930615693</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>51988535400018</v>
+        <v>53042922400013</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
       <c r="I86" s="3">
-        <v>11930615693</v>
+        <v>93132193713</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>53042922400013</v>
+        <v>53252460000014</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>327</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>328</v>
+        <v>219</v>
       </c>
       <c r="I87" s="3">
-        <v>93132193713</v>
+        <v>24450284045</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>79893398200026</v>
+        <v>53749927900033</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D88" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>331</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>268</v>
+        <v>30</v>
       </c>
       <c r="I88" s="3">
-        <v>82380533338</v>
+        <v>73310783131</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>80083053100011</v>
+        <v>75210179000034</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E89" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>248</v>
+        <v>30</v>
       </c>
       <c r="I89" s="3">
-        <v>11788401278</v>
+        <v>53350912935</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>80991562200025</v>
+        <v>77568090300132</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>338</v>
+        <v>215</v>
       </c>
       <c r="I90" s="3">
-        <v>73310784131</v>
+        <v>11750079975</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>81108972100021</v>
+        <v>77660306000018</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>341</v>
+        <v>195</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I91" s="3">
-        <v>91300387030</v>
+        <v>82740107174</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>81230970600032</v>
+        <v>77727960500011</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>344</v>
+        <v>195</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I92" s="3">
-        <v>11755347575</v>
+        <v>73820055182</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>30185924500062</v>
+        <v>77866645300015</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>347</v>
+        <v>195</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="I93" s="3">
-        <v>91340245234</v>
+        <v>26890128989</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>31138229500013</v>
+        <v>78596647400013</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>257</v>
+        <v>347</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I94" s="3">
-        <v>72400086640</v>
+        <v>52440459544</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>31350031600010</v>
+        <v>79099412300020</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>23</v>
+        <v>310</v>
       </c>
       <c r="I95" s="3">
-        <v>31620042362</v>
+        <v>84691556269</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>32082039200035</v>
+        <v>79159502800022</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="D96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>93132396313</v>
+        <v>30</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>355</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>32275136300050</v>
+        <v>79893398200026</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>360</v>
+        <v>310</v>
       </c>
       <c r="I97" s="3">
-        <v>53350592535</v>
+        <v>82380533338</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>32470021000051</v>
+        <v>79956517100029</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>192</v>
+        <v>362</v>
       </c>
       <c r="I98" s="3">
-        <v>98970329097</v>
+        <v>11788251578</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>33055941000023</v>
+        <v>80083053100011</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="I99" s="3">
-        <v>98970211097</v>
+        <v>11788401278</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>33348856700046</v>
+        <v>80991562200025</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>196</v>
+        <v>369</v>
       </c>
       <c r="I100" s="3">
-        <v>31590286359</v>
+        <v>73310784131</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>33509397700015</v>
+        <v>81108972100021</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>45</v>
+        <v>372</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I101" s="3">
-        <v>82691206369</v>
+        <v>91300387030</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>84338240900020</v>
+        <v>81230970600032</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="I102" s="3">
-        <v>93131742713</v>
+        <v>11755347575</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>84911036600036</v>
+        <v>84338240900020</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D103" s="2" t="s">
         <v>376</v>
       </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>378</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>248</v>
+        <v>219</v>
       </c>
       <c r="I103" s="3">
-        <v>75331174333</v>
+        <v>93131742713</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>85313648900020</v>
+        <v>84911036600036</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="D104" s="2"/>
+      <c r="D104" s="2" t="s">
+        <v>380</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="I104" s="3">
-        <v>11922293992</v>
+        <v>75331174333</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>88944585400025</v>
+        <v>85313648900020</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="I105" s="3">
-        <v>11941043994</v>
+        <v>11922293992</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>89092195000022</v>
+        <v>88944585400025</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>388</v>
+        <v>219</v>
       </c>
       <c r="I106" s="3">
-        <v>11941047094</v>
+        <v>11941043994</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>89796337700022</v>
+        <v>89092195000022</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>391</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>30</v>
+        <v>392</v>
       </c>
       <c r="I107" s="3">
-        <v>53220904922</v>
+        <v>11941047094</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>90950524000038</v>
+        <v>89796337700022</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="3">
-        <v>32591110059</v>
+        <v>53220904922</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>91798975800011</v>
+        <v>90950524000038</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>248</v>
+        <v>30</v>
       </c>
       <c r="I109" s="3">
-        <v>27710321271</v>
+        <v>32591110059</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>92775344200023</v>
+        <v>91798975800011</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>30</v>
+        <v>203</v>
       </c>
       <c r="I110" s="3">
-        <v>76660291566</v>
+        <v>27710321271</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>92812349600012</v>
+        <v>92775344200023</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>401</v>
+        <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>402</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>403</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="G111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="3">
-        <v>11922736892</v>
+        <v>76660291566</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>98132680400029</v>
+        <v>92812349600012</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>405</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="G112" s="2"/>
+      <c r="G112" s="2" t="s">
+        <v>409</v>
+      </c>
       <c r="H112" s="2" t="s">
-        <v>409</v>
+        <v>30</v>
       </c>
       <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>98246550200010</v>
+        <v>98132680400029</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="D113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="I113" s="3"/>
       <c r="J113" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>98263645800019</v>
+        <v>98246550200010</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>414</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>414</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I114" s="3">
-        <v>52441085144</v>
+        <v>11922690392</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>98292641200015</v>
+        <v>98263645800019</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>288</v>
+        <v>23</v>
       </c>
       <c r="I115" s="3">
+        <v>52441085144</v>
+      </c>
+      <c r="J115" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K115" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L115" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M115" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
+      <c r="A116" s="1">
+        <v>98292641200015</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="I116" s="3">
         <v>11756910675</v>
       </c>
-      <c r="J115" s="2" t="s">
-[...9 lines deleted...]
-        <v>25</v>
+      <c r="J116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M116" s="2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6079,31 +6126,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 03:08:29</dc:description>
+  <dc:description>Export en date du 03/05/2026 07:41:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>