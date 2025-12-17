--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -14,550 +14,571 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
+  </si>
+  <si>
+    <t>GRETA NORD ALSACE</t>
+  </si>
+  <si>
+    <t>123 ROUTE DE STRASBOURG 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>4267P001167</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>WOOSPEAK FRANCE</t>
+  </si>
+  <si>
+    <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROPHETE HELENE LAURENCE  </t>
+  </si>
+  <si>
+    <t>84 RUE DE LA PEROLLIERE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>22/09/2009</t>
+  </si>
+  <si>
+    <t>IMPAQT</t>
+  </si>
+  <si>
+    <t>314 RUE GABRIEL QUEMENT 16600 RUELLE-SUR-TOUVRE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>MEDIA FORMATION</t>
+  </si>
+  <si>
+    <t>61 AVENUE DE CANTELEU 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>07/06/2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARMETTE NATHALIE   </t>
+  </si>
+  <si>
+    <t>CONFLANS 146 ROUTE DE CHALEA 01250 CORVEISSIAT</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>ECSPLICITE</t>
+  </si>
+  <si>
+    <t>ZI PLAINE DE JOUQUES 300 AVENUE DU COL DE L’ANGE 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>05/06/2001</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>PRISMA FORMATIONS</t>
+  </si>
+  <si>
+    <t>BATIMENT ETOILE 40 AVENUE DES NATIONS 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>15/01/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARTHONNET MARIE CHRISTINE  </t>
+  </si>
+  <si>
+    <t>OPENLANG FORMATIONS</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE LA DIVISION LECLERC 72170 BEAUMONT-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>ECOLINGUA - 360 COMPETENCES MBR - FORMAPERF</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TURENNE 2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>I B L</t>
+  </si>
+  <si>
+    <t>LES JARDINS DE FARGUES  -  BAT F 19 B AVENUE GUILLAUME DE FARGIS 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>FLOSTER BV</t>
+  </si>
+  <si>
+    <t>PULSEO 1 AVENUE DE LA GARE 40100 DAX</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>STUDIO GENTILE</t>
+  </si>
+  <si>
+    <t>BAT B IMMEUBLE NICE EUROPE 29 RUE PASTORELLI 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
     <t>ASSOC INTERMEDIAIRE STEFI</t>
   </si>
   <si>
     <t>46 RUE LOUIS BAISSE 34310 CAPESTANG</t>
   </si>
   <si>
     <t>30/11/2015</t>
   </si>
   <si>
     <t>78.10Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...4 lines deleted...]
-  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>F J COMPANY</t>
   </si>
   <si>
     <t>14 RUE BEAUVAU 13001 MARSEILLE</t>
   </si>
   <si>
     <t>15/06/2002</t>
   </si>
   <si>
     <t>30/07/2024</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>146 RUE PARADIS 13006 MARSEILLE</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>OURAGAN FORMATION</t>
   </si>
   <si>
     <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
   </si>
   <si>
     <t>25/10/2019</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>EMERGENCE FORMATION</t>
   </si>
   <si>
     <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
   </si>
   <si>
     <t>19/08/1997</t>
   </si>
   <si>
     <t>MBR COMPETENCES ET FORMATIONS NT</t>
   </si>
   <si>
     <t>3 ALLEE DE L'ECONOMIE 67370 WIWERSHEIM</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">BARTHONNET MARIE CHRISTINE  </t>
-[...10 lines deleted...]
-  <si>
     <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
   </si>
   <si>
     <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
   </si>
   <si>
     <t>01/07/2006</t>
   </si>
   <si>
-    <t>I B L</t>
-[...29 lines deleted...]
-    <t>74.30Z</t>
+    <t>ABC FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>224 COURS LAFAYETTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>ENGLISH COACH</t>
+  </si>
+  <si>
+    <t>BAT F 92 RUE CALLELONGUE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>FORCE LANGUES</t>
+  </si>
+  <si>
+    <t>POLE ECO 49 RUE DE L’EGALITE 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t>WEFIT GROUP</t>
+  </si>
+  <si>
+    <t>168 RUE DE LA CONVENTION 75015 PARIS</t>
+  </si>
+  <si>
+    <t>28/01/2016</t>
   </si>
   <si>
     <t>MONCEAU LANGUES</t>
   </si>
   <si>
     <t>153 BOULEVARD HAUSSMANN 75008 PARIS</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
-    <t>ABC FORMATION CONTINUE</t>
-[...5 lines deleted...]
-    <t>30/09/2022</t>
+    <t>ALPINE RAINBOW</t>
+  </si>
+  <si>
+    <t>419 ROUTE DES CHOSEAUX 74320 SEVRIER</t>
+  </si>
+  <si>
+    <t>18/01/2005</t>
+  </si>
+  <si>
+    <t>BT-INFO</t>
+  </si>
+  <si>
+    <t>BT FORMATION - BT CAMPUS</t>
+  </si>
+  <si>
+    <t>5 ALLEE DE L'EUROPE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>ADOMLINGUA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>5 RUE DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABONDE CHRISTEL DENISE ANDREE </t>
+  </si>
+  <si>
+    <t>14 B CHEMIN DE GUE DROIT 37190 SACHE</t>
+  </si>
+  <si>
+    <t>28/02/2012</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT WELCOME</t>
+  </si>
+  <si>
+    <t>14 RUE DE SAUMUR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>CFL WELCOME OLONNE SUR MER</t>
+  </si>
+  <si>
+    <t>4 RUE FLORA TRISTAN 85340 LES SABLES-D'OLONNE</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>CFL PARIS</t>
+  </si>
+  <si>
+    <t>2 RUE DES COUTURES 77400 SAINT-THIBAULT-DES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>MUNDI LINGUAE</t>
+  </si>
+  <si>
+    <t>55 GRANDE RUE 78770 MARCQ</t>
+  </si>
+  <si>
+    <t>02/11/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE CONSEIL ET D'AUDIT</t>
+  </si>
+  <si>
+    <t>18 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>18/08/2016</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMROUNE NORA   </t>
+  </si>
+  <si>
+    <t>202 SQUARE ANTOINE WATTEAU 60100 CREIL</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>MONCEAU LANGUES BUSINESS</t>
   </si>
   <si>
     <t>POLYGLOTTES FORMATIONS</t>
   </si>
   <si>
     <t>40 RUE LESDIGUIERES 38000 GRENOBLE</t>
   </si>
   <si>
     <t>06/01/2014</t>
   </si>
   <si>
     <t>ORION</t>
   </si>
   <si>
     <t>12 RUE DU CHATEAU LANDON 75010 PARIS</t>
   </si>
   <si>
     <t>02/12/2019</t>
   </si>
   <si>
     <t>SOLUTION COURS</t>
   </si>
   <si>
     <t>7 AVENUE DE LA GAUDE 06800 CAGNES-SUR-MER</t>
   </si>
   <si>
     <t>20/06/2014</t>
   </si>
   <si>
     <t xml:space="preserve">SONMEZ RABIA   </t>
   </si>
   <si>
     <t>NEW SCHOOL RABIA SONMEZ ALTUNTAS</t>
   </si>
   <si>
     <t>57 RUE DE LA CHAUX 42160 ANDREZIEUX-BOUTHEON</t>
   </si>
   <si>
     <t>28/08/2023</t>
   </si>
   <si>
-    <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
-[...172 lines deleted...]
-  <si>
     <t>LEADING LANGUAGE INSTITUTE</t>
   </si>
   <si>
     <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
   </si>
   <si>
     <t>19/01/2015</t>
   </si>
   <si>
     <t>EXPERIA</t>
   </si>
   <si>
     <t>IMP DES JUMEAUX 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>ARCHIPEL</t>
+  </si>
+  <si>
+    <t>6 EME ETAGE PORTE 675 11 RUE TRONCHET 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
     <t>LS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>90 IMPASSE EMERI 13510 EGUILLES</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>SKILLS SYNERGY</t>
   </si>
   <si>
     <t>38 RUE DU MENIL 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
-    <t>CREADIS</t>
-[...64 lines deleted...]
-  <si>
     <t>DOUBLE YOU</t>
   </si>
   <si>
     <t>46 RUE MONTGRAND 13006 MARSEILLE</t>
   </si>
   <si>
     <t>07/03/2019</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>6 RUE ALBERT CHABANON 13006 MARSEILLE</t>
   </si>
   <si>
     <t>BRIGHT FORMATION</t>
   </si>
   <si>
     <t>23 RUE DE RICHELIEU 75001 PARIS</t>
   </si>
   <si>
     <t>22/01/2018</t>
   </si>
   <si>
     <t xml:space="preserve">REDELSPERGER FANNY   </t>
@@ -700,50 +721,59 @@
   <si>
     <t>76 RUE DE LA CONVENTION 93120 LA COURNEUVE</t>
   </si>
   <si>
     <t>11/02/2021</t>
   </si>
   <si>
     <t>PARIS FORMATION</t>
   </si>
   <si>
     <t>19 RUE BOUCHARDON 75010 PARIS</t>
   </si>
   <si>
     <t>27/09/2021</t>
   </si>
   <si>
     <t>WEFORMA</t>
   </si>
   <si>
     <t>10 RUE DES RENAUDES 75017 PARIS</t>
   </si>
   <si>
     <t>10/06/2021</t>
   </si>
   <si>
+    <t>CFA CCIA</t>
+  </si>
+  <si>
+    <t>27 RUE D'ENGHIEN 75010 PARIS</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
     <t>ME FORMATION</t>
   </si>
   <si>
     <t>33 RUE DE FRANCE 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>07/07/2021</t>
   </si>
   <si>
     <t>MEDIA FRANCE FORMATION</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>30/07/2021</t>
   </si>
   <si>
     <t>WEFIT FRANCE</t>
   </si>
   <si>
     <t>885 ROUTE DES BERNARDS 33670 SAINT-GENES-DE-LOMBAUD</t>
   </si>
   <si>
     <t>10/08/2021</t>
@@ -772,216 +802,267 @@
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>CAMEMBEAR</t>
   </si>
   <si>
     <t>10 A RUE MAL DE LATTRE DE TASSIGNY 76420 BIHOREL</t>
   </si>
   <si>
     <t>06/01/2022</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>POLE FORMATION 93</t>
   </si>
   <si>
     <t>194 AVENUE DU PRESIDENT WILSON 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
-    <t>ONLINE SALES SUCCESS</t>
-[...7 lines deleted...]
-  <si>
     <t>GETSKILLS</t>
   </si>
   <si>
     <t>1 PLACE JEAN MOULIN 38280 JANNEYRIAS</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
     <t>MYSTORY</t>
   </si>
   <si>
     <t>14 RUE BICHAT 75010 PARIS</t>
   </si>
   <si>
     <t>25/04/2022</t>
   </si>
   <si>
     <t>CFA AGNOSCERE</t>
   </si>
   <si>
     <t>9 PROMENADE ERNEST CHAUVET 77370 NANGIS</t>
   </si>
   <si>
     <t>17/05/2022</t>
   </si>
   <si>
     <t>ACTIOM</t>
   </si>
   <si>
     <t>67 AVENUE VICTOR HUGO 75016 PARIS</t>
   </si>
   <si>
     <t>14/06/2022</t>
   </si>
   <si>
     <t>I.S.E - INTERNATIONAL SOLUTION OF EXCELLENCE</t>
   </si>
   <si>
     <t>24 RUE DE CLICHY 75009 PARIS</t>
   </si>
   <si>
+    <t>ILLICO FORMATION</t>
+  </si>
+  <si>
+    <t>79 RUE RATEAU 93120 LA COURNEUVE</t>
+  </si>
+  <si>
+    <t>29/06/2023</t>
+  </si>
+  <si>
     <t>LEARNINGHOME</t>
   </si>
   <si>
     <t>12 RUE DES CHAUFFOURS 95000 CERGY</t>
   </si>
   <si>
     <t>04/08/2022</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>MONTFERMEIL</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>WORLD CLASSE FORMATIONS</t>
   </si>
   <si>
     <t>6 LES BASTIDONS DU VALLAT 535 AVENUE VICTOR HUGO 13122 VENTABREN</t>
   </si>
   <si>
     <t>06/07/2024</t>
   </si>
   <si>
     <t>CEFOL MANAGEMENT</t>
   </si>
   <si>
     <t>POLYLANGUES</t>
   </si>
   <si>
     <t>3 RUE BAYARD 44100 NANTES</t>
   </si>
   <si>
     <t>SKILLMASTER A</t>
   </si>
   <si>
+    <t>EFI - ECOLE DE FRANCAIS INTERNATIONALE</t>
+  </si>
+  <si>
     <t>LYON</t>
   </si>
   <si>
     <t>24/07/2024</t>
   </si>
   <si>
     <t>SAS SEFORMER</t>
   </si>
   <si>
     <t>12 RUE DE LA PART-DIEU 69003 LYON</t>
   </si>
   <si>
     <t>03/08/2024</t>
   </si>
   <si>
     <t>LA VOIX FRANCAISE</t>
   </si>
   <si>
     <t>RESIDENCE FAUBOURG SAINT LAZARE 10 PLACE SAINT LAZARE 84000 AVIGNON</t>
   </si>
   <si>
     <t>13/09/2024</t>
   </si>
   <si>
     <t>ACADEMIE DE RENFORCEMENT DES COMPETENCES ET DU SAVOIR</t>
   </si>
   <si>
     <t>28 RUE DE LONDRES 75009 PARIS</t>
   </si>
   <si>
+    <t>NEGO FORM</t>
+  </si>
+  <si>
+    <t>09/10/2024</t>
+  </si>
+  <si>
+    <t>DELTALEX</t>
+  </si>
+  <si>
+    <t>BUREAU 3 34 PLACE DU GENERAL DE GAULLE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
     <t>CENTRE ENGAGE DANS L'INSERTION POUR LA FORMATION ET POUR LA REUSSITE</t>
   </si>
   <si>
     <t>229 RUE SAINT-HONORE 75001 PARIS</t>
   </si>
   <si>
     <t>05/11/2024</t>
   </si>
   <si>
     <t>OS FORMATIONS IDF</t>
   </si>
   <si>
     <t>135 BOULEVARD DE STRASBOURG 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>EBAA NETWORK</t>
   </si>
   <si>
     <t>54 RUE CAMBRONNE 75015 PARIS</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
   <si>
+    <t>APTIVA</t>
+  </si>
+  <si>
+    <t>3 RUE JACQUES PREVERT 31850 MONTRABE</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>FORMAPRO CGY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL A RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>ACCOMPAGNEMENT FORMATION EMPLOI</t>
+  </si>
+  <si>
+    <t>AFE</t>
+  </si>
+  <si>
+    <t>A STADDA STALLE 20123 COGNOCOLI-MONTICCHI</t>
+  </si>
+  <si>
+    <t>15/02/2023</t>
+  </si>
+  <si>
     <t>YDEMI</t>
   </si>
   <si>
     <t>ORLEANS 45 ALLEES PIERRE CHEVALLIER 45000 ORLEANS</t>
   </si>
   <si>
     <t>06/03/2023</t>
   </si>
   <si>
     <t>T LEARNING FORMATION</t>
   </si>
   <si>
     <t>6 RUE DES NOISETIERS 60300 SENLIS</t>
   </si>
   <si>
     <t>27/08/2023</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
   </si>
   <si>
     <t>SCHMIDER TRAINING</t>
   </si>
   <si>
     <t>14 RUE DU PROGRES 91200 ATHIS-MONS</t>
   </si>
   <si>
     <t>23/08/2023</t>
   </si>
   <si>
     <t>ACTION COMPETENCES</t>
   </si>
   <si>
     <t>254 RUE VENDOME 69003 LYON</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>AMALINGO</t>
   </si>
   <si>
     <t>3 LE CHAMP GUY 56350 BEGANNE</t>
   </si>
@@ -1365,51 +1446,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M101"/>
+  <dimension ref="A1:M109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1431,3794 +1512,4094 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40020287500060</v>
+        <v>19671509800055</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>76341136934</v>
+        <v>18</v>
+      </c>
+      <c r="I2" s="3" t="s">
+        <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>40490902000046</v>
+        <v>49449841300041</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>93131095413</v>
+        <v>32600349260</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>40490902000053</v>
+        <v>51501621000012</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>93131095413</v>
+        <v>82740234974</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>40818282200051</v>
+        <v>34221069700203</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>84740366874</v>
+        <v>54860048786</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41366956500017</v>
+        <v>34323106400068</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>24450160245</v>
+        <v>31590153659</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>42272629900049</v>
+        <v>35373603600024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>42670274567</v>
+        <v>82010093601</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42900105000013</v>
+        <v>38256050600067</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>52720129372</v>
+        <v>93130495513</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78422661500036</v>
+        <v>39336805500041</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>11750128575</v>
+        <v>11756156675</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43302808100027</v>
+        <v>42900105000013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>93840229984</v>
+        <v>52720129372</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44170571200053</v>
+        <v>43047236500039</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>50</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="I11" s="3">
-        <v>75400130940</v>
+        <v>42670326867</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>45183924500045</v>
+        <v>43302808100027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>93060562906</v>
+        <v>93840229984</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>45310346700040</v>
+        <v>44170571200053</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3">
-        <v>11753869475</v>
+        <v>75400130940</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>79121316800028</v>
+        <v>45183924500045</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="I14" s="3">
-        <v>82010150801</v>
+        <v>93060562906</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>79991634100016</v>
+        <v>40020287500060</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="I15" s="3">
-        <v>82380576838</v>
+        <v>76341136934</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>80310647500020</v>
+        <v>40490902000046</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>11755270175</v>
+        <v>93131095413</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80346181300013</v>
+        <v>40490902000053</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I17" s="3">
-        <v>93060807206</v>
+        <v>93131095413</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>80436459400049</v>
+        <v>40818282200051</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="I18" s="3">
-        <v>84420363942</v>
+        <v>84740366874</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19671509800055</v>
+        <v>41366956500017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>18</v>
+      </c>
+      <c r="I19" s="3">
+        <v>24450160245</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48060187100019</v>
+        <v>42272629900049</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>82740188574</v>
+        <v>42670274567</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>48121600000044</v>
+        <v>78422661500036</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I21" s="3">
-        <v>42670351367</v>
+        <v>11750128575</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>48154142300028</v>
+        <v>79121316800028</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>11753951275</v>
+        <v>82010150801</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48762568300023</v>
+        <v>50248930500016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>24370350837</v>
+        <v>93131289013</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>49449841300041</v>
+        <v>50315793500035</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>32600349260</v>
+        <v>31590677559</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>50248930500016</v>
+        <v>51068964900034</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I25" s="3">
-        <v>93131289013</v>
+        <v>11754655675</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>50315793500035</v>
+        <v>45310346700040</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I26" s="3">
-        <v>31590677559</v>
+        <v>11753869475</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>51068964900034</v>
+        <v>48060187100019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>11754655675</v>
+        <v>82740188574</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>51501621000012</v>
+        <v>48121600000044</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>82740234974</v>
+        <v>42670351367</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51974854500026</v>
+        <v>48154142300028</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>32600387060</v>
+        <v>11753951275</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>52137814100027</v>
+        <v>48762568300023</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>76341044834</v>
+        <v>24370350837</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>53076578300036</v>
+        <v>53338783300023</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>57</v>
+        <v>114</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>11754671275</v>
+        <v>52850156985</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>53338783300023</v>
+        <v>53338783300049</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>113</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>116</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I32" s="3">
         <v>52850156985</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>53338783300049</v>
+        <v>53338783300056</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
         <v>52850156985</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>53338783300056</v>
+        <v>53338783300064</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3">
         <v>52850156985</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>53338783300064</v>
+        <v>53502325300029</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>52850156985</v>
+        <v>11788166178</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>53502325300029</v>
+        <v>53776335100047</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>11788166178</v>
+        <v>11950887595</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>53867940800020</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I37" s="3">
         <v>11922525392</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>80919787400013</v>
+        <v>51974854500026</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I38" s="3">
-        <v>41570355457</v>
+        <v>32600387060</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>80940853700029</v>
+        <v>52137814100027</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>137</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>138</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>52850190585</v>
+        <v>76341044834</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>81419495700019</v>
+        <v>53076578300036</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I40" s="3">
-        <v>93131628113</v>
+        <v>11754671275</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>81884322900027</v>
+        <v>79991634100016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="E41" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>11756061275</v>
+        <v>82380576838</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>81997258900017</v>
+        <v>80310647500020</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>52490322749</v>
+        <v>11755270175</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>34323106400068</v>
+        <v>80346181300013</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I43" s="3">
-        <v>31590153659</v>
+        <v>93060807206</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>35373603600024</v>
+        <v>80436459400049</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D44" s="2"/>
+        <v>151</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>152</v>
+      </c>
       <c r="E44" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I44" s="3">
-        <v>82010093601</v>
+        <v>84420363942</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>38256050600067</v>
+        <v>80919787400013</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I45" s="3">
-        <v>93130495513</v>
+        <v>41570355457</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39336805500041</v>
+        <v>80940853700029</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>11756156675</v>
+        <v>52850190585</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>43047236500039</v>
+        <v>33751741100019</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>42670326867</v>
+        <v>11751059475</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>33751741100019</v>
+        <v>33825742100028</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="I48" s="3">
-        <v>11751059475</v>
+        <v>11751068775</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>83427832700020</v>
+        <v>81419495700019</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>93131695513</v>
+        <v>93131628113</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>83427832700046</v>
+        <v>81884322900027</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>169</v>
+        <v>118</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>93131695513</v>
+        <v>11756061275</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>83751276300017</v>
+        <v>83427832700020</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="G51" s="2"/>
+        <v>175</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>176</v>
+      </c>
       <c r="H51" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>11755747475</v>
+        <v>93131695513</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>83848739500017</v>
+        <v>83427832700046</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>76660242466</v>
+        <v>93131695513</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>84804488900014</v>
+        <v>83751276300017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>75640463864</v>
+        <v>11755747475</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>84804625600014</v>
+        <v>83848739500017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I54" s="3">
-        <v>27390122839</v>
+        <v>76660242466</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>85243723500017</v>
+        <v>84804488900014</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D55" s="2" t="s">
         <v>184</v>
       </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I55" s="3">
-        <v>32590998359</v>
+        <v>75640463864</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>85260905600019</v>
+        <v>84804625600014</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="D56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I56" s="3">
-        <v>52440868044</v>
+        <v>27390122839</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>85262129100024</v>
+        <v>85243723500017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D57" s="2"/>
+      <c r="D57" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>75331189333</v>
+        <v>32590998359</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>85304237200039</v>
+        <v>85260905600019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>194</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>32600419160</v>
+        <v>52440868044</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>85361748800012</v>
+        <v>85262129100024</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D59" s="2" t="s">
         <v>197</v>
       </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>11756111275</v>
+        <v>75331189333</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>85395352900015</v>
+        <v>85304237200039</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>11756106475</v>
+        <v>32600419160</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>88418709700016</v>
+        <v>85361748800012</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D61" s="2"/>
+      <c r="D61" s="2" t="s">
+        <v>204</v>
+      </c>
       <c r="E61" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I61" s="3">
-        <v>75331247833</v>
+        <v>11756111275</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>88460476000022</v>
+        <v>85395352900015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I62" s="3">
-        <v>76311173531</v>
+        <v>11756106475</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>88822051400010</v>
+        <v>88418709700016</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I63" s="3">
-        <v>84420346242</v>
+        <v>75331247833</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>89216710700010</v>
+        <v>88460476000022</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>11756161175</v>
+        <v>76311173531</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>89281881600043</v>
+        <v>88822051400010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>218</v>
+        <v>42</v>
       </c>
       <c r="I65" s="3">
-        <v>76341103234</v>
+        <v>84420346242</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>89508161000019</v>
+        <v>89216710700010</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>11930867293</v>
+        <v>11756161175</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>89539892300022</v>
+        <v>89281881600043</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D67" s="2"/>
+      <c r="D67" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E67" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>25</v>
+        <v>225</v>
       </c>
       <c r="I67" s="3">
-        <v>11756205875</v>
+        <v>76341103234</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>90046685500013</v>
+        <v>89508161000019</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I68" s="3">
-        <v>11756368375</v>
+        <v>11930867293</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>90139546700011</v>
+        <v>89539892300022</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I69" s="3">
-        <v>84691868969</v>
+        <v>11756205875</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>90216372400013</v>
+        <v>90046685500013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I70" s="3">
-        <v>84691878169</v>
+        <v>11756368375</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>90224162900010</v>
+        <v>90115828700028</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>75331351233</v>
+        <v>11757413575</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>90257968900032</v>
+        <v>90139546700011</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>164</v>
+        <v>239</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I72" s="3">
-        <v>11922461592</v>
+        <v>84691868969</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>90267263300028</v>
+        <v>90216372400013</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>11756796975</v>
+        <v>84691878169</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>90292779700016</v>
+        <v>90224162900010</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>11756358775</v>
+        <v>75331351233</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>90934916900013</v>
+        <v>90257968900032</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>246</v>
+        <v>162</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>248</v>
+        <v>42</v>
       </c>
       <c r="I75" s="3">
-        <v>28760677076</v>
+        <v>11922461592</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>91003211900018</v>
+        <v>90267263300028</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="G76" s="2" t="s">
         <v>251</v>
       </c>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I76" s="3">
-        <v>11930942393</v>
+        <v>11756796975</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>91003211900026</v>
+        <v>90292779700016</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I77" s="3">
-        <v>11930942393</v>
+        <v>11756358775</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>91145937800012</v>
+        <v>90934916900013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>25</v>
+        <v>258</v>
       </c>
       <c r="I78" s="3">
-        <v>11922495292</v>
+        <v>28760677076</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>91182637800018</v>
+        <v>91003211900018</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="G79" s="2"/>
+        <v>199</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="H79" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I79" s="3">
-        <v>84380829938</v>
+        <v>11930942393</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>91342308300017</v>
+        <v>91003211900026</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I80" s="3">
-        <v>11756521775</v>
+        <v>11930942393</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>91376063300010</v>
+        <v>91182637800018</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>11770787477</v>
+        <v>84380829938</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>91457018900011</v>
+        <v>91342308300017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>11756528775</v>
+        <v>11756521775</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>91464032100016</v>
+        <v>91376063300010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>11756538375</v>
+        <v>11770787477</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>91835843300012</v>
+        <v>91457018900011</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>11950773495</v>
+        <v>11756528775</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>91927720200017</v>
+        <v>91464032100016</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D85" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I85" s="3">
-        <v>11931027393</v>
+        <v>11756538375</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>92185896500020</v>
+        <v>91496455600049</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>93132282813</v>
+        <v>11930965193</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>92793885200021</v>
+        <v>91835843300012</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="D87" s="2" t="s">
+      <c r="D87" s="2"/>
+      <c r="E87" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I87" s="3">
-        <v>52441153544</v>
+        <v>11950773495</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>93151660300012</v>
+        <v>91927720200017</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="D88" s="2"/>
+      <c r="D88" s="2" t="s">
+        <v>283</v>
+      </c>
       <c r="E88" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I88" s="3">
-        <v>84692334369</v>
+        <v>11931027393</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>93194982000019</v>
+        <v>92185896500020</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>84692348169</v>
+        <v>93132282813</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>93297814100012</v>
+        <v>92793885200021</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="D90" s="2"/>
+        <v>289</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>290</v>
+      </c>
       <c r="E90" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>290</v>
+        <v>124</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>93840521284</v>
+        <v>52441153544</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>93429706000014</v>
+        <v>93151660300012</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>292</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>126</v>
+        <v>295</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I91" s="3">
-        <v>11757121675</v>
+        <v>84692334369</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>93835725800012</v>
+        <v>93194982000019</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>11757240975</v>
+        <v>84692348169</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>93955549600016</v>
+        <v>93297814100012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I93" s="3">
-        <v>11931144993</v>
+        <v>93840521284</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>94081888300016</v>
+        <v>93429706000014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>301</v>
+        <v>124</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I94" s="3">
-        <v>11757175575</v>
+        <v>11757121675</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>94958535000018</v>
+        <v>93489999800017</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>303</v>
+        <v>275</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I95" s="3">
-        <v>24450415845</v>
+        <v>11757147475</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>97851694600016</v>
+        <v>93758923200019</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>32600422160</v>
+        <v>32591323459</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>97879480800011</v>
+        <v>93835725800012</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I97" s="3">
-        <v>11911003391</v>
+        <v>11757240975</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>98120546100016</v>
+        <v>93955549600016</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>312</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>312</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>84692240069</v>
+        <v>11931144993</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>98161575000016</v>
+        <v>94081888300016</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I99" s="3">
-        <v>53561029356</v>
+        <v>11757175575</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>98402682300018</v>
+        <v>94188022100010</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I100" s="3">
-        <v>11941242394</v>
+        <v>76311390731</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>98516454000017</v>
+        <v>94420011200018</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I101" s="3">
+        <v>11950977395</v>
+      </c>
+      <c r="J101" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K101" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L101" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M101" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13">
+      <c r="A102" s="1">
+        <v>94909744800011</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I102" s="3">
+        <v>94202130720</v>
+      </c>
+      <c r="J102" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K102" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L102" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M102" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
+      <c r="A103" s="1">
+        <v>94958535000018</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I103" s="3">
+        <v>24450415845</v>
+      </c>
+      <c r="J103" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K103" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L103" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M103" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
+      <c r="A104" s="1">
+        <v>97851694600016</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I104" s="3">
+        <v>32600422160</v>
+      </c>
+      <c r="J104" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K104" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L104" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M104" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13">
+      <c r="A105" s="1">
+        <v>97879480800011</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" s="3">
+        <v>11911003391</v>
+      </c>
+      <c r="J105" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K105" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L105" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M105" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13">
+      <c r="A106" s="1">
+        <v>98120546100016</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I106" s="3">
+        <v>84692240069</v>
+      </c>
+      <c r="J106" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K106" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L106" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M106" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13">
+      <c r="A107" s="1">
+        <v>98161575000016</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I107" s="3">
+        <v>53561029356</v>
+      </c>
+      <c r="J107" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K107" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L107" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M107" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13">
+      <c r="A108" s="1">
+        <v>98402682300018</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I108" s="3">
+        <v>11941242394</v>
+      </c>
+      <c r="J108" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K108" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L108" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M108" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13">
+      <c r="A109" s="1">
+        <v>98516454000017</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I109" s="3">
         <v>93132251213</v>
       </c>
-      <c r="J101" s="2" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="J109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M109" s="2" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5231,31 +5612,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 04:23:29</dc:description>
+  <dc:description>Export en date du 12/17/2025 11:36:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>