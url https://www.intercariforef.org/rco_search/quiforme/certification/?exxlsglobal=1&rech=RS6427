--- v1 (2025-12-17)
+++ v2 (2026-02-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -82,410 +82,449 @@
   <si>
     <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
   </si>
   <si>
     <t>GRETA NORD ALSACE</t>
   </si>
   <si>
     <t>123 ROUTE DE STRASBOURG 67500 HAGUENAU</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4267P001167</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>PRISMA FORMATIONS</t>
+  </si>
+  <si>
+    <t>BATIMENT ETOILE 40 AVENUE DES NATIONS 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>15/01/2022</t>
+  </si>
+  <si>
+    <t>I B L</t>
+  </si>
+  <si>
+    <t>LES JARDINS DE FARGUES  -  BAT F 19 B AVENUE GUILLAUME DE FARGIS 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>BRIGHT FORMATION</t>
+  </si>
+  <si>
+    <t>23 RUE DE RICHELIEU 75001 PARIS</t>
+  </si>
+  <si>
+    <t>22/01/2018</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>ARCHIPEL</t>
+  </si>
+  <si>
+    <t>6 EME ETAGE PORTE 675 11 RUE TRONCHET 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>IMPAQT</t>
+  </si>
+  <si>
+    <t>314 RUE GABRIEL QUEMENT 16600 RUELLE-SUR-TOUVRE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>MEDIA FORMATION</t>
+  </si>
+  <si>
+    <t>61 AVENUE DE CANTELEU 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>07/06/2004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARMETTE NATHALIE   </t>
+  </si>
+  <si>
+    <t>CONFLANS 146 ROUTE DE CHALEA 01250 CORVEISSIAT</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>ECSPLICITE</t>
+  </si>
+  <si>
+    <t>ZI PLAINE DE JOUQUES 300 AVENUE DU COL DE L’ANGE 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>05/06/2001</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOC INTERMEDIAIRE STEFI</t>
+  </si>
+  <si>
+    <t>46 RUE LOUIS BAISSE 34310 CAPESTANG</t>
+  </si>
+  <si>
+    <t>30/11/2015</t>
+  </si>
+  <si>
+    <t>78.10Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>F J COMPANY</t>
+  </si>
+  <si>
+    <t>14 RUE BEAUVAU 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/06/2002</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>146 RUE PARADIS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>EMERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>19/08/1997</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS NT</t>
+  </si>
+  <si>
+    <t>3 ALLEE DE L'ECONOMIE 67370 WIWERSHEIM</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARTHONNET MARIE CHRISTINE  </t>
+  </si>
+  <si>
+    <t>OPENLANG FORMATIONS</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE LA DIVISION LECLERC 72170 BEAUMONT-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>MBR COMPETENCES ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>ECOLINGUA - 360 COMPETENCES MBR - FORMAPERF</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TURENNE 2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/04/2008</t>
+  </si>
+  <si>
+    <t>FLOSTER BV</t>
+  </si>
+  <si>
+    <t>PULSEO 1 AVENUE DE LA GARE 40100 DAX</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>STUDIO GENTILE</t>
+  </si>
+  <si>
+    <t>BAT B IMMEUBLE NICE EUROPE 29 RUE PASTORELLI 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>MONCEAU LANGUES</t>
+  </si>
+  <si>
+    <t>153 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>07/07/2025</t>
+  </si>
+  <si>
+    <t>ALPINE RAINBOW</t>
+  </si>
+  <si>
+    <t>419 ROUTE DES CHOSEAUX 74320 SEVRIER</t>
+  </si>
+  <si>
+    <t>18/01/2005</t>
+  </si>
+  <si>
+    <t>BT-INFO</t>
+  </si>
+  <si>
+    <t>BT FORMATION - BT CAMPUS</t>
+  </si>
+  <si>
+    <t>5 ALLEE DE L'EUROPE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>ADOMLINGUA COMMUNICATION</t>
+  </si>
+  <si>
+    <t>5 RUE DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABONDE CHRISTEL DENISE ANDREE </t>
+  </si>
+  <si>
+    <t>14 B CHEMIN DE GUE DROIT 37190 SACHE</t>
+  </si>
+  <si>
+    <t>28/02/2012</t>
+  </si>
+  <si>
     <t>WOOSPEAK FRANCE</t>
   </si>
   <si>
     <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
+    <t>ENGLISH COACH</t>
+  </si>
+  <si>
+    <t>BAT F 92 RUE CALLELONGUE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>FORCE LANGUES</t>
+  </si>
+  <si>
+    <t>POLE ECO 49 RUE DE L’EGALITE 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t>WEFIT GROUP</t>
+  </si>
+  <si>
+    <t>168 RUE DE LA CONVENTION 75015 PARIS</t>
+  </si>
+  <si>
+    <t>28/01/2016</t>
+  </si>
+  <si>
     <t xml:space="preserve">PROPHETE HELENE LAURENCE  </t>
   </si>
   <si>
     <t>84 RUE DE LA PEROLLIERE 74000 ANNECY</t>
   </si>
   <si>
     <t>22/09/2009</t>
   </si>
   <si>
-    <t>IMPAQT</t>
-[...161 lines deleted...]
-    <t>01/05/2019</t>
+    <t xml:space="preserve">AMROUNE NORA   </t>
+  </si>
+  <si>
+    <t>202 SQUARE ANTOINE WATTEAU 60100 CREIL</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>VOG CONSULTING</t>
+  </si>
+  <si>
+    <t>3 PLACE CHARLES DIGEON 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>09/05/2016</t>
+  </si>
+  <si>
+    <t>MONCEAU LANGUES BUSINESS</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT WELCOME</t>
+  </si>
+  <si>
+    <t>14 RUE DE SAUMUR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>CFL WELCOME OLONNE SUR MER</t>
+  </si>
+  <si>
+    <t>4 RUE FLORA TRISTAN 85340 LES SABLES-D'OLONNE</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>CFL PARIS</t>
+  </si>
+  <si>
+    <t>2 RUE DES COUTURES 77400 SAINT-THIBAULT-DES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>MUNDI LINGUAE</t>
+  </si>
+  <si>
+    <t>55 GRANDE RUE 78770 MARCQ</t>
+  </si>
+  <si>
+    <t>02/11/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE CONSEIL ET D'AUDIT</t>
+  </si>
+  <si>
+    <t>18 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>18/08/2016</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
   </si>
   <si>
     <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
   </si>
   <si>
     <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
   </si>
   <si>
     <t>01/07/2006</t>
   </si>
   <si>
     <t>ABC FORMATION CONTINUE</t>
   </si>
   <si>
     <t>224 COURS LAFAYETTE 69003 LYON</t>
   </si>
   <si>
     <t>30/09/2022</t>
   </si>
   <si>
-    <t>ENGLISH COACH</t>
-[...157 lines deleted...]
-  <si>
     <t>POLYGLOTTES FORMATIONS</t>
   </si>
   <si>
     <t>40 RUE LESDIGUIERES 38000 GRENOBLE</t>
   </si>
   <si>
     <t>06/01/2014</t>
   </si>
   <si>
     <t>ORION</t>
   </si>
   <si>
     <t>12 RUE DU CHATEAU LANDON 75010 PARIS</t>
   </si>
   <si>
     <t>02/12/2019</t>
   </si>
   <si>
     <t>SOLUTION COURS</t>
   </si>
   <si>
     <t>7 AVENUE DE LA GAUDE 06800 CAGNES-SUR-MER</t>
   </si>
   <si>
     <t>20/06/2014</t>
@@ -499,110 +538,92 @@
   <si>
     <t>57 RUE DE LA CHAUX 42160 ANDREZIEUX-BOUTHEON</t>
   </si>
   <si>
     <t>28/08/2023</t>
   </si>
   <si>
     <t>LEADING LANGUAGE INSTITUTE</t>
   </si>
   <si>
     <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
   </si>
   <si>
     <t>19/01/2015</t>
   </si>
   <si>
     <t>EXPERIA</t>
   </si>
   <si>
     <t>IMP DES JUMEAUX 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
-    <t>PROFORMATION</t>
-[...19 lines deleted...]
-  <si>
     <t>LS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>90 IMPASSE EMERI 13510 EGUILLES</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
+    <t>ZEPARTNER</t>
+  </si>
+  <si>
+    <t>38 B BOULEVARD VICTOR HUGO 06000 NICE</t>
+  </si>
+  <si>
+    <t>11/08/2020</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
     <t>SKILLS SYNERGY</t>
   </si>
   <si>
     <t>38 RUE DU MENIL 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
     <t>DOUBLE YOU</t>
   </si>
   <si>
     <t>46 RUE MONTGRAND 13006 MARSEILLE</t>
   </si>
   <si>
     <t>07/03/2019</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>6 RUE ALBERT CHABANON 13006 MARSEILLE</t>
   </si>
   <si>
-    <t>BRIGHT FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">REDELSPERGER FANNY   </t>
   </si>
   <si>
     <t>25 B ROUTE DE FONT ROMEU 66760 ANGOUSTRINE-VILLENEUVE-DES-ESCALDES</t>
   </si>
   <si>
     <t>07/05/2018</t>
   </si>
   <si>
     <t>INSPIRE NATION</t>
   </si>
   <si>
     <t>25 ALLEE DU MOURA 64200 BIARRITZ</t>
   </si>
   <si>
     <t>31/01/2019</t>
   </si>
   <si>
     <t>VICI LANGUAGES FRANCE</t>
   </si>
   <si>
     <t>15 RUE DE VALLIERE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>07/01/2019</t>
@@ -712,59 +733,50 @@
   <si>
     <t>22/12/2022</t>
   </si>
   <si>
     <t>47.91A</t>
   </si>
   <si>
     <t>TRANS-COMPETENCES</t>
   </si>
   <si>
     <t>76 RUE DE LA CONVENTION 93120 LA COURNEUVE</t>
   </si>
   <si>
     <t>11/02/2021</t>
   </si>
   <si>
     <t>PARIS FORMATION</t>
   </si>
   <si>
     <t>19 RUE BOUCHARDON 75010 PARIS</t>
   </si>
   <si>
     <t>27/09/2021</t>
   </si>
   <si>
-    <t>WEFORMA</t>
-[...7 lines deleted...]
-  <si>
     <t>CFA CCIA</t>
   </si>
   <si>
     <t>27 RUE D'ENGHIEN 75010 PARIS</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>ME FORMATION</t>
   </si>
   <si>
     <t>33 RUE DE FRANCE 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>07/07/2021</t>
   </si>
   <si>
     <t>MEDIA FRANCE FORMATION</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>30/07/2021</t>
@@ -883,50 +895,62 @@
   <si>
     <t>04/08/2022</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>MONTFERMEIL</t>
   </si>
   <si>
     <t>19/09/2022</t>
   </si>
   <si>
     <t>WORLD CLASSE FORMATIONS</t>
   </si>
   <si>
     <t>6 LES BASTIDONS DU VALLAT 535 AVENUE VICTOR HUGO 13122 VENTABREN</t>
   </si>
   <si>
     <t>06/07/2024</t>
   </si>
   <si>
+    <t>DESCHAMPS ELEC</t>
+  </si>
+  <si>
+    <t>570 CHEMIN DE TOURNOUNE 83600 BAGNOLS-EN-FORET</t>
+  </si>
+  <si>
+    <t>03/04/2024</t>
+  </si>
+  <si>
+    <t>43.21A</t>
+  </si>
+  <si>
     <t>CEFOL MANAGEMENT</t>
   </si>
   <si>
     <t>POLYLANGUES</t>
   </si>
   <si>
     <t>3 RUE BAYARD 44100 NANTES</t>
   </si>
   <si>
     <t>SKILLMASTER A</t>
   </si>
   <si>
     <t>EFI - ECOLE DE FRANCAIS INTERNATIONALE</t>
   </si>
   <si>
     <t>LYON</t>
   </si>
   <si>
     <t>24/07/2024</t>
   </si>
   <si>
     <t>SAS SEFORMER</t>
   </si>
   <si>
     <t>12 RUE DE LA PART-DIEU 69003 LYON</t>
@@ -1030,84 +1054,84 @@
   <si>
     <t>06/03/2023</t>
   </si>
   <si>
     <t>T LEARNING FORMATION</t>
   </si>
   <si>
     <t>6 RUE DES NOISETIERS 60300 SENLIS</t>
   </si>
   <si>
     <t>27/08/2023</t>
   </si>
   <si>
     <t>07/11/2025</t>
   </si>
   <si>
     <t>SCHMIDER TRAINING</t>
   </si>
   <si>
     <t>14 RUE DU PROGRES 91200 ATHIS-MONS</t>
   </si>
   <si>
     <t>23/08/2023</t>
   </si>
   <si>
-    <t>ACTION COMPETENCES</t>
+    <t>METIERS ACTION COMPETENCES</t>
   </si>
   <si>
     <t>254 RUE VENDOME 69003 LYON</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>AMALINGO</t>
   </si>
   <si>
     <t>3 LE CHAMP GUY 56350 BEGANNE</t>
   </si>
   <si>
     <t>15/11/2023</t>
   </si>
   <si>
-    <t>REISUP</t>
-[...7 lines deleted...]
-  <si>
     <t>MORFOSYS</t>
   </si>
   <si>
     <t>67 CHEMIN DES AMPHOUX 13013 MARSEILLE</t>
   </si>
   <si>
     <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>INNOVAWORLD LEARNING</t>
+  </si>
+  <si>
+    <t>40 RUE HENRI BONNIN 36400 MONTGIVRAY</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1446,51 +1470,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M109"/>
+  <dimension ref="A1:M111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1551,4054 +1575,4128 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>49449841300041</v>
+        <v>39336805500041</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>32600349260</v>
+        <v>11756156675</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>51501621000012</v>
+        <v>43302808100027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>82740234974</v>
+        <v>93840229984</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>34221069700203</v>
+        <v>83751276300017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>54860048786</v>
+        <v>11755747475</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34323106400068</v>
+        <v>33751741100019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>31590153659</v>
+        <v>11751059475</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>35373603600024</v>
+        <v>33825742100028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>82010093601</v>
+        <v>11751068775</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38256050600067</v>
+        <v>34221069700203</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I8" s="3">
-        <v>93130495513</v>
+        <v>54860048786</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39336805500041</v>
+        <v>34323106400068</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>11756156675</v>
+        <v>31590153659</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42900105000013</v>
+        <v>35373603600024</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>52720129372</v>
+        <v>82010093601</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>43047236500039</v>
+        <v>38256050600067</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I11" s="3">
-        <v>42670326867</v>
+        <v>93130495513</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43302808100027</v>
+        <v>40020287500060</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>93840229984</v>
+        <v>76341136934</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44170571200053</v>
+        <v>40490902000046</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>75400130940</v>
+        <v>93131095413</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>45183924500045</v>
+        <v>40490902000053</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="I14" s="3">
-        <v>93060562906</v>
+        <v>93131095413</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40020287500060</v>
+        <v>40818282200051</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I15" s="3">
-        <v>76341136934</v>
+        <v>84740366874</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40490902000046</v>
+        <v>41366956500017</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>93131095413</v>
+        <v>24450160245</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40490902000053</v>
+        <v>42272629900049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>93131095413</v>
+        <v>42670274567</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40818282200051</v>
+        <v>42900105000013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>84740366874</v>
+        <v>52720129372</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41366956500017</v>
+        <v>43047236500039</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D19" s="2"/>
+      <c r="D19" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I19" s="3">
-        <v>24450160245</v>
+        <v>42670326867</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42272629900049</v>
+        <v>44170571200053</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I20" s="3">
-        <v>42670274567</v>
+        <v>75400130940</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78422661500036</v>
+        <v>45183924500045</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="I21" s="3">
-        <v>11750128575</v>
+        <v>93060562906</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>79121316800028</v>
+        <v>45310346700040</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I22" s="3">
-        <v>82010150801</v>
+        <v>11753869475</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>50248930500016</v>
+        <v>48060187100019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>93131289013</v>
+        <v>82740188574</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>50315793500035</v>
+        <v>48121600000044</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>31590677559</v>
+        <v>42670351367</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>51068964900034</v>
+        <v>48154142300028</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>11754655675</v>
+        <v>11753951275</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>45310346700040</v>
+        <v>48762568300023</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>11753869475</v>
+        <v>24370350837</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>48060187100019</v>
+        <v>49449841300041</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>82740188574</v>
+        <v>32600349260</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48121600000044</v>
+        <v>50248930500016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>42670351367</v>
+        <v>93131289013</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48154142300028</v>
+        <v>50315793500035</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>11753951275</v>
+        <v>31590677559</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48762568300023</v>
+        <v>51068964900034</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I30" s="3">
-        <v>24370350837</v>
+        <v>11754655675</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>53338783300023</v>
+        <v>51501621000012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>52850156985</v>
+        <v>82740234974</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>53338783300049</v>
+        <v>51974854500026</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I32" s="3">
-        <v>52850156985</v>
+        <v>32600387060</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>53338783300056</v>
+        <v>52137814100027</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>52850156985</v>
+        <v>76341044834</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>53338783300064</v>
+        <v>52238449400038</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>52850156985</v>
+        <v>11940878094</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>53502325300029</v>
+        <v>53076578300036</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>126</v>
+        <v>88</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>127</v>
+        <v>89</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I35" s="3">
-        <v>11788166178</v>
+        <v>11754671275</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>53776335100047</v>
+        <v>53338783300023</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>11950887595</v>
+        <v>52850156985</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>53867940800020</v>
+        <v>53338783300049</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I37" s="3">
-        <v>11922525392</v>
+        <v>52850156985</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51974854500026</v>
+        <v>53338783300056</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>32600387060</v>
+        <v>52850156985</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>52137814100027</v>
+        <v>53338783300064</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="E39" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>76341044834</v>
+        <v>52850156985</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>53076578300036</v>
+        <v>53502325300029</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>11754671275</v>
+        <v>11788166178</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>79991634100016</v>
+        <v>53776335100047</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>82380576838</v>
+        <v>11950887595</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>80310647500020</v>
+        <v>53867940800020</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>11755270175</v>
+        <v>11922525392</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>80346181300013</v>
+        <v>78422661500036</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I43" s="3">
-        <v>93060807206</v>
+        <v>11750128575</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>80436459400049</v>
+        <v>79121316800028</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D44" s="2" t="s">
         <v>152</v>
       </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>84420363942</v>
+        <v>82010150801</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>80919787400013</v>
+        <v>79991634100016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D45" s="2"/>
+      <c r="D45" s="2" t="s">
+        <v>155</v>
+      </c>
       <c r="E45" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="3">
-        <v>41570355457</v>
+        <v>82380576838</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>80940853700029</v>
+        <v>80310647500020</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>52850190585</v>
+        <v>11755270175</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>33751741100019</v>
+        <v>80346181300013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I47" s="3">
-        <v>11751059475</v>
+        <v>93060807206</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>33825742100028</v>
+        <v>80436459400049</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D48" s="2"/>
+      <c r="D48" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>167</v>
+        <v>52</v>
       </c>
       <c r="I48" s="3">
-        <v>11751068775</v>
+        <v>84420363942</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>81419495700019</v>
+        <v>80919787400013</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>93131628113</v>
+        <v>41570355457</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>81884322900027</v>
+        <v>80940853700029</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>118</v>
+        <v>173</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>11756061275</v>
+        <v>52850190585</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>83427832700020</v>
+        <v>81419495700019</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="G51" s="2" t="s">
         <v>176</v>
       </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>93131695513</v>
+        <v>93131628113</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>83427832700046</v>
+        <v>81865643100025</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>18</v>
+        <v>180</v>
       </c>
       <c r="I52" s="3">
-        <v>93131695513</v>
+        <v>93060984306</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>83751276300017</v>
+        <v>81884322900027</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>180</v>
+        <v>133</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>11755747475</v>
+        <v>11756061275</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>83848739500017</v>
+        <v>83427832700020</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="G54" s="2"/>
+        <v>185</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="H54" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>76660242466</v>
+        <v>93131695513</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>84804488900014</v>
+        <v>83427832700046</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>75640463864</v>
+        <v>93131695513</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>84804625600014</v>
+        <v>83848739500017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I56" s="3">
-        <v>27390122839</v>
+        <v>76660242466</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>85243723500017</v>
+        <v>84804488900014</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D57" s="2" t="s">
         <v>191</v>
       </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I57" s="3">
-        <v>32590998359</v>
+        <v>75640463864</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>85260905600019</v>
+        <v>84804625600014</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="D58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I58" s="3">
-        <v>52440868044</v>
+        <v>27390122839</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>85262129100024</v>
+        <v>85243723500017</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>75331189333</v>
+        <v>32590998359</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>85304237200039</v>
+        <v>85260905600019</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>32600419160</v>
+        <v>52440868044</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>85361748800012</v>
+        <v>85262129100024</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D61" s="2" t="s">
         <v>204</v>
       </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>11756111275</v>
+        <v>75331189333</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>85395352900015</v>
+        <v>85304237200039</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>11756106475</v>
+        <v>32600419160</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>88418709700016</v>
+        <v>85361748800012</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D63" s="2"/>
+      <c r="D63" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I63" s="3">
-        <v>75331247833</v>
+        <v>11756111275</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>88460476000022</v>
+        <v>85395352900015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I64" s="3">
-        <v>76311173531</v>
+        <v>11756106475</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>88822051400010</v>
+        <v>88418709700016</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>84420346242</v>
+        <v>75331247833</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>89216710700010</v>
+        <v>88460476000022</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>11756161175</v>
+        <v>76311173531</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>89281881600043</v>
+        <v>88822051400010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>225</v>
+        <v>52</v>
       </c>
       <c r="I67" s="3">
-        <v>76341103234</v>
+        <v>84420346242</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>89508161000019</v>
+        <v>89216710700010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>11930867293</v>
+        <v>11756161175</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>89539892300022</v>
+        <v>89281881600043</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="D69" s="2"/>
+      <c r="D69" s="2" t="s">
+        <v>229</v>
+      </c>
       <c r="E69" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>18</v>
+        <v>232</v>
       </c>
       <c r="I69" s="3">
-        <v>11756205875</v>
+        <v>76341103234</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>90046685500013</v>
+        <v>89508161000019</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I70" s="3">
-        <v>11756368375</v>
+        <v>11930867293</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>90115828700028</v>
+        <v>89539892300022</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>11757413575</v>
+        <v>11756205875</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>90139546700011</v>
+        <v>90115828700028</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>84691868969</v>
+        <v>11757413575</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>90216372400013</v>
+        <v>90139546700011</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I73" s="3">
-        <v>84691878169</v>
+        <v>84691868969</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>90224162900010</v>
+        <v>90216372400013</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>75331351233</v>
+        <v>84691878169</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>90257968900032</v>
+        <v>90224162900010</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>162</v>
+        <v>249</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I75" s="3">
-        <v>11922461592</v>
+        <v>75331351233</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>90267263300028</v>
+        <v>90257968900032</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>250</v>
+        <v>32</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I76" s="3">
-        <v>11756796975</v>
+        <v>11922461592</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>90292779700016</v>
+        <v>90267263300028</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I77" s="3">
-        <v>11756358775</v>
+        <v>11756796975</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>90934916900013</v>
+        <v>90292779700016</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>258</v>
+        <v>52</v>
       </c>
       <c r="I78" s="3">
-        <v>28760677076</v>
+        <v>11756358775</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>91003211900018</v>
+        <v>90934916900013</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="G79" s="2" t="s">
         <v>261</v>
       </c>
+      <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="I79" s="3">
-        <v>11930942393</v>
+        <v>28760677076</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>91003211900026</v>
+        <v>91003211900018</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="G80" s="2"/>
+        <v>206</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>265</v>
+      </c>
       <c r="H80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="3">
         <v>11930942393</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>91182637800018</v>
+        <v>91003211900026</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>84380829938</v>
+        <v>11930942393</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>91342308300017</v>
+        <v>91182637800018</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>11756521775</v>
+        <v>84380829938</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>91376063300010</v>
+        <v>91342308300017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>11770787477</v>
+        <v>11756521775</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>91457018900011</v>
+        <v>91376063300010</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>11756528775</v>
+        <v>11770787477</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>91464032100016</v>
+        <v>91457018900011</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3">
-        <v>11756538375</v>
+        <v>11756528775</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>91496455600049</v>
+        <v>91464032100016</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>198</v>
+      </c>
       <c r="E86" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>11930965193</v>
+        <v>11756538375</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>91835843300012</v>
+        <v>91496455600049</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>11950773495</v>
+        <v>11930965193</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>91927720200017</v>
+        <v>91835843300012</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="D88" s="2" t="s">
         <v>283</v>
       </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I88" s="3">
-        <v>11931027393</v>
+        <v>11950773495</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>92185896500020</v>
+        <v>91927720200017</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E89" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>93132282813</v>
+        <v>11931027393</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>92793885200021</v>
+        <v>92185896500020</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D90" s="2" t="s">
         <v>290</v>
       </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>291</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>124</v>
+        <v>292</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>52441153544</v>
+        <v>93132282813</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>93151660300012</v>
+        <v>92521968500011</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D91" s="2" t="s">
         <v>293</v>
       </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>18</v>
+        <v>296</v>
       </c>
       <c r="I91" s="3">
-        <v>84692334369</v>
+        <v>93830848583</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>93194982000019</v>
+        <v>92793885200021</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>298</v>
+      </c>
       <c r="E92" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>298</v>
+        <v>139</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>84692348169</v>
+        <v>52441153544</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>93297814100012</v>
+        <v>93151660300012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D93" s="2"/>
+        <v>300</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>301</v>
+      </c>
       <c r="E93" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="3">
-        <v>93840521284</v>
+        <v>84692334369</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>93429706000014</v>
+        <v>93194982000019</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>124</v>
+        <v>306</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="3">
-        <v>11757121675</v>
+        <v>84692348169</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>93489999800017</v>
+        <v>93297814100012</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>275</v>
+        <v>308</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="3">
-        <v>11757147475</v>
+        <v>93840521284</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>93758923200019</v>
+        <v>93429706000014</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>308</v>
+        <v>139</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>32591323459</v>
+        <v>11757121675</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>93835725800012</v>
+        <v>93489999800017</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>310</v>
+        <v>279</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="3">
-        <v>11757240975</v>
+        <v>11757147475</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>93955549600016</v>
+        <v>93758923200019</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>11931144993</v>
+        <v>32591323459</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>94081888300016</v>
+        <v>93835725800012</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="3">
-        <v>11757175575</v>
+        <v>11757240975</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>94188022100010</v>
+        <v>93955549600016</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>320</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="3">
-        <v>76311390731</v>
+        <v>11931144993</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>94420011200018</v>
+        <v>94081888300016</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="3">
-        <v>11950977395</v>
+        <v>11757175575</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>94909744800011</v>
+        <v>94188022100010</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I102" s="3">
-        <v>94202130720</v>
+        <v>76311390731</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>94958535000018</v>
+        <v>94420011200018</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="3">
-        <v>24450415845</v>
+        <v>11950977395</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>97851694600016</v>
+        <v>94909744800011</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>332</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="I104" s="3">
-        <v>32600422160</v>
+        <v>94202130720</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>97879480800011</v>
+        <v>94958535000018</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="3">
-        <v>11911003391</v>
+        <v>24450415845</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>98120546100016</v>
+        <v>97851694600016</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="G106" s="2"/>
+        <v>341</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>342</v>
+      </c>
       <c r="H106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I106" s="3">
-        <v>84692240069</v>
+        <v>32600422160</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>98161575000016</v>
+        <v>97879480800011</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>53561029356</v>
+        <v>11911003391</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>98402682300018</v>
+        <v>98120546100016</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>11941242394</v>
+        <v>84692240069</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>98516454000017</v>
+        <v>98161575000016</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I109" s="3">
+        <v>53561029356</v>
+      </c>
+      <c r="J109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L109" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M109" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13">
+      <c r="A110" s="1">
+        <v>98516454000017</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I110" s="3">
         <v>93132251213</v>
       </c>
-      <c r="J109" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M109" s="2" t="s">
+      <c r="J110" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L110" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M110" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13">
+      <c r="A111" s="1">
+        <v>99077894600014</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I111" s="3">
+        <v>24360121336</v>
+      </c>
+      <c r="J111" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K111" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L111" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M111" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5612,31 +5710,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 11:36:32</dc:description>
+  <dc:description>Export en date du 02/05/2026 04:03:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>