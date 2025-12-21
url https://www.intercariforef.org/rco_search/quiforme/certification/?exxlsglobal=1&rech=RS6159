--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1614">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -280,74 +280,104 @@
   <si>
     <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
   </si>
   <si>
     <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
   </si>
   <si>
     <t>4157P001257</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DU GENIE CIVIL</t>
   </si>
   <si>
     <t>3 AVENUE MONTAIGNE 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LE CORBUSIER</t>
   </si>
   <si>
     <t>15 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>4267P000867</t>
   </si>
   <si>
+    <t>VAELIA</t>
+  </si>
+  <si>
+    <t>61 RUE JEAN BRIAUD 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>02/05/2006</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ZI N 3 86 AVENUE MARYSE BASTIE 16340 L'ISLE-D'ESPAGNAC</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>MANAGER'SOLUTION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA MER 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
     <t xml:space="preserve">DUPORT GISELE EUGENIE  </t>
   </si>
   <si>
     <t>BARRAUD GISELE COACH PERSONNEL</t>
   </si>
   <si>
     <t>6 ALLEE DE LA CASCADE 42600 MONTBRISON</t>
   </si>
   <si>
     <t>16/01/2009</t>
   </si>
   <si>
     <t xml:space="preserve">CABARE MICHEL PHILIPPE  </t>
   </si>
   <si>
     <t>67 BOULEVARD JOLIOT CURIE 38600 FONTAINE</t>
   </si>
   <si>
     <t>01/08/1998</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>ALTEN</t>
   </si>
   <si>
     <t>40 AVENUE ANDRE MORIZET 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>02/11/2000</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
     <t>STRATEGIE INFORMATIQUE</t>
@@ -463,1118 +493,1640 @@
   <si>
     <t>PARIS LA DEFENSE 8 20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>16 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t xml:space="preserve">MAJ LEOCADIE FRANCOISE  </t>
   </si>
   <si>
     <t>LA LICORNE</t>
   </si>
   <si>
     <t>12 B RUE DE LA FILASSIERE 78121 CRESPIERES</t>
   </si>
   <si>
     <t>25/03/2011</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
+    <t xml:space="preserve">JANCEL FRANCOISE   </t>
+  </si>
+  <si>
+    <t>90 RUE BRANLY 44000 NANTES</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>11 RUE ANTOINE BOURDELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>27/05/2015</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE SULLY 1 PLACE OCCITANE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>4 RUE DE SARRELOUIS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>11/05/2021</t>
+  </si>
+  <si>
+    <t>IFORM</t>
+  </si>
+  <si>
+    <t>PARC DE LA DURANNTE BAT B 970 RUE RENE DESCARTES 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/06/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEYNIER WILLIAMS   </t>
+  </si>
+  <si>
+    <t>DFIPRO</t>
+  </si>
+  <si>
+    <t>BOURGNEUF ROUTE DU BALL TRAP 16260 CHASSENEUIL-SUR-BONNIEURE</t>
+  </si>
+  <si>
+    <t>10/09/2014</t>
+  </si>
+  <si>
+    <t>OPTIMUM FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU LYONNAIS 01460 MONTREAL-LA-CLUSE</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>P F I PRESTATIONS FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>91 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DETOISIEN MORGAN   </t>
+  </si>
+  <si>
+    <t>3SAFE</t>
+  </si>
+  <si>
+    <t>292 RUE DES AZALEES 50000 SAINT-LO</t>
+  </si>
+  <si>
+    <t>17/05/2021</t>
+  </si>
+  <si>
+    <t>ACCESS-IT COMPANY</t>
+  </si>
+  <si>
+    <t>2 ALLEE LAVOISIER 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ATOUT SAVOIR</t>
+  </si>
+  <si>
+    <t>10 FAUBOURG DE BESANCON 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>01/03/2003</t>
+  </si>
+  <si>
+    <t>CTRE DE FORMATIONS PERSONNALISEES 02</t>
+  </si>
+  <si>
+    <t>16 RUE ROGER SALENGRO 02000 LAON</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>TERTIAIRE-FORMATION-CONSEIL</t>
+  </si>
+  <si>
+    <t>TERTIO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>28 RUE DES CHAMPINS 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>WRM</t>
+  </si>
+  <si>
+    <t>10 PASSAGE JOSSET 75011 PARIS</t>
+  </si>
+  <si>
+    <t>27/11/2020</t>
+  </si>
+  <si>
+    <t>MILESTONE SOLUTIONS</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE DES JARDINIERS 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>16/08/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GARRISI SERGE   </t>
+  </si>
+  <si>
+    <t>19 RUE DES FLAMANTS 57150 CREUTZWALD</t>
+  </si>
+  <si>
+    <t>01/06/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEROY BEATRICE JACQUELINE  </t>
+  </si>
+  <si>
+    <t>27 RUE DU POT D'ETAIN 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>01/10/2002</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>4 RUE HECTOR BERLIOZ 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>FORM'IMPACT</t>
+  </si>
+  <si>
+    <t>PARC DE L'AEROPORT    LE FORUM 70 RUE SCHUMPETER 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
+  </si>
+  <si>
+    <t>CSINFO FORMATION ET INGENIERIE</t>
+  </si>
+  <si>
+    <t>PORT AUTONOME DE LIMAY 89 ROUTE DE LA NOUE 78520 LIMAY</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>CONNEXION GRAPHIQUE</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD SARRAIL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/2017</t>
+  </si>
+  <si>
+    <t>78.30Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NOUV TECHNOLOGIES INFORMATIQUES</t>
+  </si>
+  <si>
+    <t>TOUR EQHO 2 AVENUE GAMBETTA 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>19/02/2018</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCHULMANN MOSCHE JEHUDA  </t>
+  </si>
+  <si>
+    <t>PLURICAP' - TEKWS - TWS</t>
+  </si>
+  <si>
+    <t>1 AVENUE D'ALSACE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>CNAM ILE DE FRANCE - AGCNAM</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEFOIS MARIETTA   </t>
+  </si>
+  <si>
+    <t>14 RUE DES TADORNES 44117 SAINT-ANDRE-DES-EAUX</t>
+  </si>
+  <si>
+    <t>26/10/2012</t>
+  </si>
+  <si>
+    <t>AKREATOR FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ARIOSTE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ABC FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>224 COURS LAFAYETTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAVAL BENOIT   </t>
+  </si>
+  <si>
+    <t>MON FORMATEUR</t>
+  </si>
+  <si>
+    <t>140 RUE ANTOINE PARMENTIER 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
+  </si>
+  <si>
+    <t>PCCF</t>
+  </si>
+  <si>
+    <t>23 AVENUE ANDRE CHENIER 06100 NICE</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>09/07/2024</t>
+  </si>
+  <si>
+    <t>CAP E-GO - VALORISATION DU CAPITAL EDUCATIF</t>
+  </si>
+  <si>
+    <t>16 CHEMIN DE LA BASTIDE 33770 SALLES</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>ARKETYPE FORMATION</t>
+  </si>
+  <si>
+    <t>AF R - CENTRE D AFFAIRES 28 RUE DE LA BRETONNERIE 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GHOMARI KHALIDA   </t>
+  </si>
+  <si>
+    <t>98 RUE LAZARE BERNARD 59220 DENAIN</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>BSD CONSEIL</t>
+  </si>
+  <si>
+    <t>4 RUE EDGAR VARESE 75019 PARIS</t>
+  </si>
+  <si>
+    <t>20/08/2021</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>L'ECOLE DE LA HAUTE FINANCE</t>
+  </si>
+  <si>
+    <t>PARC DE L'AEROPORT LE FORUM 70 RUE JOSEPH ALOIS SCHUMPETER 34470 PEROLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERNANDEZ CAMILLE CHRISTIAN  </t>
+  </si>
+  <si>
+    <t>250 ROUTE DU SOUQUET 40260 LESPERON</t>
+  </si>
+  <si>
+    <t>16/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOTY ERIC   </t>
+  </si>
+  <si>
+    <t>10 B CHEMIN DU CRET DE MONTCHER 69210 LENTILLY</t>
+  </si>
+  <si>
+    <t>12/07/2010</t>
+  </si>
+  <si>
+    <t>GROUPE SOMEFORM</t>
+  </si>
+  <si>
+    <t>ZAC DE LA FRESCOULE BAT 1 AVENUE JEAN MONNET 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>VERTEGO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ZONE EUROPA PREMIUM 4 RUE JOHANNES KEPLER 64000 PAU</t>
+  </si>
+  <si>
+    <t>FRANCOISE CANIVENC SARL</t>
+  </si>
+  <si>
+    <t>24 BOULEVARD ERNEST RENAN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/07/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMBERT CHRISTOPHE   </t>
+  </si>
+  <si>
+    <t>125 RUE EMILE ZOLA 59125 TRITH-SAINT-LEGER</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>TEMPEO</t>
+  </si>
+  <si>
+    <t>27A RUE DE LA SCIE BRULEE 67220 LALAYE</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEN SALAH ANIS   </t>
+  </si>
+  <si>
+    <t>1 IMPASSE GUSTAVE VIOLET 66270 LE SOLER</t>
+  </si>
+  <si>
+    <t>AMSI FORMATIONS</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD EUGENE DERUELLE 69003 LYON</t>
+  </si>
+  <si>
+    <t>BOOMERANG CONSULTING</t>
+  </si>
+  <si>
+    <t>LATITUDE ARBOIS BT B PARC LA DURANNE 1060 RUE RENE DESCARTES 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>ISTRATECH</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRETIGNY 8 IMPASSE DES RIBOLAS 21490 CLENAY</t>
+  </si>
+  <si>
+    <t>31/03/2007</t>
+  </si>
+  <si>
+    <t>ALLIANCE</t>
+  </si>
+  <si>
+    <t>LE DOMAINE DES DUNES B21 RUE DU LIS DE MER 56410 ERDEVEN</t>
+  </si>
+  <si>
+    <t>15/05/2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAARAJ YOUSSEF   </t>
+  </si>
+  <si>
+    <t>19 RUE DE ROMAGNY 74100 ANNEMASSE</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>ELLIPSE FORMATION</t>
+  </si>
+  <si>
+    <t>8 CITE JOLY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2009</t>
+  </si>
+  <si>
+    <t>EVM FORMATION</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA CRABE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>09/06/2015</t>
+  </si>
+  <si>
+    <t>OMNICITE</t>
+  </si>
+  <si>
+    <t>70 RUE AMELOT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/2009</t>
+  </si>
+  <si>
+    <t>NRH APT</t>
+  </si>
+  <si>
+    <t>178 AVENUE DU VIADUC 84400 APT</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>LT FORMATION</t>
+  </si>
+  <si>
+    <t>VILLA 14 114 AVENUE FERNANDEL 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>SOFTEAM</t>
+  </si>
+  <si>
+    <t>45-47 45 BOULEVARD PAUL VAILLANT COUTURIER 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>19/12/2019</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>DESTINATION FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DES MEUILLES 38370 LES ROCHES-DE-CONDRIEU</t>
+  </si>
+  <si>
+    <t>18/12/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENZANO MARIANO   </t>
+  </si>
+  <si>
+    <t>2 RUE DE LA VICTOIRE 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>06/06/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIVAULT STEEVE   </t>
+  </si>
+  <si>
+    <t>18 RUE GABRIEL PERI 97450 SAINT-LOUIS</t>
+  </si>
+  <si>
+    <t>05/01/2022</t>
+  </si>
+  <si>
+    <t>04973373197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLART JUSTINE LINDA VERONIQUE </t>
+  </si>
+  <si>
+    <t>855 RUE DU BRULE 62129 ECQUES</t>
+  </si>
+  <si>
+    <t>03/12/2013</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>C2J</t>
+  </si>
+  <si>
+    <t>ALTIM FORMATION</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITES DE TECHNELLYS 165 RUE DE LA MONTAGNE DU SALUT 56600 LANESTER</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>SAS CGP RESSOURCES HUMAINES</t>
+  </si>
+  <si>
+    <t>14 RUE DE BOIS FOSSE 85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADNANI HANIA   </t>
+  </si>
+  <si>
+    <t>FEEIM</t>
+  </si>
+  <si>
+    <t>PORTE 208  BAT B4 33 T RUE VESTREPAIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/07/2011</t>
+  </si>
+  <si>
+    <t>ESPACE MERCURE</t>
+  </si>
+  <si>
+    <t>I2FPA</t>
+  </si>
+  <si>
+    <t>11 RUE ALBERT EINSTEIN 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCIORTINO PIERRE-HENRI PATRICE JEAN </t>
+  </si>
+  <si>
+    <t>LE PLEIN SOLEIL 2 - ESCALIER F 350 AVENUE AUDIBERT 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>DELPICOM</t>
+  </si>
+  <si>
+    <t>70 RUE MADEMOISELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>OPEN</t>
+  </si>
+  <si>
+    <t>OPEN FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE NIEL 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETCHEBERRY ALAIN   </t>
+  </si>
+  <si>
+    <t>80 PETIT CHEMIN 64130 BARCUS</t>
+  </si>
+  <si>
+    <t>22/11/2011</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>ETCHE FORMATION</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN MONNET 64130 CHERAUTE</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIERRE GUY   </t>
+  </si>
+  <si>
+    <t>24 RESIDENCE DU DOCTEUR TREZEGUET 62380 LUMBRES</t>
+  </si>
+  <si>
+    <t>04/01/2012</t>
+  </si>
+  <si>
+    <t>VEXIN CONSEIL</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA 2EME DB 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOISSENIN MARIE CECILE MARCELLE </t>
+  </si>
+  <si>
+    <t>2 CHEMIN DE BELLEVUE 25210 BONNETAGE</t>
+  </si>
+  <si>
+    <t>11/01/2012</t>
+  </si>
+  <si>
+    <t>ALEGIA FORMATION</t>
+  </si>
+  <si>
+    <t>GROUPE ARKESYS</t>
+  </si>
+  <si>
+    <t>70 RUE BERGSON 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>CENTRE DE MANAGEMENT HOTELIER</t>
+  </si>
+  <si>
+    <t>52 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>SCG FORMATION</t>
+  </si>
+  <si>
+    <t>100 ROUTE DE NIMES 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>CABINET 2L</t>
+  </si>
+  <si>
+    <t>CABINET 2L CONSEIL ET FORMATION-ELOGIUM</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRE IBS 679 AVENUE DE LA REPUBLIQUE (LILLE) 59800 LILLE</t>
+  </si>
+  <si>
+    <t>24/01/2014</t>
+  </si>
+  <si>
+    <t>HM FORMATION</t>
+  </si>
+  <si>
+    <t>HM CONSULTING</t>
+  </si>
+  <si>
+    <t>25 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>03/12/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METAYER PHILIPPE JACQUES  </t>
+  </si>
+  <si>
+    <t>33 AVENUE DU GRAND FOSSE 13960 SAUSSET-LES-PINS</t>
+  </si>
+  <si>
+    <t>25/05/2012</t>
+  </si>
+  <si>
+    <t>ENJEU DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>670 CHEMIN DES LAUGIERS 83210 SOLLIES-PONT</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>SERENEOR</t>
+  </si>
+  <si>
+    <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>05/08/2016</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>CLM FORMATIONS</t>
+  </si>
+  <si>
+    <t>LOCAL N6 495 BOULEVARD DE LERY 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUETTE FRANCK MARC ERIC </t>
+  </si>
+  <si>
+    <t>MAS ARNAUD ROUTE DE PERPIGNAN 66300 THUIR</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>EMB FORMATION</t>
+  </si>
+  <si>
+    <t>90 RUE D'ITALIE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>COMTEL</t>
+  </si>
+  <si>
+    <t>176 AVENUE DE LA ROYALE 34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>22/09/2014</t>
+  </si>
+  <si>
+    <t>OTENSEA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>11/12/2007</t>
+  </si>
+  <si>
+    <t>130 AVENUE DE L’EUROPE 94320 THIAIS</t>
+  </si>
+  <si>
+    <t>25/04/2016</t>
+  </si>
+  <si>
+    <t>ASB CONSULTING</t>
+  </si>
+  <si>
+    <t>285 RUE ALFRED DE MUSSET 62700 BRUAY-LA-BUISSIERE</t>
+  </si>
+  <si>
+    <t>ALIAS FRANCE</t>
+  </si>
+  <si>
+    <t>9 AVENUE DAUMESNIL 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>15/01/2008</t>
+  </si>
+  <si>
+    <t>CFORPRO</t>
+  </si>
+  <si>
+    <t>TOUR DE L'HORLOGE 4 PLACE LOUIS ARMAND 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/01/2008</t>
+  </si>
+  <si>
+    <t>KFORMATION</t>
+  </si>
+  <si>
+    <t>5 IMPASSE DES TILLEULS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUANTIN BERTRAND   </t>
+  </si>
+  <si>
+    <t>AU TEMPS DES CLICS</t>
+  </si>
+  <si>
+    <t>98 RUE CONSOLAT 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/07/2021</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>A C C</t>
+  </si>
+  <si>
+    <t>9 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>46.90Z</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>ANGERVILLE-LA-MARTEL</t>
+  </si>
+  <si>
+    <t>07/07/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETIT EMMANUEL   </t>
+  </si>
+  <si>
+    <t>219 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>09/09/2011</t>
+  </si>
+  <si>
+    <t>EFIA</t>
+  </si>
+  <si>
+    <t>88 RUE GRIGNAN 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
+  </si>
+  <si>
     <t>ACTION PLURIEL FORMATION</t>
   </si>
   <si>
     <t>4 RUE CLAUDE MONET 95140 GARGES-LES-GONESSE</t>
   </si>
   <si>
     <t>16/04/2022</t>
   </si>
   <si>
     <t xml:space="preserve">MICHEL ANNE MARIE  </t>
   </si>
   <si>
     <t>70 IMPASSE DES LAURIERS 13270 FOS-SUR-MER</t>
   </si>
   <si>
     <t>02/03/2000</t>
   </si>
   <si>
-    <t xml:space="preserve">LAMBERT CHRISTOPHE   </t>
-[...146 lines deleted...]
-    <t>06/06/2018</t>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>ZAC PORTE OCEANE RUE DES PETITES MARNIERES 72650 SAINT-SATURNIN</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>46.51Z</t>
+  </si>
+  <si>
+    <t>1 RUE DU CHENE MORAND 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
+    <t>EDITIONS ENI</t>
+  </si>
+  <si>
+    <t>ENI SERVICE</t>
+  </si>
+  <si>
+    <t>7 B AV JACQUES CARTIER 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>07/05/1997</t>
+  </si>
+  <si>
+    <t>ZAC DU MOULIN NEUF 2 A RUE BENJAMIN FRANKLIN 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>ZAC LA CONTERIE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>INFORMATIQUE DEVELOPPEMENTS FORMATIONS</t>
+  </si>
+  <si>
+    <t>5 PLACE GAMBETTA 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>01/05/2005</t>
+  </si>
+  <si>
+    <t>EUROLANG'UBAYE</t>
+  </si>
+  <si>
+    <t>QUARTIER 11E BCA 04400 BARCELONNETTE</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURENT ISABELLE LAURENCE  </t>
+  </si>
+  <si>
+    <t>192 HAMEAU DE LA BERGERIE 16110 MARILLAC-LE-FRANC</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>MAUFFREY ACADEMY</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE LATTRE DE TASSIGNY 88510 ELOYES</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>EMERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>19/08/1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PORTE STEPHANE JEAN CLAUDE </t>
+  </si>
+  <si>
+    <t>6 RUE KRUGER 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASS TRAVAILS HANDICAPES POSTE ET TELECOM</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORSUD 3 AVENUE GALLIENI 94250 GENTILLY</t>
+  </si>
+  <si>
+    <t>08/09/2015</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUEB OLIVIER JEAN RENE </t>
+  </si>
+  <si>
+    <t>27 RUE DE LA COLLINE DU BRESIS 30100 ALES</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>2LP CONSULTING</t>
+  </si>
+  <si>
+    <t>5 RUE DU CAPITAINE TARRON 75020 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURY SOPHIE CHRISTIANE MICHELE  </t>
+  </si>
+  <si>
+    <t>193 A RUE DU RENARD 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>NEXT FORMA</t>
+  </si>
+  <si>
+    <t>77 RUE DU ROCHER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENNACCHIO MARLENE   </t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE NAPOLLON - BAT A 400 AVENUE DE PASSE TEMPS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>B AND B PERFORMANCE</t>
+  </si>
+  <si>
+    <t>216 RUE DE ROSNY 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>SEA TRAINING</t>
+  </si>
+  <si>
+    <t>73 BOULEVARD DE BEZONS 78500 SARTROUVILLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>LOGING</t>
+  </si>
+  <si>
+    <t>LOGING SAS</t>
+  </si>
+  <si>
+    <t>2 ALLEE COMMANDANT MOUCHOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>17/11/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERTUEUX SAMUEL STEPHANE  </t>
+  </si>
+  <si>
+    <t>EPINAY BAS QUARTIER L EPINAY 97228 SAINTE-LUCE</t>
+  </si>
+  <si>
+    <t>25/01/2010</t>
+  </si>
+  <si>
+    <t>02973287997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIDET RACHEL NATHALIE  </t>
+  </si>
+  <si>
+    <t>106 RUE DU STADE 45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>01/02/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANQUART DOROTHEE   </t>
+  </si>
+  <si>
+    <t>223 RUE HECTOR GUIMARD 07500 GUILHERAND-GRANGES</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIRE CHRISTINE   </t>
+  </si>
+  <si>
+    <t>1 ALLEE PASCAL 95110 SANNOIS</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOURNIER MICKAEL JEAN JOSEPH   </t>
+  </si>
+  <si>
+    <t>RESIDENCE DU CHATEAU - BAT. A 2 RUE JULES NADI 26140 ANNEYRON</t>
+  </si>
+  <si>
+    <t>05/05/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBOUC SOIZIC DOMINIQUE ANDREE </t>
+  </si>
+  <si>
+    <t>13 IMPASSE DU 1ER MAI 37700 SAINT-PIERRE-DES-CORPS</t>
+  </si>
+  <si>
+    <t>24/03/2010</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>PHOENIX</t>
+  </si>
+  <si>
+    <t>PHOENIX-ERF 360-PHYTO PHARMA-KOOL VAPE-GREEN HEMP</t>
+  </si>
+  <si>
+    <t>565 ALLEE DE CASSAGNE 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>30/08/2020</t>
+  </si>
+  <si>
+    <t>47.91B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROSSEAU HERVE MICHEL ROBERT </t>
+  </si>
+  <si>
+    <t>7 PLACE DES FAUVETTES 17230 SAINT-OUEN-D'AUNIS</t>
+  </si>
+  <si>
+    <t>04/06/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERGE FLORIAN DAVID PASCAL   </t>
+  </si>
+  <si>
+    <t>6 RUE HENRI BOURJADE 11560 FLEURY</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>MAELIA CONSULTING</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES DILLON EXPRESS RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEMAITRE GAELLE   </t>
+  </si>
+  <si>
+    <t>147 RUE DE LA COMETE 69210 EVEUX</t>
+  </si>
+  <si>
+    <t>30/05/2010</t>
+  </si>
+  <si>
+    <t>TF CAP CONSULTING</t>
+  </si>
+  <si>
+    <t>45 AVENUE DE LASBORDES 31130 BALMA</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>JOBERWOCKY</t>
+  </si>
+  <si>
+    <t>71 AVENUE MARCEAU 75016 PARIS</t>
+  </si>
+  <si>
+    <t>23/11/2010</t>
+  </si>
+  <si>
+    <t>LOMEDIS</t>
+  </si>
+  <si>
+    <t>68 RUE ANDRE KARMAN 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>01/12/2010</t>
+  </si>
+  <si>
+    <t>OFADIS</t>
+  </si>
+  <si>
+    <t>49 GRANDE RUE 91290 ARPAJON</t>
+  </si>
+  <si>
+    <t>20/01/2011</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>ALPHARD TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ALPHARD TECHNOLOGIES A.T.</t>
+  </si>
+  <si>
+    <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>27/03/2017</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>62.03Z</t>
+  </si>
+  <si>
+    <t>CENTRE ETUDES RECHERCHES TOURISTIQUES</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE GRASSI 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DELAPIERRE LIANA CHANTAL  </t>
+  </si>
+  <si>
+    <t>ESCALIER B 93 RUE JEAN JAURES 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>89 AVENUE NOTRE-DAME DE SANTE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEFEBVRE CLAUDE GUY  </t>
+  </si>
+  <si>
+    <t>LE RIVIERA PLAGE 272 AVENUE DE LA CALIFORNIE 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>95.11Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOES PHILIPPE MARC WILLIAM </t>
+  </si>
+  <si>
+    <t>29 BOULEVARD DE LA FERRAGE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>AVOLYS</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE ZOLA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA TUILERIE 37550 SAINT-AVERTIN</t>
+  </si>
+  <si>
+    <t>ZAC FONT DE L'ORME 790 AVENUE DU DOCTEUR MAURICE DONAT 06250 MOUGINS</t>
+  </si>
+  <si>
+    <t>15/03/2011</t>
+  </si>
+  <si>
+    <t>2-4 2 ALLEE DE LA FORET DE LA REINE 54500 VANDŒUVRE-LES-NANCY</t>
+  </si>
+  <si>
+    <t>26/01/2012</t>
+  </si>
+  <si>
+    <t>PARC DE L HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>22 AVENUE DOYEN LOUIS WEIL 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>2 PLACE DE FRANCFORT 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>DOM DU PETIT ARBOIS - BAT. B RUE DENIS PAPIN 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES TECHNOLOGIQ LA VATINE 5 RUE JACQUES MONOD 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>01/02/2018</t>
+  </si>
+  <si>
+    <t>15 ALLEE JAMES WATT 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>IB</t>
+  </si>
+  <si>
+    <t>TOUR ATLANTIQUE 1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>20/05/1997</t>
+  </si>
+  <si>
+    <t>SERVICE !</t>
+  </si>
+  <si>
+    <t>4 RUE DES BOSQUETS 57200 FRAUENBERG</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>82.19Z</t>
+  </si>
+  <si>
+    <t>3P FORMATIONS</t>
+  </si>
+  <si>
+    <t>BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>ENVICOM - FORMATION &amp; CONSEIL (ELFEEA - ACCOMPAGNEMENT ET SENSIBILISATION AUX VALEURS DU DEVELOPPEMENT DURABLE)</t>
+  </si>
+  <si>
+    <t>56 AVENUE RAYMOND COMBOUL 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/02/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANIELYAN SUREN   </t>
+  </si>
+  <si>
+    <t>82 RUE LOUIS BECKER 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>02/04/2011</t>
+  </si>
+  <si>
+    <t>LN FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE HOLLANDE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>SC-3M</t>
+  </si>
+  <si>
+    <t>5 RUE DE CONFLANS 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
   </si>
   <si>
     <t>WOV 78</t>
   </si>
   <si>
     <t>54 RUE DU MARECHAL FOCH 78250 MEULAN-EN-YVELINES</t>
   </si>
   <si>
     <t>25/01/2007</t>
   </si>
   <si>
     <t>WOOSPEAK FRANCE</t>
   </si>
   <si>
     <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
   </si>
   <si>
-    <t>01/01/2020</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">DAMIDE BENEDICTE   </t>
   </si>
   <si>
     <t>14 B RUE DE NICE 69008 LYON 8EME</t>
   </si>
   <si>
     <t>24/08/2010</t>
   </si>
   <si>
-    <t xml:space="preserve">HUETTE FRANCK MARC ERIC </t>
-[...574 lines deleted...]
-  <si>
     <t xml:space="preserve">FENOT VALERIE MARIE  </t>
   </si>
   <si>
     <t>192 ALLEE DE LA COMPAGNIE DES TRAMWAYS 73100 AIX-LES-BAINS</t>
   </si>
   <si>
     <t xml:space="preserve">SMOLARSKI CHRISTOPHE FABIEN  </t>
   </si>
   <si>
     <t>17 RUE DE ROSHEIM 67000 STRASBOURG</t>
   </si>
   <si>
-    <t>01/02/2018</t>
-[...166 lines deleted...]
-  <si>
     <t>PROFORMATION</t>
   </si>
   <si>
     <t>6 RUE DE BRAQUE 75003 PARIS</t>
   </si>
   <si>
     <t>01/04/1986</t>
   </si>
   <si>
-    <t>VAELIA</t>
-[...89 lines deleted...]
-    <t>20/08/2021</t>
+    <t xml:space="preserve">LE PALLEC PATRICK HENRI ANTOINE </t>
+  </si>
+  <si>
+    <t>75 RUE DOCTEUR CALMETTE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>CHA.YO.LI (CHANGE YOUR LIFE)</t>
+  </si>
+  <si>
+    <t>CENTRE DE LANGUES</t>
+  </si>
+  <si>
+    <t>3 RUE BOILEAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
   </si>
   <si>
     <t xml:space="preserve">CHAMBARD PIERRE GILLES LOUIS </t>
   </si>
   <si>
     <t>7 RUE DE LA CHAPELLE DE BEL AIR 69340 FRANCHEVILLE</t>
   </si>
   <si>
     <t>AERTIS - ATELIER D'ETUDE ET DE REALISATION TECHNIQUE PAR L'INFORMATIQUE ET LE SERVICE</t>
   </si>
   <si>
     <t>ESPACE ST-GERMAIN, BATIMENT LE SAXO 30 AVENUE GENERAL LECLERC 38200 VIENNE</t>
   </si>
   <si>
-    <t>01/12/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>LH SOLUTIONS</t>
   </si>
   <si>
     <t>5 RUE DE HAGUENAU 67580 LAUBACH</t>
   </si>
   <si>
     <t>17/06/2013</t>
   </si>
   <si>
     <t>PCWORKS31</t>
   </si>
   <si>
     <t>2 ALL PAUL RIQUET 31150 LESPINASSE</t>
   </si>
   <si>
     <t>29/08/2013</t>
   </si>
   <si>
     <t>BE-HAR COM</t>
   </si>
   <si>
     <t>6 RUE DELESSEUX 75019 PARIS</t>
   </si>
   <si>
     <t>06/05/2021</t>
@@ -1633,287 +2185,107 @@
   <si>
     <t>12 RUE DU CHATEAU LANDON 75010 PARIS</t>
   </si>
   <si>
     <t>02/12/2019</t>
   </si>
   <si>
     <t>THEMANIS</t>
   </si>
   <si>
     <t>LAKE PARC   ZAC DE L HERS 308 ALLEE DU LAC 31670 LABEGE</t>
   </si>
   <si>
     <t>02/01/2023</t>
   </si>
   <si>
     <t xml:space="preserve">FUCHS BARBARA   </t>
   </si>
   <si>
     <t>LA SALINE LES BAINS 41 RUE DU LAGON 97434 SAINT-PAUL</t>
   </si>
   <si>
     <t>04973171297</t>
   </si>
   <si>
-    <t>KFORMATION</t>
-[...191 lines deleted...]
-    <t>01/03/2010</t>
+    <t>COLLECTIF SOCIAL WEB</t>
+  </si>
+  <si>
+    <t>ESCM DE STE CROIX 26 PLACE DES GASCONS 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>08/01/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOMBOUSSEGUE ADAMA   </t>
+  </si>
+  <si>
+    <t>5 IMPASSE DU VALLON 31700 MONDONVILLE</t>
+  </si>
+  <si>
+    <t>20/09/2021</t>
+  </si>
+  <si>
+    <t>C L FORMATIONS&amp;CONSEILS</t>
+  </si>
+  <si>
+    <t>125 RUE DE L'HOSTELLERIE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
   </si>
   <si>
     <t>LEADING LANGUAGE INSTITUTE</t>
   </si>
   <si>
     <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
   </si>
   <si>
     <t>19/01/2015</t>
   </si>
   <si>
     <t>JOB 66</t>
   </si>
   <si>
     <t>APPT A105    RESIDENCE MAS AMBRE IMPASSE LES COLOMINES 66540 BAHO</t>
   </si>
   <si>
     <t>03/09/2014</t>
   </si>
   <si>
     <t>15/02/2025</t>
   </si>
   <si>
     <t>LE LABO.VE.</t>
   </si>
   <si>
     <t>POLEYRIEUX ZONE ARIC INDUSTRIE 07160 LE CHEYLARD</t>
   </si>
   <si>
     <t>16/04/2015</t>
   </si>
   <si>
-    <t>SC-3M</t>
-[...10 lines deleted...]
-  <si>
     <t>JPC CONSEIL</t>
   </si>
   <si>
     <t>188 PARC DU PLESSIS PICARD 77550 REAU</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>PROVALE FORMATION</t>
   </si>
   <si>
     <t>PROVALE 280 ROUTE DE SAINT SIMON 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/12/2022</t>
   </si>
   <si>
     <t xml:space="preserve">LE COGUIC MARIE-CHRISTINE   </t>
   </si>
   <si>
     <t>WAPEO FORMATION BUREAUTIQUE</t>
   </si>
   <si>
     <t>29 ALLEE DE LIMOGES 56000 VANNES</t>
@@ -2026,416 +2398,68 @@
   <si>
     <t>ASKILL FORMATION</t>
   </si>
   <si>
     <t>PARC MELODIA 1460 CHEMIN DES TERRIERS 06600 ANTIBES</t>
   </si>
   <si>
     <t>08/04/2016</t>
   </si>
   <si>
     <t>FRANCE FORMATION GROUPE</t>
   </si>
   <si>
     <t>19 RUE DU MUSEE 13001 MARSEILLE</t>
   </si>
   <si>
     <t>05/12/2020</t>
   </si>
   <si>
     <t>OSIPRO</t>
   </si>
   <si>
     <t>81 B RUE SAINTE MARIE 97400 SAINT-DENIS</t>
   </si>
   <si>
-    <t>01/10/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>ALMELIA SESSION</t>
   </si>
   <si>
     <t>FLORENCE 2 PLACE FULGENCE BIENVENUE 77600 BUSSY-SAINT-GEORGES</t>
   </si>
   <si>
     <t>13/10/2020</t>
   </si>
   <si>
     <t>LIBRA FORMATION</t>
   </si>
   <si>
     <t>5 B RUE VICTOR SCHOELCHER 97320 SAINT LAURENT DU MARONI</t>
   </si>
   <si>
     <t>03973324797</t>
   </si>
   <si>
-    <t xml:space="preserve">MEYNIER WILLIAMS   </t>
-[...343 lines deleted...]
-  <si>
     <t xml:space="preserve">THELAMON STEPHANE   </t>
   </si>
   <si>
     <t>BAT MELASSE PTE 02 RES LES COTEAUX 97228 SAINTE-LUCE</t>
   </si>
   <si>
     <t>05/10/2016</t>
   </si>
   <si>
     <t>02973317897</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>15/03/2020</t>
   </si>
   <si>
     <t xml:space="preserve">RUAT FLORENCE   </t>
   </si>
   <si>
     <t>5 LOT FONTOULENC 34490 CORNEILHAN</t>
   </si>
   <si>
     <t>24/11/2016</t>
@@ -2581,68 +2605,50 @@
   <si>
     <t>LOGOS PRO</t>
   </si>
   <si>
     <t>27 RUE MAURICE FLANDIN 69003 LYON</t>
   </si>
   <si>
     <t>FAC PLUS</t>
   </si>
   <si>
     <t>1969 ROUTE ROYALE 73190 CHALLES-LES-EAUX</t>
   </si>
   <si>
     <t>01/06/2019</t>
   </si>
   <si>
     <t>STARTWORKUP</t>
   </si>
   <si>
     <t>100 AVENUE DE LA MARNE 92120 MONTROUGE</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
-    <t>SERVICE !</t>
-[...16 lines deleted...]
-  <si>
     <t>ATORIA</t>
   </si>
   <si>
     <t>57 AVENUE DE LA REPUBLIQUE 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>13/07/2022</t>
   </si>
   <si>
     <t>CABINET ICSOS</t>
   </si>
   <si>
     <t>5 BOULEVARD ALBERT 1ER 20000 AJACCIO</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
     <t>EDUKAT</t>
   </si>
   <si>
     <t>LOCAL 683 LES HAMEAUX DE LA COQUIERE RUE MARCEAU 83310 COGOLIN</t>
   </si>
   <si>
     <t>02/07/2018</t>
@@ -2851,50 +2857,53 @@
   <si>
     <t>11/04/2019</t>
   </si>
   <si>
     <t>LIBERTY-JOB</t>
   </si>
   <si>
     <t>LIBERTY JOB</t>
   </si>
   <si>
     <t>653 CHEMIN DE LUCQ 40290 HABAS</t>
   </si>
   <si>
     <t>08/04/2019</t>
   </si>
   <si>
     <t>KING ACADEMY</t>
   </si>
   <si>
     <t>11 RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>15/04/2019</t>
   </si>
   <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
     <t>B2H83 FREJUS</t>
   </si>
   <si>
     <t>13/05/2019</t>
   </si>
   <si>
     <t xml:space="preserve">DUMAS STEPHANIE NICOLE LUCETTE </t>
   </si>
   <si>
     <t>61 RUE DES SABLES 85160 SAINT-JEAN-DE-MONTS</t>
   </si>
   <si>
     <t>JOCKER</t>
   </si>
   <si>
     <t>5 RUE PRINCIPALE 55400 LANHERES</t>
   </si>
   <si>
     <t>26/06/2019</t>
   </si>
   <si>
     <t>20/01/2024</t>
   </si>
   <si>
     <t>23 RUE PRINCIPALE 55400 LANHERES</t>
@@ -3445,51 +3454,51 @@
   <si>
     <t>10 RUE DE LA CITE 40220 TARNOS</t>
   </si>
   <si>
     <t>16/09/2021</t>
   </si>
   <si>
     <t>MYDEV</t>
   </si>
   <si>
     <t>40 RUE DE BREST 69002 LYON</t>
   </si>
   <si>
     <t>07/12/2020</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>FORMATIONS PROFESSIONNELLES FOREZIENNES</t>
   </si>
   <si>
     <t>16/12/2020</t>
   </si>
   <si>
-    <t>G99 LEARNING</t>
+    <t>MON CHOIX ENERGIE</t>
   </si>
   <si>
     <t>TECHNOPARK CANNES LA BOCCA 12 AVENUE DES ARLUCS 06150 CANNES</t>
   </si>
   <si>
     <t>AXIO FORMATION</t>
   </si>
   <si>
     <t>658- 658 RUE FELIX DEMESMAY 59830 CYSOING</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>A BONNE ECOLE</t>
   </si>
   <si>
     <t>EXAPOLE BATIMENT H 275 BOULEVARD MARCEL PAUL 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>PAKEGY FORMATIONS</t>
   </si>
@@ -3946,68 +3955,62 @@
   <si>
     <t>FASE</t>
   </si>
   <si>
     <t>9 IMPASSE DE LA FARANDOLE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>10/09/2021</t>
   </si>
   <si>
     <t>ALPHA</t>
   </si>
   <si>
     <t>8 RUE RIOCREUX 92310 SEVRES</t>
   </si>
   <si>
     <t>05/10/2021</t>
   </si>
   <si>
     <t>DI FORMATION</t>
   </si>
   <si>
     <t>2 RUE DE LA FAISANDERIE 67380 LINGOLSHEIM</t>
   </si>
   <si>
-    <t>E-FORMA FRANCE</t>
-[...2 lines deleted...]
-    <t>22 B AV DU HUIT MAI 1945 95200 SARCELLES</t>
+    <t>CONNECT LEARNING</t>
+  </si>
+  <si>
+    <t>ATOUTS FORMATIONS</t>
+  </si>
+  <si>
+    <t>65 RUE DE LA CROIX 92000 NANTERRE</t>
   </si>
   <si>
     <t>25/10/2021</t>
   </si>
   <si>
-    <t>CONNECT LEARNING</t>
-[...7 lines deleted...]
-  <si>
     <t>SKOOLEO</t>
   </si>
   <si>
     <t>1 IMPASSE LAMBERT 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>26/10/2021</t>
   </si>
   <si>
     <t>CFPEI</t>
   </si>
   <si>
     <t>13 BOULEVARD INSURECTION DU GHETTO VARSOVIE 54000 NANCY</t>
   </si>
   <si>
     <t>03/11/2021</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>39 BOULEVARD DES ESSARTS 54600 VILLERS-LES-NANCY</t>
   </si>
   <si>
     <t>15/02/2024</t>
@@ -4042,50 +4045,53 @@
   <si>
     <t>ADC FORMATIONS</t>
   </si>
   <si>
     <t>1 RUE DES SOEURS 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>08/10/2021</t>
   </si>
   <si>
     <t>13/08/2025</t>
   </si>
   <si>
     <t>EDUCAFLEX</t>
   </si>
   <si>
     <t>ASCOPI</t>
   </si>
   <si>
     <t>BAT LES MAZERANES ETAGE 0 ESCALIER 1 2 ALL DE L ESPINOUSSE 34760 BOUJAN-SUR-LIBRON</t>
   </si>
   <si>
     <t>25/10/2022</t>
   </si>
   <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
     <t>NESS FORMATION</t>
   </si>
   <si>
     <t>9 RUE GUSTAVE FLAUBERT 75017 PARIS</t>
   </si>
   <si>
     <t>10/11/2021</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>22 CHEMIN BEHEREKO LANDA 64500 SAINT-JEAN-DE-LUZ</t>
   </si>
   <si>
     <t>28/04/2023</t>
   </si>
   <si>
     <t>LEKOL FRANCE</t>
   </si>
   <si>
     <t>46 RUE EDOUARD MAURY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>HALLEGRA FORMA</t>
@@ -4192,89 +4198,83 @@
   <si>
     <t>21/01/2022</t>
   </si>
   <si>
     <t>KLIICK ASSIST</t>
   </si>
   <si>
     <t>BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
   <si>
     <t>MJ SCHOOL</t>
   </si>
   <si>
     <t>11 ALLEE MARGUERITE 93190 LIVRY-GARGAN</t>
   </si>
   <si>
     <t>AI CONSULTING</t>
   </si>
   <si>
     <t>03/02/2022</t>
   </si>
   <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>FORMATEL</t>
   </si>
   <si>
     <t>19 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
   </si>
   <si>
     <t>12/01/2022</t>
   </si>
   <si>
     <t>GO FOR ME</t>
   </si>
   <si>
     <t>70 AVENUE LA BRUYERE 38100 GRENOBLE</t>
   </si>
   <si>
     <t>04/02/2022</t>
   </si>
   <si>
     <t>VD CONNECT</t>
   </si>
   <si>
     <t>2 C CHEMIN DES PRES 38240 MEYLAN</t>
   </si>
   <si>
     <t>13/02/2022</t>
   </si>
   <si>
-    <t>SIDROK FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>SIRES FORMATION</t>
   </si>
   <si>
     <t>189 ROUTE DES TROIS BASSINS 73110 VILLAROUX</t>
   </si>
   <si>
     <t>03/03/2022</t>
   </si>
   <si>
     <t>CS FORMATION</t>
   </si>
   <si>
     <t>DAHLIAS 306 ROUTE DE SEYSSES 31100 TOULOUSE</t>
   </si>
   <si>
     <t>07/03/2022</t>
   </si>
   <si>
     <t>NND FORMATION</t>
   </si>
   <si>
     <t>ALLEE D 78 RUE PARMENTIER 69190 SAINT-FONS</t>
   </si>
   <si>
     <t>09/03/2022</t>
@@ -4282,98 +4282,98 @@
   <si>
     <t>ELEARNING AT HOME</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>17/03/2022</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>FORMALPHA</t>
   </si>
   <si>
     <t>23/03/2022</t>
   </si>
   <si>
     <t>PROTENTIEL FORMATION</t>
   </si>
   <si>
     <t>354 AVENUE DE LA RESISTANCE 38920 CROLLES</t>
   </si>
   <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
     <t>UNIVERSITE FORMATION PROFESSIONELLE</t>
   </si>
   <si>
     <t>4 PLACE COLBERT 77100 MEAUX</t>
   </si>
   <si>
     <t>DANAV FORMATION</t>
   </si>
   <si>
     <t>37 RUE SAINT SEBASTIEN 13006 MARSEILLE</t>
   </si>
   <si>
     <t>11/03/2022</t>
   </si>
   <si>
     <t>BECKLER SASU</t>
   </si>
   <si>
     <t>11-17 11 RUE DE LA CHINE 75020 PARIS</t>
   </si>
   <si>
     <t>06/04/2022</t>
   </si>
   <si>
     <t>LES ATELIERS FORMATION</t>
   </si>
   <si>
     <t>19 RUE DES BLANCS FOSSES 51370 ORMES</t>
   </si>
   <si>
     <t>MD COMPANY</t>
   </si>
   <si>
     <t>29 RUE PIERRE CURIE 91100 VILLABE</t>
   </si>
   <si>
     <t>05/04/2022</t>
   </si>
   <si>
     <t>C.P FORMA</t>
   </si>
   <si>
     <t>19 RUE DE LONGCHAMP 75016 PARIS</t>
   </si>
   <si>
-    <t>C.PERFORMANCES</t>
-[...1 lines deleted...]
-  <si>
     <t>MY.CFORMATION</t>
   </si>
   <si>
     <t>229 RUE DE SOLFERINO 59000 LILLE</t>
   </si>
   <si>
     <t>21/04/2022</t>
   </si>
   <si>
     <t>HIGH SKILLS FORMATION</t>
   </si>
   <si>
     <t>L'ATELIER &amp; LA BOUSSOLE</t>
   </si>
   <si>
     <t>13 CHEMIN DU MERCIER 31560 CALMONT</t>
   </si>
   <si>
     <t>06/02/2023</t>
   </si>
   <si>
     <t>MY STUDY</t>
   </si>
   <si>
     <t>6 RUE DES OEILLETS 94140 ALFORTVILLE</t>
@@ -4469,56 +4469,50 @@
     <t>MAJOREL ACADEMY</t>
   </si>
   <si>
     <t>61 RUE DE LYON 75012 PARIS</t>
   </si>
   <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>SKILLUP FORMATION</t>
   </si>
   <si>
     <t>99 AVENUE ACHILLE PERETTI 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>07/06/2022</t>
   </si>
   <si>
     <t>ACTIOM</t>
   </si>
   <si>
     <t>67 AVENUE VICTOR HUGO 75016 PARIS</t>
   </si>
   <si>
     <t>14/06/2022</t>
-  </si>
-[...4 lines deleted...]
-    <t>ANTIBES</t>
   </si>
   <si>
     <t>ANFISSA FORMATIONS</t>
   </si>
   <si>
     <t>18 RUE DE QUEUX SAINT HILAIRE 59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>23/06/2022</t>
   </si>
   <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>ETS FORMATIONS</t>
   </si>
   <si>
     <t>23 AVENUE DU MARECHAL JOFFRE 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>ILE CONSULTING</t>
   </si>
   <si>
     <t>CENTRE D'AFFAIRES ACTUALIS 44 RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
   </si>
@@ -5244,51 +5238,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M558"/>
+  <dimension ref="A1:M554"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -6296,19858 +6290,19730 @@
       <c r="F27" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>34507210200022</v>
+        <v>33960698000060</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I28" s="3">
-        <v>84420315242</v>
+        <v>72330097433</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34823964100031</v>
+        <v>33960698000086</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="F29" s="2" t="s">
+      <c r="G29" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I29" s="3">
-        <v>82380181838</v>
+        <v>72330097433</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>34860741700055</v>
+        <v>33960698000110</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I30" s="3">
-        <v>11922272792</v>
+        <v>72330097433</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>35250115900011</v>
+        <v>34358867900021</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="I31" s="3">
-        <v>26890094689</v>
+        <v>31620039262</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>35271719300044</v>
+        <v>34507210200022</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I32" s="3">
-        <v>95970120697</v>
+        <v>84420315242</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>38167047000024</v>
+        <v>34823964100031</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>111</v>
+        <v>73</v>
       </c>
       <c r="I33" s="3">
-        <v>22600213260</v>
+        <v>82380181838</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>38178521100040</v>
+        <v>34860741700055</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G34" s="2"/>
+        <v>108</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>109</v>
+      </c>
       <c r="H34" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="I34" s="3">
-        <v>28760599476</v>
+        <v>11922272792</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38329559900047</v>
+        <v>35250115900011</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>119</v>
+        <v>44</v>
       </c>
       <c r="I35" s="3">
-        <v>11755927575</v>
+        <v>26890094689</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38756765400067</v>
+        <v>35271719300044</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>114</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>115</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="I36" s="3">
-        <v>82380268038</v>
+        <v>95970120697</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>39003205000028</v>
+        <v>38167047000024</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>73</v>
+        <v>121</v>
       </c>
       <c r="I37" s="3">
-        <v>82380184838</v>
+        <v>22600213260</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>39280706100024</v>
+        <v>38178521100040</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I38" s="3">
-        <v>52440206744</v>
+        <v>28760599476</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>39336786700024</v>
+        <v>38329559900047</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I39" s="3">
-        <v>11752175275</v>
+        <v>11755927575</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>39350481600090</v>
+        <v>38756765400067</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>73</v>
+        <v>133</v>
       </c>
       <c r="I40" s="3">
-        <v>11921437192</v>
+        <v>82380268038</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39350481600215</v>
+        <v>39003205000028</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I41" s="3">
-        <v>11921437192</v>
+        <v>82380184838</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39350481600223</v>
+        <v>39280706100024</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I42" s="3">
-        <v>11921437192</v>
+        <v>52440206744</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39350481600231</v>
+        <v>39336786700024</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I43" s="3">
-        <v>11921437192</v>
+        <v>11752175275</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39350481600249</v>
+        <v>39350481600090</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I44" s="3">
         <v>11921437192</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39388067900054</v>
+        <v>39350481600215</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="G45" s="2" t="s">
         <v>148</v>
       </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="I45" s="3">
-        <v>11788232178</v>
+        <v>11921437192</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39962833800036</v>
+        <v>39350481600223</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I46" s="3">
-        <v>11950256195</v>
+        <v>11921437192</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>40120397100023</v>
+        <v>39350481600231</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G47" s="2"/>
+        <v>152</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="H47" s="2" t="s">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="I47" s="3">
-        <v>93130646513</v>
+        <v>11921437192</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>48021708200043</v>
+        <v>39350481600249</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I48" s="3">
-        <v>31590720659</v>
+        <v>11921437192</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>48037657300030</v>
+        <v>39388067900054</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="G49" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D49" s="2"/>
-[...6 lines deleted...]
-      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I49" s="3">
-        <v>42670459867</v>
+        <v>11788232178</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>48289309600024</v>
+        <v>42932090600028</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I50" s="3">
-        <v>76660256266</v>
+        <v>52440601644</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>48301642400044</v>
+        <v>42998754800121</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>164</v>
-      </c>
-[...5 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I51" s="3">
-        <v>82690878569</v>
+        <v>52440363444</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>48320065500023</v>
+        <v>42998754800162</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="I52" s="3">
-        <v>93131195013</v>
+        <v>52440363444</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>48384107800031</v>
+        <v>42998754800188</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D53" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E53" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I53" s="3">
-        <v>26210309421</v>
+        <v>52440363444</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>48394051600022</v>
+        <v>42998754800261</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I54" s="3">
-        <v>53560832056</v>
+        <v>52440363444</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>48539033000044</v>
+        <v>43142174200054</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I55" s="3">
-        <v>84740440974</v>
+        <v>73310344631</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>48848184700025</v>
+        <v>43309035400039</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>175</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>176</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I56" s="3">
-        <v>11754085375</v>
+        <v>54160083116</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>49028899000032</v>
+        <v>43495354300023</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I57" s="3">
-        <v>76310860331</v>
+        <v>82010073801</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>49219620900026</v>
+        <v>43809379100046</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I58" s="3">
-        <v>11754210875</v>
+        <v>11754461075</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>49226137500041</v>
+        <v>43840867600056</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>188</v>
-      </c>
-[...5 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>191</v>
+        <v>129</v>
       </c>
       <c r="I59" s="3">
-        <v>93840286684</v>
+        <v>28500132950</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>49280256600025</v>
+        <v>43873408900040</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="I60" s="3">
-        <v>93131248713</v>
+        <v>31590833259</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>49324189700096</v>
+        <v>43924456700020</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="I61" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I61" s="3">
+        <v>43250180525</v>
+      </c>
       <c r="J61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>49353348300019</v>
+        <v>44012066500029</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I62" s="3">
-        <v>82380341438</v>
+        <v>22020080202</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>49394276700051</v>
+        <v>44026587400055</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>199</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I63" s="3">
-        <v>53220863522</v>
+        <v>83030318503</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>49415091500010</v>
+        <v>44067143600085</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I64" s="3">
-        <v>11788477578</v>
+        <v>11753637175</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>49449841300041</v>
+        <v>44090994300043</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I65" s="3">
-        <v>32600349260</v>
+        <v>22600208660</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>49485856600024</v>
+        <v>44286362700026</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I66" s="3">
-        <v>84691660169</v>
+        <v>44570388557</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>49976984200034</v>
+        <v>44372496800013</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>73</v>
+        <v>214</v>
       </c>
       <c r="I67" s="3">
-        <v>91660166266</v>
+        <v>11910543691</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>50015802700036</v>
+        <v>44492238900010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>50058491700024</v>
+        <v>44492238900093</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I69" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>50141716600011</v>
+        <v>44520408400021</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I70" s="3">
-        <v>11755300375</v>
+        <v>91340530334</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>50141716600029</v>
+        <v>44535705600032</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I71" s="3">
-        <v>11755300375</v>
+        <v>21080033508</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>50172666500018</v>
+        <v>44535705600040</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>232</v>
+        <v>73</v>
       </c>
       <c r="I72" s="3">
-        <v>31620238062</v>
+        <v>21080033508</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>50190891700013</v>
+        <v>44535705600057</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>236</v>
+        <v>73</v>
       </c>
       <c r="I73" s="3">
-        <v>11940731294</v>
+        <v>21080033508</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>50218786700010</v>
+        <v>44772679500043</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>73</v>
+        <v>232</v>
       </c>
       <c r="I74" s="3">
-        <v>11754276775</v>
+        <v>11788103678</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>52308210500017</v>
+        <v>44797577200057</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>73</v>
+        <v>236</v>
       </c>
       <c r="I75" s="3">
-        <v>54170152517</v>
+        <v>91340645734</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52360339700028</v>
+        <v>44891151100070</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="G76" s="2"/>
+        <v>239</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>240</v>
+      </c>
       <c r="H76" s="2" t="s">
-        <v>246</v>
+        <v>73</v>
       </c>
       <c r="I76" s="3">
-        <v>76110144011</v>
+        <v>11755284475</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>52408245000015</v>
+        <v>45024643400036</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D77" s="2"/>
+        <v>241</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>242</v>
+      </c>
       <c r="E77" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I77" s="3">
-        <v>97970169397</v>
+        <v>42670560167</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>52426280500012</v>
+        <v>78050734900048</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>253</v>
+        <v>73</v>
       </c>
       <c r="I78" s="3">
-        <v>84691868069</v>
+        <v>22600001660</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>52478575500066</v>
+        <v>78050734900097</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I79" s="3">
-        <v>73310576231</v>
+        <v>22600001660</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>52874604300017</v>
+        <v>78050734900113</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I80" s="3">
-        <v>11754682875</v>
+        <v>22600001660</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>52939489200010</v>
+        <v>78050734900121</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>260</v>
+        <v>245</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I81" s="3"/>
+      <c r="I81" s="3">
+        <v>22600001660</v>
+      </c>
       <c r="J81" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>52992441700015</v>
+        <v>78050734900139</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>265</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I82" s="3">
-        <v>11910674591</v>
+        <v>22600001660</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>53046978200037</v>
+        <v>78050734900147</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>272</v>
+        <v>73</v>
       </c>
       <c r="I83" s="3">
-        <v>11910726891</v>
+        <v>22600001660</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>53129884200018</v>
+        <v>78050734900154</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>273</v>
+        <v>245</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I84" s="3">
-        <v>93060717506</v>
+        <v>22600001660</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>53151085700018</v>
+        <v>78515062400365</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>276</v>
+        <v>257</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>278</v>
+        <v>259</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I85" s="3">
-        <v>82691294369</v>
+        <v>11753852175</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>53237902100043</v>
+        <v>78904517600011</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>280</v>
+        <v>261</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>281</v>
+        <v>262</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>129</v>
+      </c>
+      <c r="I86" s="3">
+        <v>52440684544</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>53242423100027</v>
+        <v>79054901800030</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>263</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="E87" s="2" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>236</v>
+        <v>73</v>
       </c>
       <c r="I87" s="3">
-        <v>32620320962</v>
+        <v>11754968275</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>53272588400037</v>
+        <v>79121316800028</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>289</v>
+        <v>268</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I88" s="3">
-        <v>53560860256</v>
+        <v>82010150801</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>53292384400031</v>
+        <v>79175650500040</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="D89" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>270</v>
+      </c>
       <c r="E89" s="2" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G89" s="2"/>
+        <v>272</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>273</v>
+      </c>
       <c r="H89" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I89" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I89" s="3">
+        <v>52440714444</v>
+      </c>
       <c r="J89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>53346983900013</v>
+        <v>79276787300039</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>276</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>277</v>
+      </c>
       <c r="H90" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I90" s="3">
-        <v>73310693931</v>
+        <v>93060716006</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>53420493800011</v>
+        <v>79316516800014</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I91" s="3">
-        <v>11770730977</v>
+        <v>72330924933</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>53424414000032</v>
+        <v>79344960400016</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>303</v>
+        <v>280</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I92" s="3">
-        <v>93830691683</v>
+        <v>11950548295</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>53434090600013</v>
+        <v>79371243100022</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I93" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I93" s="3">
+        <v>32591044059</v>
+      </c>
       <c r="J93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>53436552300032</v>
+        <v>79411348000022</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>309</v>
+        <v>287</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>310</v>
+        <v>288</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I94" s="3">
-        <v>11754951375</v>
+        <v>11755053075</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>53803841500013</v>
+        <v>45235951600021</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>311</v>
+        <v>289</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>312</v>
+        <v>290</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>314</v>
+        <v>73</v>
       </c>
       <c r="I95" s="3">
-        <v>72640326464</v>
+        <v>11910566091</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>53803841500039</v>
+        <v>45306605200029</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>316</v>
+        <v>293</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>317</v>
+        <v>222</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="I96" s="3">
-        <v>72640326464</v>
+        <v>91340554634</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>53896903100011</v>
+        <v>45406897400061</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>318</v>
+        <v>294</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>319</v>
+        <v>295</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>320</v>
+        <v>296</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I97" s="3">
-        <v>31620259962</v>
+        <v>75400162440</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>53898103600022</v>
+        <v>47868353500023</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>324</v>
+        <v>73</v>
       </c>
       <c r="I98" s="3">
-        <v>32800218180</v>
+        <v>82691186169</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>53909120700016</v>
+        <v>47883804800054</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>326</v>
+        <v>301</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>327</v>
+        <v>302</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I99" s="3">
-        <v>43250261725</v>
+        <v>93131160113</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>53912764700011</v>
+        <v>47890019400026</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>330</v>
+        <v>304</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>331</v>
+        <v>219</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I100" s="3"/>
+      <c r="I100" s="3">
+        <v>72640242164</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>75047141900044</v>
+        <v>47916283600031</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>332</v>
+        <v>305</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>333</v>
+        <v>306</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>334</v>
+        <v>307</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I101" s="3">
-        <v>91300332430</v>
+        <v>91340560834</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>75078288000025</v>
+        <v>48021708200043</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>337</v>
+        <v>309</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>338</v>
+        <v>310</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I102" s="3">
-        <v>31590867659</v>
+        <v>31590720659</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>75128664200028</v>
+        <v>48037657300030</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>341</v>
+        <v>312</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>342</v>
+        <v>313</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I103" s="3">
-        <v>11950575695</v>
+        <v>42670459867</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>75175769100017</v>
+        <v>48289309600024</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>343</v>
+        <v>314</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>344</v>
+        <v>315</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>345</v>
+        <v>191</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I104" s="3">
-        <v>93131474313</v>
+        <v>76660256266</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>75191242900022</v>
+        <v>48301642400044</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>347</v>
+        <v>317</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>348</v>
+        <v>285</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I105" s="3">
-        <v>93830444583</v>
+        <v>82690878569</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>75212808200027</v>
+        <v>48320065500023</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>349</v>
+        <v>318</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>350</v>
+        <v>319</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>351</v>
+        <v>320</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I106" s="3">
-        <v>11755514575</v>
+        <v>93131195013</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>75254407200040</v>
+        <v>48384107800031</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>352</v>
+        <v>321</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>353</v>
+        <v>322</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I107" s="3">
-        <v>72330875633</v>
+        <v>26210309421</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>75283444000022</v>
+        <v>48394051600022</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>355</v>
+        <v>324</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>356</v>
+        <v>325</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>357</v>
+        <v>326</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I108" s="3">
-        <v>93830441283</v>
+        <v>53560832056</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78050734900048</v>
+        <v>48539033000044</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>358</v>
+        <v>327</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>359</v>
+        <v>328</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>360</v>
+        <v>329</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I109" s="3">
-        <v>22600001660</v>
+        <v>84740440974</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78050734900097</v>
+        <v>48848184700025</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>358</v>
+        <v>330</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>361</v>
+        <v>331</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>362</v>
+        <v>332</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I110" s="3">
-        <v>22600001660</v>
+        <v>11754085375</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78050734900113</v>
+        <v>49028899000032</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>358</v>
+        <v>333</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>363</v>
+        <v>334</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>364</v>
+        <v>335</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I111" s="3">
-        <v>22600001660</v>
+        <v>76310860331</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>78050734900121</v>
+        <v>49219620900026</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>358</v>
+        <v>336</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>365</v>
+        <v>337</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I112" s="3">
-        <v>22600001660</v>
+        <v>11754210875</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>78050734900139</v>
+        <v>49226137500041</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>358</v>
+        <v>339</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>367</v>
+        <v>340</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>366</v>
+        <v>341</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>73</v>
+        <v>236</v>
       </c>
       <c r="I113" s="3">
-        <v>22600001660</v>
+        <v>93840286684</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>78050734900147</v>
+        <v>49280256600025</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>368</v>
+        <v>343</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>366</v>
+        <v>344</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I114" s="3">
-        <v>22600001660</v>
+        <v>93131248713</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>78050734900154</v>
+        <v>49324189700096</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>369</v>
+        <v>346</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>366</v>
+        <v>347</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>78515062400365</v>
+        <v>49353348300019</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>372</v>
+        <v>351</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I116" s="3">
-        <v>11753852175</v>
+        <v>82380341438</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>78904517600011</v>
+        <v>49394276700051</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>373</v>
+        <v>352</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>374</v>
+        <v>353</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I117" s="3">
-        <v>52440684544</v>
+        <v>53220863522</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>40330342300020</v>
+        <v>53237902100043</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>378</v>
+        <v>356</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I118" s="3">
-        <v>52440287044</v>
+      <c r="I118" s="3" t="s">
+        <v>358</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>40330342300038</v>
+        <v>53242423100027</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>380</v>
+        <v>360</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>381</v>
+        <v>361</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>119</v>
+        <v>362</v>
       </c>
       <c r="I119" s="3">
-        <v>52440287044</v>
+        <v>32620320962</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>40330342300061</v>
+        <v>53272588400037</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>363</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>364</v>
+      </c>
       <c r="E120" s="2" t="s">
-        <v>382</v>
+        <v>365</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I120" s="3">
-        <v>52440287044</v>
+        <v>53560860256</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>40918498300024</v>
+        <v>53292384400031</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>385</v>
+        <v>368</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>386</v>
+        <v>369</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I121" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I121" s="3"/>
       <c r="J121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>41006986800041</v>
+        <v>53346983900013</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>370</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>371</v>
+      </c>
       <c r="E122" s="2" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I122" s="3">
-        <v>93040031204</v>
+        <v>73310693931</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>41094478900024</v>
+        <v>53420493800011</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="D123" s="2"/>
+        <v>374</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>375</v>
+      </c>
       <c r="E123" s="2" t="s">
-        <v>391</v>
+        <v>376</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>392</v>
+        <v>181</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I123" s="3">
-        <v>75160087316</v>
+        <v>11770730977</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>41104468800033</v>
+        <v>53424414000032</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="I124" s="3">
-        <v>41880074388</v>
+        <v>93830691683</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>41366956500017</v>
+        <v>53434090600013</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>398</v>
+        <v>382</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I125" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I125" s="3"/>
       <c r="J125" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>41392575100021</v>
+        <v>53436552300032</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>383</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>384</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I126" s="3">
-        <v>93840174984</v>
+        <v>11754951375</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>42067857500028</v>
+        <v>53803841500013</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G127" s="2"/>
+        <v>389</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>390</v>
+      </c>
       <c r="H127" s="2" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="I127" s="3">
-        <v>11941175594</v>
+        <v>72640326464</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>42392173300030</v>
+        <v>53803841500039</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+        <v>387</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>392</v>
+      </c>
       <c r="E128" s="2" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>190</v>
+        <v>394</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="I128" s="3">
-        <v>84730197573</v>
+        <v>72640326464</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>42438004600021</v>
+        <v>53896903100011</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>408</v>
+        <v>395</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>410</v>
+        <v>397</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I129" s="3">
-        <v>42670376867</v>
+        <v>31620259962</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>42932090600028</v>
+        <v>53898103600022</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>411</v>
+        <v>398</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>412</v>
+        <v>399</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>413</v>
+        <v>400</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I130" s="3">
-        <v>52440601644</v>
+        <v>32800218180</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>42998754800121</v>
+        <v>53909120700016</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I131" s="3">
-        <v>52440363444</v>
+        <v>43250261725</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>42998754800162</v>
+        <v>53912764700011</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>405</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>406</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I132" s="3"/>
       <c r="J132" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>42998754800188</v>
+        <v>73202862600065</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I133" s="3">
-        <v>52440363444</v>
+        <v>11755250375</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>42998754800261</v>
+        <v>75047141900044</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I134" s="3">
-        <v>52440363444</v>
+        <v>91300332430</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>43142174200054</v>
+        <v>75078288000025</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="D135" s="2"/>
+        <v>415</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>416</v>
+      </c>
       <c r="E135" s="2" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I135" s="3">
-        <v>73310344631</v>
+        <v>31590867659</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>32874572400018</v>
+        <v>75128664200028</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>420</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I136" s="3">
-        <v>93131385613</v>
+        <v>11950575695</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>33089208400022</v>
+        <v>75175769100017</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I137" s="3">
-        <v>11940681494</v>
+        <v>93131474313</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>33237704300051</v>
+        <v>75191242900022</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="G138" s="2"/>
+        <v>178</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>428</v>
+      </c>
       <c r="H138" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I138" s="3">
-        <v>93840072284</v>
+        <v>93830444583</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>33282912600025</v>
+        <v>75212808200027</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="I139" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I139" s="3">
+        <v>11755514575</v>
+      </c>
       <c r="J139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>33343729100045</v>
+        <v>75254407200040</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>232</v>
+        <v>73</v>
       </c>
       <c r="I140" s="3">
-        <v>93060075406</v>
+        <v>72330875633</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>33354415300146</v>
+        <v>75283444000022</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>194</v>
+        <v>437</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I141" s="3">
-        <v>11751042775</v>
+        <v>93830441283</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>33354415300195</v>
+        <v>49976984200034</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>194</v>
+        <v>440</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I142" s="3">
-        <v>11751042775</v>
+        <v>91660166266</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>33354415300286</v>
+        <v>50015802700036</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I143" s="3">
-        <v>11751042775</v>
+        <v>93131924113</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>33354415300302</v>
+        <v>50058491700024</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>444</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="G144" s="2"/>
+        <v>446</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>390</v>
+      </c>
       <c r="H144" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I144" s="3">
-        <v>11751042775</v>
+        <v>91340626634</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>33354415300310</v>
+        <v>50141716600011</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I145" s="3">
-        <v>11751042775</v>
+        <v>11755300375</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>33354415300328</v>
+        <v>50141716600029</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>331</v>
+        <v>451</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I146" s="3">
-        <v>11751042775</v>
+        <v>11755300375</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>33354415300344</v>
+        <v>50172666500018</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>119</v>
+        <v>232</v>
       </c>
       <c r="I147" s="3">
-        <v>11751042775</v>
+        <v>31620238062</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>33354415300369</v>
+        <v>50190891700013</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>73</v>
+        <v>362</v>
       </c>
       <c r="I148" s="3">
-        <v>11751042775</v>
+        <v>11940731294</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>33354415300435</v>
+        <v>50218786700010</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="F149" s="2" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I149" s="3">
-        <v>11751042775</v>
+        <v>11754276775</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>33354415300468</v>
+        <v>50388066800051</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>410</v>
+        <v>462</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I150" s="3">
-        <v>11751042775</v>
+        <v>11940971094</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>33354415300484</v>
+        <v>50404901600034</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="D151" s="2"/>
+        <v>463</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>464</v>
+      </c>
       <c r="E151" s="2" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>142</v>
+        <v>466</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I151" s="3">
-        <v>11751042775</v>
+        <v>93131326413</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>33392819000045</v>
+        <v>50419763300036</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>465</v>
+        <v>310</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I152" s="3">
-        <v>11921438392</v>
+        <v>11754411675</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>33751741100019</v>
+        <v>50897713900049</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="G153" s="2"/>
+        <v>471</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>472</v>
+      </c>
       <c r="H153" s="2" t="s">
-        <v>73</v>
+        <v>473</v>
       </c>
       <c r="I153" s="3">
-        <v>11751059475</v>
+        <v>11754568475</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>33960698000060</v>
+        <v>51110000000021</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I154" s="3">
-        <v>72330097433</v>
+        <v>28760590776</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>33960698000086</v>
+        <v>51236741800021</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I155" s="3">
-        <v>72330097433</v>
+        <v>11754464875</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>33960698000110</v>
+        <v>51306046700059</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>53</v>
+        <v>483</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I156" s="3">
-        <v>72330097433</v>
+        <v>93131687213</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>79054901800030</v>
+        <v>39962833800036</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>475</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I157" s="3">
-        <v>11754968275</v>
+        <v>11950256195</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>79121316800028</v>
+        <v>40120397100023</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I158" s="3">
-        <v>82010150801</v>
+        <v>93130646513</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>79175650500040</v>
+        <v>40227696800094</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>119</v>
+        <v>493</v>
       </c>
       <c r="I159" s="3">
-        <v>52440714444</v>
+        <v>52440417344</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>79276787300039</v>
+        <v>40227696800102</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>73</v>
+        <v>496</v>
       </c>
       <c r="I160" s="3">
-        <v>93060716006</v>
+        <v>52440417344</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>79316516800014</v>
+        <v>40330342300020</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="D161" s="2"/>
+        <v>497</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>498</v>
+      </c>
       <c r="E161" s="2" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="G161" s="2"/>
+        <v>500</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>390</v>
+      </c>
       <c r="H161" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I161" s="3">
-        <v>72330924933</v>
+        <v>52440287044</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>79344960400016</v>
+        <v>40330342300038</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D162" s="2"/>
+        <v>497</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>498</v>
+      </c>
       <c r="E162" s="2" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I162" s="3">
-        <v>11950548295</v>
+        <v>52440287044</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>79371243100022</v>
+        <v>40330342300061</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>166</v>
+        <v>504</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I163" s="3">
-        <v>32591044059</v>
+        <v>52440287044</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>79411348000022</v>
+        <v>40918498300024</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I164" s="3">
-        <v>11755053075</v>
+        <v>72640142264</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>79468036300023</v>
+        <v>41006986800041</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>140</v>
+        <v>510</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I165" s="3">
-        <v>84691975969</v>
+        <v>93040031204</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>79475197400021</v>
+        <v>41094478900024</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>324</v>
+        <v>129</v>
       </c>
       <c r="I166" s="3">
-        <v>84380768838</v>
+        <v>75160087316</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>79489077200013</v>
+        <v>41104468800033</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="I167" s="3">
-        <v>42670522267</v>
+        <v>41880074388</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>79521495600018</v>
+        <v>41366956500017</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I168" s="3">
-        <v>76310852131</v>
+        <v>24450160245</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>79828913800033</v>
+        <v>41392575100021</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I169" s="3">
-        <v>11756177975</v>
+        <v>93840174984</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>79840933000023</v>
+        <v>42067857500028</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>232</v>
+        <v>526</v>
       </c>
       <c r="I170" s="3">
-        <v>73820067282</v>
+        <v>11941175594</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>79934482500010</v>
+        <v>51498115800033</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I171" s="3">
-        <v>52850179485</v>
+        <v>91300373630</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>80057149900022</v>
+        <v>51537516000022</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I172" s="3">
-        <v>21510175451</v>
+        <v>11754520175</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>80071749800045</v>
+        <v>51766003100025</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>526</v>
+        <v>480</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I173" s="3">
-        <v>93131863913</v>
+        <v>23760449176</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>80081286900017</v>
+        <v>51833310900040</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I174" s="3">
-        <v>74870141187</v>
+        <v>11756558675</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>80310647500020</v>
+        <v>51842343900034</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>532</v>
+        <v>386</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I175" s="3">
-        <v>11755270175</v>
+        <v>93131482013</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>80523569400033</v>
+        <v>51906131100030</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>535</v>
+        <v>152</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I176" s="3">
-        <v>76310892531</v>
+        <v>11940776394</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>80532924000024</v>
+        <v>51911191800024</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>289</v>
+        <v>544</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>129</v>
+      </c>
+      <c r="I177" s="3">
+        <v>11950506395</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>50388066800051</v>
+        <v>51956015500029</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="D178" s="2"/>
+        <v>545</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>546</v>
+      </c>
       <c r="E178" s="2" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I178" s="3">
-        <v>11940971094</v>
+        <v>24450269645</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>50404901600034</v>
+        <v>51974084900012</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-      </c>
+        <v>549</v>
+      </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>93131326413</v>
+        <v>167</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>552</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>50419763300036</v>
+        <v>51994101700013</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>157</v>
+        <v>555</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I180" s="3">
-        <v>11754411675</v>
+        <v>24450269145</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>50897713900049</v>
+        <v>52041214900020</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>550</v>
-[...3 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>552</v>
+        <v>73</v>
       </c>
       <c r="I181" s="3">
-        <v>11754568475</v>
+        <v>82070074107</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>51110000000021</v>
+        <v>52069178300010</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I182" s="3">
-        <v>28760590776</v>
+        <v>11950508295</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>51236741800021</v>
+        <v>52113746300027</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I183" s="3">
-        <v>11754464875</v>
+        <v>82260235326</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>51306046700059</v>
+        <v>52140906000014</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>73</v>
+        <v>568</v>
       </c>
       <c r="I184" s="3">
-        <v>93131687213</v>
+        <v>24370412837</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>51370045000010</v>
+        <v>52147066600038</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="D185" s="2"/>
+        <v>569</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>570</v>
+      </c>
       <c r="E185" s="2" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>73</v>
+        <v>573</v>
       </c>
       <c r="I185" s="3">
-        <v>28140372014</v>
+        <v>93840410284</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>51411872800013</v>
+        <v>52308210500017</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>566</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I186" s="3">
-        <v>52850145585</v>
+        <v>54170152517</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>51498115800033</v>
+        <v>52360339700028</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>73</v>
+        <v>573</v>
       </c>
       <c r="I187" s="3">
-        <v>91300373630</v>
+        <v>76110144011</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>51537516000022</v>
+        <v>52408245000015</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I188" s="3">
-        <v>11754520175</v>
+        <v>97970169397</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>51766003100025</v>
+        <v>52426280500012</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>559</v>
+        <v>585</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>73</v>
+        <v>214</v>
       </c>
       <c r="I189" s="3">
-        <v>23760449176</v>
+        <v>84691868069</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>51833310900040</v>
+        <v>52478575500066</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I190" s="3">
-        <v>11756558675</v>
+        <v>73310576231</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>51842343900034</v>
+        <v>52874604300017</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>310</v>
+        <v>591</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I191" s="3">
-        <v>93131482013</v>
+        <v>11754682875</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>51906131100030</v>
+        <v>52939489200010</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>142</v>
+        <v>594</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I192" s="3"/>
       <c r="J192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>51911191800024</v>
+        <v>52992441700015</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="G193" s="2"/>
+        <v>597</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>598</v>
+      </c>
       <c r="H193" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I193" s="3">
-        <v>11950506395</v>
+        <v>11910674591</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>51956015500029</v>
+        <v>53046978200037</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="G194" s="2"/>
+        <v>602</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>603</v>
+      </c>
       <c r="H194" s="2" t="s">
-        <v>73</v>
+        <v>604</v>
       </c>
       <c r="I194" s="3">
-        <v>24450269645</v>
+        <v>11910726891</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>51974084900012</v>
+        <v>32874572400018</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>68</v>
+      </c>
+      <c r="I195" s="3">
+        <v>93131385613</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>51994101700013</v>
+        <v>33089208400022</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>595</v>
+        <v>608</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>596</v>
+        <v>609</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>597</v>
+        <v>610</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I196" s="3">
-        <v>24450269145</v>
+        <v>11940681494</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>52041214900020</v>
+        <v>33237704300051</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I197" s="3">
-        <v>82070074107</v>
+        <v>93840072284</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>52069178300010</v>
+        <v>33282912600025</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="G198" s="2"/>
+        <v>616</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>617</v>
+      </c>
       <c r="H198" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="I198" s="3"/>
       <c r="J198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>80919787400013</v>
+        <v>33343729100045</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>73</v>
+        <v>232</v>
       </c>
       <c r="I199" s="3">
-        <v>41570355457</v>
+        <v>93060075406</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>81116923400010</v>
+        <v>33354415300146</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="D200" s="2"/>
+        <v>622</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>623</v>
+      </c>
       <c r="E200" s="2" t="s">
-        <v>608</v>
+        <v>624</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>405</v>
+        <v>73</v>
       </c>
       <c r="I200" s="3">
-        <v>91660187366</v>
+        <v>11751042775</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>81131773400010</v>
+        <v>33354415300195</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="D201" s="2"/>
+        <v>622</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>622</v>
+      </c>
       <c r="E201" s="2" t="s">
-        <v>612</v>
+        <v>625</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>613</v>
+        <v>344</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>405</v>
+        <v>73</v>
       </c>
       <c r="I201" s="3">
-        <v>82070096207</v>
+        <v>11751042775</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>81168651800028</v>
+        <v>33354415300286</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>615</v>
+        <v>626</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I202" s="3">
-        <v>11940995894</v>
+        <v>11751042775</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>81260345400024</v>
+        <v>33354415300302</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I203" s="3">
-        <v>11755592475</v>
+        <v>11751042775</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>81302304100029</v>
+        <v>33354415300310</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="D204" s="2"/>
+        <v>622</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>622</v>
+      </c>
       <c r="E204" s="2" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I204" s="3">
-        <v>73310808331</v>
+        <v>11751042775</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>81380260000029</v>
+        <v>33354415300328</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>323</v>
+        <v>408</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I205" s="3">
-        <v>53560926256</v>
+        <v>11751042775</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>81404330300050</v>
+        <v>33354415300344</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="G206" s="2"/>
+        <v>634</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="H206" s="2" t="s">
-        <v>630</v>
+        <v>129</v>
       </c>
       <c r="I206" s="3">
-        <v>93131889313</v>
+        <v>11751042775</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>81503449100010</v>
+        <v>33354415300369</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>613</v>
+        <v>636</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I207" s="3">
-        <v>93131914413</v>
+        <v>11751042775</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>81780691200025</v>
+        <v>33354415300435</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>635</v>
+        <v>544</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I208" s="3">
-        <v>93830613183</v>
+        <v>11751042775</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>81804864700023</v>
+        <v>33354415300468</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I209" s="3">
-        <v>84691455469</v>
+        <v>11751042775</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>81837224500014</v>
+        <v>33354415300484</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>639</v>
+        <v>622</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
         <v>640</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>641</v>
+        <v>152</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I210" s="3">
-        <v>76310820631</v>
+        <v>11751042775</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>81839222700018</v>
+        <v>33392819000045</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="F211" s="2" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I211" s="3">
-        <v>93131628313</v>
+        <v>11921438392</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>81839227600015</v>
+        <v>84020980300021</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>73</v>
+        <v>647</v>
       </c>
       <c r="I212" s="3">
-        <v>93131671713</v>
+        <v>44570396357</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>81839968500028</v>
+        <v>84086635400011</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I213" s="3">
-        <v>11930751393</v>
+        <v>84630499563</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>81877078600015</v>
+        <v>53129884200018</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="I214" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I214" s="3">
+        <v>93060717506</v>
+      </c>
       <c r="J214" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>81877523100066</v>
+        <v>53151085700018</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I215" s="3">
-        <v>84730200873</v>
+        <v>82691294369</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>81884322900027</v>
+        <v>45216337100043</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>623</v>
+        <v>341</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I216" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I216" s="3"/>
       <c r="J216" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>81891935900013</v>
+        <v>81168651800028</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="G217" s="2"/>
+        <v>661</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>662</v>
+      </c>
       <c r="H217" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I217" s="3">
-        <v>11770601977</v>
+        <v>11940995894</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>81946418100018</v>
+        <v>49415091500010</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>643</v>
+        <v>664</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>644</v>
+        <v>665</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I218" s="3">
-        <v>93131671613</v>
+        <v>11788477578</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>81978669000019</v>
+        <v>49449841300041</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>664</v>
+        <v>219</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I219" s="3">
-        <v>93060777206</v>
+        <v>32600349260</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>82115739300025</v>
+        <v>49485856600024</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I220" s="3">
-        <v>93131860513</v>
+        <v>84691660169</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>82116745900022</v>
+        <v>42392173300030</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>670</v>
+        <v>341</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="I221" s="3"/>
+        <v>125</v>
+      </c>
+      <c r="I221" s="3">
+        <v>84730197573</v>
+      </c>
       <c r="J221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>82179903800020</v>
+        <v>42438004600021</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>673</v>
+        <v>639</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I222" s="3">
-        <v>11756031075</v>
+        <v>42670376867</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>82185346200025</v>
+        <v>33751741100019</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>142</v>
+        <v>677</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I223" s="3" t="s">
-        <v>676</v>
+      <c r="I223" s="3">
+        <v>11751059475</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>43309035400039</v>
+        <v>51370045000010</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="D224" s="2" t="s">
         <v>678</v>
       </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
         <v>679</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>348</v>
+        <v>680</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I224" s="3">
-        <v>54160083116</v>
+        <v>28140372014</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>73202862600065</v>
+        <v>51411872800013</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="D225" s="2"/>
+        <v>681</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>682</v>
+      </c>
       <c r="E225" s="2" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I225" s="3">
-        <v>11755250375</v>
+        <v>52850145585</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>80772384600026</v>
+        <v>79468036300023</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>685</v>
+        <v>150</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I226" s="3">
-        <v>75640466864</v>
+        <v>84691975969</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>80829164500022</v>
+        <v>79475197400021</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>688</v>
+        <v>646</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>119</v>
+        <v>401</v>
       </c>
       <c r="I227" s="3">
-        <v>76311106631</v>
+        <v>84380768838</v>
       </c>
       <c r="J227" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>80857093100036</v>
+        <v>79489077200013</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>689</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>670</v>
+        <v>691</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I228" s="3">
-        <v>76300488530</v>
+        <v>42670522267</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>52113746300027</v>
+        <v>79521495600018</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I229" s="3">
-        <v>82260235326</v>
+        <v>76310852131</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>52140906000014</v>
+        <v>79828913800033</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>697</v>
+        <v>129</v>
       </c>
       <c r="I230" s="3">
-        <v>24370412837</v>
+        <v>11756177975</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>52147066600038</v>
+        <v>79840933000023</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="D231" s="2" t="s">
+      <c r="D231" s="2"/>
+      <c r="E231" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="E231" s="2" t="s">
+      <c r="F231" s="2" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="I231" s="3">
-        <v>93840410284</v>
+        <v>73820067282</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>40227696800094</v>
+        <v>79934482500010</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="D232" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
         <v>703</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>704</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>705</v>
+        <v>129</v>
       </c>
       <c r="I232" s="3">
-        <v>52440417344</v>
+        <v>52850179485</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>40227696800102</v>
+        <v>80057149900022</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>707</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>708</v>
+        <v>125</v>
       </c>
       <c r="I233" s="3">
-        <v>52440417344</v>
+        <v>21510175451</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>34358867900021</v>
+        <v>80071749800045</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="F234" s="2" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I234" s="3">
-        <v>31620039262</v>
+        <v>93131863913</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>43495354300023</v>
+        <v>80081286900017</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="F235" s="2" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I235" s="3">
-        <v>82010073801</v>
+        <v>74870141187</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>43809379100046</v>
+        <v>80310647500020</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
         <v>714</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
         <v>715</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>716</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I236" s="3">
-        <v>11754461075</v>
+        <v>11755270175</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>43840867600056</v>
+        <v>80523569400033</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="D237" s="2" t="s">
+      <c r="D237" s="2"/>
+      <c r="E237" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="E237" s="2" t="s">
+      <c r="F237" s="2" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I237" s="3">
-        <v>28500132950</v>
+        <v>76310892531</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>43873408900040</v>
+        <v>80532924000024</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>163</v>
+        <v>366</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>31590833259</v>
+        <v>73</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>722</v>
       </c>
       <c r="J238" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>43924456700020</v>
+        <v>80772384600026</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
         <v>723</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
         <v>724</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>725</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I239" s="3">
-        <v>43250180525</v>
+        <v>75640466864</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>44012066500029</v>
+        <v>80829164500022</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>726</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
         <v>727</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>728</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I240" s="3">
-        <v>22020080202</v>
+        <v>76311106631</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>44026587400055</v>
+        <v>80857093100036</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>729</v>
       </c>
-      <c r="D241" s="2" t="s">
+      <c r="D241" s="2"/>
+      <c r="E241" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="E241" s="2" t="s">
+      <c r="F241" s="2" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I241" s="3">
-        <v>83030318503</v>
+        <v>76300488530</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>44067143600085</v>
+        <v>80919787400013</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="F242" s="2" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I242" s="3">
-        <v>11753637175</v>
+        <v>41570355457</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>44090994300043</v>
+        <v>81116923400010</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="F243" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="F243" s="2" t="s">
+      <c r="G243" s="2" t="s">
         <v>738</v>
       </c>
-      <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>73</v>
+        <v>526</v>
       </c>
       <c r="I243" s="3">
-        <v>22600208660</v>
+        <v>91660187366</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>44286362700026</v>
+        <v>81131773400010</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>739</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>741</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>119</v>
+        <v>526</v>
       </c>
       <c r="I244" s="3">
-        <v>44570388557</v>
+        <v>82070096207</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>44372496800013</v>
+        <v>81260345400024</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
         <v>743</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>744</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>253</v>
+        <v>125</v>
       </c>
       <c r="I245" s="3">
-        <v>11910543691</v>
+        <v>11755592475</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>44492238900010</v>
+        <v>81302304100029</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>745</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
         <v>746</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>747</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I246" s="3"/>
+      <c r="I246" s="3">
+        <v>73310808331</v>
+      </c>
       <c r="J246" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>44492238900093</v>
+        <v>81380260000029</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="D247" s="2"/>
+        <v>748</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>749</v>
+      </c>
       <c r="E247" s="2" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I247" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I247" s="3">
+        <v>53560926256</v>
+      </c>
       <c r="J247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>44520408400021</v>
+        <v>81404330300050</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>231</v>
+        <v>753</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>73</v>
+        <v>754</v>
       </c>
       <c r="I248" s="3">
-        <v>91340530334</v>
+        <v>93131889313</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>44535705600032</v>
+        <v>81503449100010</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I249" s="3">
-        <v>21080033508</v>
+        <v>93131914413</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>44535705600040</v>
+        <v>81780691200025</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I250" s="3">
-        <v>21080033508</v>
+        <v>93830613183</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>44535705600057</v>
+        <v>81804864700023</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I251" s="3">
-        <v>21080033508</v>
+        <v>84691455469</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>44772679500043</v>
+        <v>81837224500014</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>232</v>
+        <v>73</v>
       </c>
       <c r="I252" s="3">
-        <v>11788103678</v>
+        <v>76310820631</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>44797577200057</v>
+        <v>81839222700018</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>191</v>
+        <v>73</v>
       </c>
       <c r="I253" s="3">
-        <v>91340645734</v>
+        <v>93131628313</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>44891151100070</v>
+        <v>81839227600015</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I254" s="3">
-        <v>11755284475</v>
+        <v>93131671713</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>45024643400036</v>
+        <v>81839968500028</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I255" s="3">
-        <v>42670560167</v>
+        <v>11930751393</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>45216337100043</v>
+        <v>81877078600015</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>190</v>
+        <v>775</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>73</v>
+        <v>776</v>
       </c>
       <c r="I256" s="3"/>
       <c r="J256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>45235951600021</v>
+        <v>81877523100066</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>777</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>475</v>
+      </c>
       <c r="E257" s="2" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="G257" s="2"/>
+        <v>779</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>390</v>
+      </c>
       <c r="H257" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I257" s="3">
-        <v>11910566091</v>
+        <v>84730200873</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>45306605200029</v>
+        <v>81884322900027</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>231</v>
+        <v>747</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I258" s="3">
-        <v>91340554634</v>
+        <v>11756061275</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>45406897400061</v>
+        <v>81891935900013</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I259" s="3">
-        <v>75400162440</v>
+        <v>11770601977</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K259" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>47868353500023</v>
+        <v>81946418100018</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>782</v>
+        <v>767</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>783</v>
+        <v>768</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I260" s="3">
-        <v>82691186169</v>
+        <v>93131671613</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>47883804800054</v>
+        <v>81978669000019</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="D261" s="2"/>
+        <v>786</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>786</v>
+      </c>
       <c r="E261" s="2" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I261" s="3">
-        <v>93131160113</v>
+        <v>93060777206</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>47890019400026</v>
+        <v>82115739300025</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>210</v>
+        <v>791</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I262" s="3">
-        <v>72640242164</v>
+        <v>93131860513</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>47916283600031</v>
+        <v>82116745900022</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>791</v>
+        <v>731</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I263" s="3"/>
       <c r="J263" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K263" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>82294339500019</v>
+        <v>82179903800020</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I264" s="3" t="s">
-        <v>795</v>
+      <c r="I264" s="3">
+        <v>11756031075</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>82327445100025</v>
+        <v>82185346200025</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>553</v>
+        <v>797</v>
       </c>
       <c r="D265" s="2" t="s">
-        <v>554</v>
+        <v>797</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>797</v>
+        <v>152</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I265" s="3">
-        <v>11922321692</v>
+      <c r="I265" s="3" t="s">
+        <v>799</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>82397270800015</v>
+        <v>82294339500019</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>76340920734</v>
+        <v>73</v>
+      </c>
+      <c r="I266" s="3" t="s">
+        <v>803</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>82404542100156</v>
+        <v>82327445100025</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="D267" s="2"/>
+        <v>474</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>475</v>
+      </c>
       <c r="E267" s="2" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I267" s="3">
-        <v>84010186201</v>
+        <v>11922321692</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>82483918700039</v>
+        <v>82397270800015</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>178</v>
+        <v>808</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I268" s="3">
-        <v>11950611895</v>
+        <v>76340920734</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>82747623500029</v>
+        <v>82404542100156</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I269" s="3">
-        <v>11940939894</v>
+        <v>84010186201</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K269" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>82770210100045</v>
+        <v>82483918700039</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>811</v>
+        <v>329</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I270" s="3">
-        <v>93131727613</v>
+        <v>11950611895</v>
       </c>
       <c r="J270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>82832523300025</v>
+        <v>82747623500029</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I271" s="3">
-        <v>11930748393</v>
+        <v>11940939894</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>82882889700011</v>
+        <v>82770210100045</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="G272" s="2"/>
+        <v>819</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>617</v>
+      </c>
       <c r="H272" s="2" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="I272" s="3">
-        <v>44680272968</v>
+        <v>93131727613</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>82987650700015</v>
+        <v>82832523300025</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>421</v>
+        <v>822</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I273" s="3">
-        <v>93131714713</v>
+        <v>11930748393</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>83014419200010</v>
+        <v>82882889700011</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I274" s="3">
-        <v>93830535083</v>
+        <v>44680272968</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>83069794200027</v>
+        <v>82987650700015</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>825</v>
+        <v>169</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I275" s="3">
-        <v>11922180892</v>
+        <v>93131714713</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>83090596400011</v>
+        <v>83014419200010</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>826</v>
-[...3 lines deleted...]
-      </c>
+        <v>828</v>
+      </c>
+      <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I276" s="3">
-        <v>28760567776</v>
+        <v>93830535083</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>83172141000023</v>
+        <v>83069794200027</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I277" s="3">
-        <v>84691530469</v>
+        <v>11922180892</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>83234145700014</v>
+        <v>83090596400011</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>834</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>835</v>
+      </c>
       <c r="E278" s="2" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>770</v>
+        <v>837</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>419</v>
+        <v>129</v>
       </c>
       <c r="I278" s="3">
-        <v>44670611267</v>
+        <v>28760567776</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>83262851500013</v>
+        <v>83172141000023</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I279" s="3">
-        <v>44080059508</v>
+        <v>84691530469</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>83316423900034</v>
+        <v>83234145700014</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>357</v>
+        <v>244</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="I280" s="3"/>
+        <v>167</v>
+      </c>
+      <c r="I280" s="3">
+        <v>44670611267</v>
+      </c>
       <c r="J280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>83351280900017</v>
+        <v>83262851500013</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I281" s="3">
-        <v>32600342060</v>
+        <v>44080059508</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>83458371800020</v>
+        <v>83316423900034</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>846</v>
+        <v>437</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="I282" s="3"/>
       <c r="J282" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>83526593500014</v>
+        <v>83351280900017</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>410</v>
+        <v>851</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I283" s="3">
-        <v>84691561069</v>
+        <v>32600342060</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>83807710500024</v>
+        <v>83458371800020</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I284" s="3">
-        <v>84730199473</v>
+        <v>44670813567</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>83923484600021</v>
+        <v>83526593500014</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>854</v>
+        <v>639</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>419</v>
+        <v>73</v>
       </c>
       <c r="I285" s="3">
-        <v>11922429992</v>
+        <v>84691561069</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>84020980300021</v>
+        <v>83807710500024</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>504</v>
+        <v>859</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>857</v>
+        <v>73</v>
       </c>
       <c r="I286" s="3">
-        <v>44570396357</v>
+        <v>84730199473</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>84086635400011</v>
+        <v>83923484600021</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="I287" s="3"/>
       <c r="J287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
         <v>84109852800026</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I288" s="3">
         <v>11756173575</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
         <v>84139994200025</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I289" s="3">
         <v>94202104120</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
         <v>84146512300013</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="I290" s="3">
         <v>93830575483</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
         <v>84177388000015</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="I291" s="3">
         <v>32591017959</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
         <v>84194378000020</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I292" s="3">
         <v>11940995794</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
         <v>84325021800016</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I293" s="3">
         <v>27210395021</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
         <v>84338005600013</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I294" s="3">
         <v>11940987794</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
         <v>84373863400016</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I295" s="3">
         <v>76820088382</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
         <v>84392817700024</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I296" s="3">
         <v>11930792093</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
         <v>84408860900012</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I297" s="3">
         <v>52530096953</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
         <v>84420517900022</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I298" s="3">
         <v>75470142047</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
         <v>84443762400027</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>766</v>
+        <v>240</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I299" s="3">
         <v>11941000394</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
         <v>84491536300015</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="H300" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I300" s="3">
         <v>11940987694</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
         <v>84772972000031</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="H301" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I301" s="3">
         <v>11755849975</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M301" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
         <v>84776232500011</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I302" s="3">
         <v>11922274292</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
         <v>84789413600021</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="H303" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I303" s="3">
         <v>93131761513</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
         <v>84805284100014</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I304" s="3">
         <v>32590984759</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
         <v>84879068900014</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="I305" s="3">
         <v>11910876891</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
         <v>84919288500028</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>269</v>
+        <v>601</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I306" s="3">
         <v>11755976775</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K306" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
         <v>84934046800016</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>732</v>
+        <v>201</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I307" s="3">
         <v>84691733669</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K307" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L307" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
         <v>84982992400026</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D308" s="2" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I308" s="3">
         <v>76341032634</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
         <v>85002220300010</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I309" s="3">
         <v>11930814293</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
         <v>85013517900024</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I310" s="3">
         <v>52440894044</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M310" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
         <v>85022023700018</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I311" s="3">
         <v>84380731238</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
         <v>85035420000014</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I312" s="3">
         <v>75400149740</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L312" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
         <v>85039636700011</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="G313" s="2"/>
+        <v>946</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>947</v>
+      </c>
       <c r="H313" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I313" s="3"/>
       <c r="J313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M313" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
         <v>85151781300016</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>643</v>
+        <v>767</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="I314" s="3">
         <v>93131781213</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K314" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
         <v>85192658400018</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I315" s="3">
         <v>52850219585</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M315" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
         <v>85196576400018</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I316" s="3">
         <v>44550052655</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
         <v>85196576400026</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I317" s="3">
         <v>44550052655</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M317" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
         <v>85206299100017</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="D318" s="2" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>857</v>
+        <v>647</v>
       </c>
       <c r="I318" s="3">
         <v>32591083459</v>
       </c>
       <c r="J318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K318" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
         <v>85220563200015</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I319" s="3">
         <v>44510199051</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
         <v>85239212500021</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
+        <v>966</v>
+      </c>
+      <c r="F320" s="2" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I320" s="3">
         <v>11941002394</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
         <v>85243935500029</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I321" s="3">
         <v>93840510984</v>
       </c>
       <c r="J321" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
         <v>85258888800010</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>791</v>
+        <v>307</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I322" s="3">
         <v>28140334514</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
         <v>85292512200024</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>629</v>
+        <v>753</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I323" s="3">
         <v>11756291175</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K323" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
         <v>85294750600014</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I324" s="3">
         <v>44540381254</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L324" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M324" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
         <v>85358805100013</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="D325" s="2" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I325" s="3">
         <v>11770678777</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
         <v>85361748800012</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I326" s="3">
         <v>11756111275</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K326" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
         <v>85375164200028</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I327" s="3">
         <v>93840424284</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
         <v>87747892500010</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I328" s="3">
         <v>44670643367</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
         <v>87784553700019</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D329" s="2" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I329" s="3">
         <v>93131812113</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M329" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
         <v>87784553700027</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I330" s="3">
         <v>93131812113</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
         <v>87835256600037</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="H331" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I331" s="3">
         <v>44100100110</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M331" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
         <v>87852644100018</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I332" s="3">
         <v>11922695492</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M332" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
         <v>87895457700010</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I333" s="3">
         <v>76341070934</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
         <v>87909863000020</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I334" s="3">
         <v>11788660878</v>
       </c>
       <c r="J334" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K334" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L334" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
         <v>87918159200012</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I335" s="3">
         <v>11910861491</v>
       </c>
       <c r="J335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M335" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
         <v>87946055800015</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I336" s="3">
         <v>93060877506</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
         <v>88024436300011</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I337" s="3">
         <v>76341057734</v>
       </c>
       <c r="J337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M337" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
         <v>88026596200014</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I338" s="3">
         <v>11941131994</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M338" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
         <v>88052003600026</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>253</v>
+        <v>214</v>
       </c>
       <c r="I339" s="3">
         <v>84260310826</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K339" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
         <v>88080646800026</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I340" s="3"/>
       <c r="J340" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K340" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L340" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M340" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
         <v>88115399300012</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>516</v>
+        <v>700</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I341" s="3">
         <v>84691708769</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
         <v>88130557700010</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I342" s="3">
         <v>76310994931</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K342" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L342" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
         <v>88147325000010</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I343" s="3">
         <v>11756016375</v>
       </c>
       <c r="J343" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L343" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M343" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
         <v>88197156800012</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I344" s="3">
         <v>84070121607</v>
       </c>
       <c r="J344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M344" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
         <v>88256760500028</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I345" s="3"/>
       <c r="J345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M345" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
         <v>88265659800019</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I346" s="3">
         <v>32020145302</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L346" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M346" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
         <v>88282479000019</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>553</v>
+        <v>474</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>554</v>
+        <v>475</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>236</v>
+        <v>362</v>
       </c>
       <c r="I347" s="3">
         <v>84691729869</v>
       </c>
       <c r="J347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M347" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
         <v>88311609700014</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I348" s="3">
         <v>93830608583</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
         <v>88313422300022</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I349" s="3">
         <v>11756045875</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L349" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M349" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
         <v>88369823500016</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I350" s="3">
         <v>75860179286</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
         <v>88408053200010</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I351" s="3">
         <v>11910883191</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M351" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
         <v>88454931200012</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I352" s="3">
         <v>93131858313</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M352" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
         <v>88469445600010</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I353" s="3">
         <v>11756076975</v>
       </c>
       <c r="J353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
         <v>88533346800019</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I354" s="3">
         <v>11788450178</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L354" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M354" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
         <v>88539913900025</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>553</v>
+        <v>474</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>554</v>
+        <v>475</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I355" s="3">
         <v>11756452675</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
         <v>88760274600018</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I356" s="3">
         <v>11950734595</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M356" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
         <v>88774551100014</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I357" s="3">
         <v>84691778369</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M357" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
         <v>88783529600013</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>366</v>
+        <v>253</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I358" s="3">
         <v>76341081834</v>
       </c>
       <c r="J358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M358" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
         <v>88865775600019</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I359" s="3">
         <v>93830624383</v>
       </c>
       <c r="J359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M359" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
         <v>88869252200012</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I360" s="3">
         <v>11930844493</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M360" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
         <v>88873354000015</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I361" s="3">
         <v>44100105510</v>
       </c>
       <c r="J361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
         <v>88904549800025</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I362" s="3">
         <v>11930842993</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M362" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
         <v>88922594200016</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>553</v>
+        <v>474</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>554</v>
+        <v>475</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I363" s="3"/>
       <c r="J363" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K363" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L363" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M363" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
         <v>88923361500026</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>324</v>
+        <v>401</v>
       </c>
       <c r="I364" s="3">
         <v>11950733495</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M364" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
         <v>88942700100033</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I365" s="3">
         <v>75331267533</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K365" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M365" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
         <v>88985045900021</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I366" s="3">
         <v>84691773069</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M366" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
         <v>89005031300018</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I367" s="3">
         <v>11922360992</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
         <v>89010236100015</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I368" s="3">
         <v>93830618183</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M368" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
         <v>89016767900012</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>166</v>
+        <v>285</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I369" s="3">
         <v>11922357892</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M369" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
         <v>89025129100013</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I370" s="3">
         <v>11756118775</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M370" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
         <v>89034821200022</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I371" s="3"/>
       <c r="J371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
         <v>89043712200017</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I372" s="3"/>
       <c r="J372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M372" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
         <v>89048234200015</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I373" s="3">
         <v>11756114475</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M373" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
         <v>89049529400013</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="H374" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I374" s="3">
         <v>27390126739</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K374" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L374" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M374" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
         <v>89058179600020</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I375" s="3">
         <v>11756164675</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
         <v>89112771400014</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I376" s="3">
         <v>75331447033</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M376" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
         <v>89119413600018</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I377" s="3">
         <v>84691782069</v>
       </c>
       <c r="J377" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K377" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L377" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M377" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
         <v>89172221700025</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I378" s="3">
         <v>75640492564</v>
       </c>
       <c r="J378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M378" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
         <v>89187224400019</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="H379" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I379" s="3">
         <v>84691798569</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M379" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
         <v>89226049800019</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I380" s="3">
         <v>84420349642</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K380" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L380" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M380" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
         <v>89236931500015</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I381" s="3">
         <v>93061170906</v>
       </c>
       <c r="J381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M381" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
         <v>89250203000018</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>629</v>
+        <v>753</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="H382" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I382" s="3">
         <v>32591046359</v>
       </c>
       <c r="J382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M382" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
         <v>89257414600023</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I383" s="3">
         <v>52440910344</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M383" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
         <v>89308978900018</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I384" s="3">
         <v>11770719077</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M384" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
         <v>89315204100016</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I385" s="3">
         <v>76311038731</v>
       </c>
       <c r="J385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M385" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
         <v>89317296500012</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>655</v>
+        <v>779</v>
       </c>
       <c r="H386" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I386" s="3">
         <v>84740396374</v>
       </c>
       <c r="J386" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K386" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L386" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M386" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
         <v>89349309800014</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I387" s="3">
         <v>11922392792</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M387" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
         <v>89349355100012</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I388" s="3">
         <v>11950704395</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M388" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
         <v>89358843400017</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I389" s="3">
         <v>93061182406</v>
       </c>
       <c r="J389" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K389" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L389" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M389" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
         <v>89399223000019</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>629</v>
+        <v>753</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I390" s="3">
         <v>32591052859</v>
       </c>
       <c r="J390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M390" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
         <v>89420910500028</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>541</v>
+        <v>462</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I391" s="3">
         <v>11930968493</v>
       </c>
       <c r="J391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M391" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
         <v>89440921800019</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I392" s="3">
         <v>93131895413</v>
       </c>
       <c r="J392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M392" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
         <v>89450321800022</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I393" s="3">
         <v>93131889813</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M393" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
         <v>89459182500019</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I394" s="3">
         <v>44670704367</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M394" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
         <v>89460918900028</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I395" s="3">
         <v>11922397392</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M395" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
         <v>89468769800015</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I396" s="3">
         <v>93131928313</v>
       </c>
       <c r="J396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M396" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
         <v>89508161000019</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I397" s="3">
         <v>11930867293</v>
       </c>
       <c r="J397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M397" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
         <v>89512949200016</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="I398" s="3">
         <v>32591055159</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M398" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
         <v>89539892300022</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I399" s="3">
         <v>11756205875</v>
       </c>
       <c r="J399" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K399" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M399" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
         <v>89759647400014</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I400" s="3">
         <v>11922406492</v>
       </c>
       <c r="J400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M400" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
         <v>89784226600016</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I401" s="3">
         <v>28140365114</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M401" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
         <v>89790373800010</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I402" s="3"/>
       <c r="J402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M402" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
         <v>89792220900019</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I403" s="3">
         <v>11756213575</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M403" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
         <v>89804616400015</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I404" s="3">
         <v>11950710395</v>
       </c>
       <c r="J404" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K404" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M404" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
         <v>89821219600015</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I405" s="3">
         <v>84420355142</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K405" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
         <v>89856473700010</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I406" s="3">
         <v>11756223175</v>
       </c>
       <c r="J406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M406" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
         <v>89891197900018</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I407" s="3">
         <v>44670710867</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K407" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L407" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M407" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
         <v>89905394600013</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I408" s="3">
         <v>11770732577</v>
       </c>
       <c r="J408" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K408" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M408" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
         <v>89928936700018</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="H409" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I409" s="3">
         <v>84692544169</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M409" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
         <v>89986421900022</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="G410" s="2"/>
       <c r="H410" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I410" s="3">
         <v>11756292675</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M410" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
         <v>90038394400015</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="G411" s="2"/>
       <c r="H411" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I411" s="3">
         <v>53351103735</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M411" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
         <v>90042928300014</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="H412" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I412" s="3">
         <v>11930889793</v>
       </c>
       <c r="J412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M412" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
         <v>90046685500013</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I413" s="3">
         <v>11756368375</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M413" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
         <v>90067089400014</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I414" s="3">
         <v>27210424621</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K414" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L414" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M414" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
         <v>90075954900018</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I415" s="3">
         <v>11941093794</v>
       </c>
       <c r="J415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M415" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
         <v>90081687700022</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I416" s="3">
         <v>11922457492</v>
       </c>
       <c r="J416" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K416" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L416" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M416" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
         <v>90090712200023</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H417" s="2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I417" s="3">
         <v>11922423492</v>
       </c>
       <c r="J417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M417" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
         <v>90100321000027</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>670</v>
+        <v>731</v>
       </c>
       <c r="G418" s="2"/>
       <c r="H418" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I418" s="3"/>
       <c r="J418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M418" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
         <v>90116251100017</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="G419" s="2"/>
       <c r="H419" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I419" s="3">
         <v>11950721095</v>
       </c>
       <c r="J419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M419" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
         <v>90139546700011</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I420" s="3">
         <v>84691868969</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M420" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
         <v>90141980400017</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="G421" s="2"/>
       <c r="H421" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I421" s="3">
         <v>84420373142</v>
       </c>
       <c r="J421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M421" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
         <v>90162143300019</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>545</v>
+        <v>466</v>
       </c>
       <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I422" s="3">
         <v>76660256066</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K422" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M422" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
         <v>90170950100018</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I423" s="3">
         <v>11922432492</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K423" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L423" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
         <v>90200276500011</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="G424" s="2"/>
       <c r="H424" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I424" s="3">
         <v>11756317675</v>
       </c>
       <c r="J424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M424" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
         <v>90205132500014</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I425" s="3">
         <v>76311106531</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M425" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
         <v>90240150400011</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="G426" s="2"/>
       <c r="H426" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I426" s="3">
         <v>84730250273</v>
       </c>
       <c r="J426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M426" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
         <v>90242118900017</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I427" s="3">
         <v>11756332475</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M427" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
         <v>90242714500013</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>553</v>
+        <v>474</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>554</v>
+        <v>475</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>323</v>
+        <v>400</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I428" s="3">
         <v>11756333675</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M428" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
         <v>90250660900012</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="G429" s="2"/>
       <c r="H429" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I429" s="3">
         <v>11788501578</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M429" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
         <v>90257968900032</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
-        <v>467</v>
+        <v>676</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="G430" s="2"/>
       <c r="H430" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I430" s="3">
         <v>11922461592</v>
       </c>
       <c r="J430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M430" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
         <v>90293727500011</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="G431" s="2"/>
       <c r="H431" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I431" s="3">
         <v>93131949113</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K431" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L431" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M431" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
         <v>90302661500018</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I432" s="3">
         <v>11930901393</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K432" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L432" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M432" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
         <v>90320414700016</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I433" s="3">
         <v>93060941606</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M433" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
         <v>90327030400012</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>688</v>
+        <v>728</v>
       </c>
       <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I434" s="3">
         <v>84691891069</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M434" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
         <v>90329202700013</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I435" s="3"/>
       <c r="J435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M435" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
         <v>90331993700012</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I436" s="3"/>
       <c r="J436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M436" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
         <v>90340766600010</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>670</v>
+        <v>731</v>
       </c>
       <c r="G437" s="2"/>
       <c r="H437" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I437" s="3">
         <v>84260320126</v>
       </c>
       <c r="J437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M437" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
         <v>90350731700019</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I438" s="3">
         <v>11922440192</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M438" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
         <v>90353076400013</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="G439" s="2"/>
       <c r="H439" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I439" s="3">
         <v>11756386175</v>
       </c>
       <c r="J439" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K439" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L439" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M439" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
         <v>90370052400015</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>670</v>
+        <v>731</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I440" s="3">
         <v>11950725295</v>
       </c>
       <c r="J440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M440" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
         <v>90370559800014</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>354</v>
+        <v>434</v>
       </c>
       <c r="G441" s="2"/>
       <c r="H441" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I441" s="3">
         <v>11756334975</v>
       </c>
       <c r="J441" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M441" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
         <v>90391982700019</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I442" s="3">
         <v>93131971113</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M442" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
         <v>90393487500019</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>314</v>
+        <v>391</v>
       </c>
       <c r="I443" s="3">
         <v>11922446892</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M443" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
         <v>90422914300014</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="G444" s="2"/>
       <c r="H444" s="2" t="s">
-        <v>246</v>
+        <v>573</v>
       </c>
       <c r="I444" s="3">
         <v>44670691467</v>
       </c>
       <c r="J444" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K444" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L444" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M444" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
         <v>90427145900011</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="s">
-        <v>409</v>
+        <v>674</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I445" s="3">
         <v>44670691567</v>
       </c>
       <c r="J445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M445" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>90464849000012</v>
+        <v>90469485800013</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>1311</v>
+        <v>430</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1312</v>
+        <v>1242</v>
       </c>
       <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="I446" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I446" s="3">
+        <v>11756356675</v>
+      </c>
       <c r="J446" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K446" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L446" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M446" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>90469485800013</v>
+        <v>90474116200013</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2" t="s">
-        <v>350</v>
+        <v>1315</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1239</v>
+        <v>1316</v>
       </c>
       <c r="G447" s="2"/>
       <c r="H447" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I447" s="3">
-        <v>11756356675</v>
+        <v>11922454692</v>
       </c>
       <c r="J447" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K447" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L447" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M447" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>90474116200013</v>
+        <v>90478875900010</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I448" s="3">
-        <v>11922454692</v>
+        <v>11941097594</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K448" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M448" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>90478875900010</v>
+        <v>90490980100014</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="G449" s="2"/>
+        <v>1322</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>1323</v>
+      </c>
       <c r="H449" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I449" s="3">
-        <v>11941097594</v>
+        <v>44540405854</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L449" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M449" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>90490980100014</v>
+        <v>90490980100022</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1321</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I450" s="3">
         <v>44540405854</v>
       </c>
       <c r="J450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M450" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>90490980100022</v>
+        <v>90493432000014</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I451" s="3">
-        <v>44540405854</v>
+        <v>11756398775</v>
       </c>
       <c r="J451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M451" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>90493432000014</v>
+        <v>90495636400015</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="G452" s="2"/>
       <c r="H452" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I452" s="3">
-        <v>11756398775</v>
+        <v>11930921093</v>
       </c>
       <c r="J452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M452" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>90495636400015</v>
+        <v>90495698400028</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I453" s="3">
-        <v>11930921093</v>
+        <v>93131950013</v>
       </c>
       <c r="J453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M453" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>90495698400028</v>
+        <v>90498596700010</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1333</v>
-[...1 lines deleted...]
-      <c r="G454" s="2"/>
+        <v>1337</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>1338</v>
+      </c>
       <c r="H454" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I454" s="3">
-        <v>93131950013</v>
+        <v>44670704467</v>
       </c>
       <c r="J454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M454" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>90498596700010</v>
+        <v>90515831700016</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>1335</v>
+        <v>902</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1336</v>
-[...3 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="G455" s="2"/>
       <c r="H455" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I455" s="3">
-        <v>44670704467</v>
+        <v>11756382075</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M455" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>90515831700016</v>
+        <v>90518955100021</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1338</v>
-[...1 lines deleted...]
-      <c r="D456" s="2"/>
+        <v>1340</v>
+      </c>
+      <c r="D456" s="2" t="s">
+        <v>1340</v>
+      </c>
       <c r="E456" s="2" t="s">
-        <v>900</v>
+        <v>1341</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="G456" s="2"/>
+        <v>1342</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>1343</v>
+      </c>
       <c r="H456" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I456" s="3">
-        <v>11756382075</v>
+        <v>76341152034</v>
       </c>
       <c r="J456" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L456" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M456" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>90518955100021</v>
+        <v>90520134900016</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1339</v>
-[...3 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="G457" s="2"/>
       <c r="H457" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I457" s="3">
-        <v>76341152034</v>
+        <v>11756367775</v>
       </c>
       <c r="J457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M457" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>90520134900016</v>
+        <v>90534828000025</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I458" s="3">
-        <v>11756367775</v>
+        <v>75640515564</v>
       </c>
       <c r="J458" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K458" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L458" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M458" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>90534828000025</v>
+        <v>90746743500018</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1347</v>
-[...1 lines deleted...]
-      <c r="G459" s="2"/>
+        <v>840</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>390</v>
+      </c>
       <c r="H459" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I459" s="3">
-        <v>75640515564</v>
+        <v>11941099794</v>
       </c>
       <c r="J459" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K459" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L459" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>90746743500018</v>
+        <v>90774678800013</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>832</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I460" s="3">
-        <v>11941099794</v>
+        <v>93131961213</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M460" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>90774678800013</v>
+        <v>90818028400014</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="G461" s="2"/>
       <c r="H461" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I461" s="3">
-        <v>93131961213</v>
+        <v>11922488192</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M461" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>90818028400014</v>
+        <v>90824967500020</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I462" s="3">
-        <v>11922488192</v>
+        <v>11756421675</v>
       </c>
       <c r="J462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M462" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>90824967500020</v>
+        <v>90829888800011</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I463" s="3">
-        <v>11756421675</v>
+        <v>11922484192</v>
       </c>
       <c r="J463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M463" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>90829888800011</v>
+        <v>90858917900013</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I464" s="3">
-        <v>11922484192</v>
+        <v>11756499875</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M464" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>90858917900013</v>
+        <v>90873664800019</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1364</v>
+        <v>1224</v>
       </c>
       <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I465" s="3">
-        <v>11756499875</v>
+        <v>11788521178</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M465" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>90873664800019</v>
+        <v>90879846500021</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1221</v>
+        <v>1371</v>
       </c>
       <c r="G466" s="2"/>
       <c r="H466" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I466" s="3">
-        <v>11788521178</v>
+        <v>11930931893</v>
       </c>
       <c r="J466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M466" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>90879846500021</v>
+        <v>90888199800029</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I467" s="3">
-        <v>11930931893</v>
+        <v>84010252701</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K467" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L467" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M467" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>90888199800029</v>
+        <v>90910982900012</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="D468" s="2"/>
+        <v>1375</v>
+      </c>
+      <c r="D468" s="2" t="s">
+        <v>1375</v>
+      </c>
       <c r="E468" s="2" t="s">
-        <v>1371</v>
+        <v>902</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1372</v>
+        <v>1224</v>
       </c>
       <c r="G468" s="2"/>
       <c r="H468" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I468" s="3">
-        <v>84010252701</v>
+        <v>11756406375</v>
       </c>
       <c r="J468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M468" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>90910982900012</v>
+        <v>90919091000028</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1373</v>
-[...3 lines deleted...]
-      </c>
+        <v>1376</v>
+      </c>
+      <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
-        <v>900</v>
+        <v>1377</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1221</v>
+        <v>1378</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I469" s="3">
-        <v>11756406375</v>
+        <v>32600393560</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L469" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>90919091000028</v>
+        <v>90946446300027</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1376</v>
+        <v>516</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I470" s="3"/>
       <c r="J470" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L470" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>90946446300027</v>
+        <v>90966794100035</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>395</v>
+        <v>1383</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="I471" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I471" s="3">
+        <v>93830667483</v>
+      </c>
       <c r="J471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M471" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>90966794100035</v>
+        <v>90981693600019</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I472" s="3">
-        <v>93830667483</v>
+        <v>84380816438</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M472" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>90981693600019</v>
+        <v>90982246200018</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I473" s="3">
-        <v>84380816438</v>
+        <v>11922490492</v>
       </c>
       <c r="J473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M473" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>90982246200018</v>
+        <v>90982609100011</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1387</v>
+        <v>1184</v>
       </c>
       <c r="G474" s="2"/>
       <c r="H474" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I474" s="3">
-        <v>11922490492</v>
+        <v>11931054393</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M474" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>90982609100011</v>
+        <v>91003850400015</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>1389</v>
+        <v>980</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1181</v>
-[...1 lines deleted...]
-      <c r="G475" s="2"/>
+        <v>1393</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>1394</v>
+      </c>
       <c r="H475" s="2" t="s">
-        <v>73</v>
+        <v>1395</v>
       </c>
       <c r="I475" s="3">
-        <v>11931054393</v>
+        <v>11770768177</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>91003850400015</v>
+        <v>91016143900013</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2" t="s">
-        <v>977</v>
+        <v>1397</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
-        <v>1392</v>
+        <v>129</v>
       </c>
       <c r="I476" s="3">
-        <v>11770768177</v>
+        <v>11950745395</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M476" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>91016143900013</v>
+        <v>91038096300017</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I477" s="3">
-        <v>11950745395</v>
+        <v>84380816538</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L477" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M477" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>91038096300017</v>
+        <v>91053944400018</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="I478" s="3">
-        <v>84380816538</v>
+        <v>84380818138</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M478" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>91053944400018</v>
+        <v>91098483000018</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="G479" s="2"/>
       <c r="H479" s="2" t="s">
-        <v>419</v>
+        <v>73</v>
       </c>
       <c r="I479" s="3">
-        <v>84380818138</v>
+        <v>84730251573</v>
       </c>
       <c r="J479" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K479" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L479" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M479" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>91062331300012</v>
+        <v>91113130800015</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="G480" s="2"/>
       <c r="H480" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I480" s="3"/>
+      <c r="I480" s="3">
+        <v>76311137131</v>
+      </c>
       <c r="J480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M480" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>91098483000018</v>
+        <v>91130733800010</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I481" s="3">
-        <v>84730251573</v>
+        <v>84691950469</v>
       </c>
       <c r="J481" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L481" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M481" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>91113130800015</v>
+        <v>91159492700012</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1410</v>
-[...1 lines deleted...]
-      <c r="G482" s="2"/>
+        <v>1416</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>1417</v>
+      </c>
       <c r="H482" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I482" s="3">
-        <v>76311137131</v>
+        <v>76341346434</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M482" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>91130733800010</v>
+        <v>91177569000017</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1412</v>
+        <v>1365</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I483" s="3">
-        <v>84691950469</v>
+        <v>11756512375</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L483" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M483" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>91159492700012</v>
+        <v>91181153700016</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="F484" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="H484" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I484" s="3">
-        <v>76341346434</v>
+        <v>84380820538</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M484" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>91177569000017</v>
+        <v>91183548600018</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
-        <v>1363</v>
+        <v>1424</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>1419</v>
       </c>
       <c r="G485" s="2"/>
       <c r="H485" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I485" s="3">
-        <v>11756512375</v>
+        <v>11770771577</v>
       </c>
       <c r="J485" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M485" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>91181153700016</v>
+        <v>91184276300011</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I486" s="3">
-        <v>84380820538</v>
+        <v>93132014113</v>
       </c>
       <c r="J486" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K486" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>91183548600018</v>
+        <v>91226856200010</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1419</v>
+        <v>1430</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I487" s="3">
-        <v>11770771577</v>
+        <v>11756513975</v>
       </c>
       <c r="J487" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K487" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L487" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>91184276300011</v>
+        <v>91247290900015</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1426</v>
+        <v>1334</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I488" s="3">
-        <v>93132014113</v>
+        <v>44510227051</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M488" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>91226856200010</v>
+        <v>91253940000016</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I489" s="3">
-        <v>11756513975</v>
+        <v>11910943691</v>
       </c>
       <c r="J489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M489" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>91247290900015</v>
+        <v>91272697300015</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1333</v>
+        <v>1435</v>
       </c>
       <c r="G490" s="2"/>
       <c r="H490" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I490" s="3">
-        <v>44510227051</v>
+        <v>11756492775</v>
       </c>
       <c r="J490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M490" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>91253940000016</v>
+        <v>91288077000017</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I491" s="3">
-        <v>11910943691</v>
+        <v>32591128859</v>
       </c>
       <c r="J491" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K491" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L491" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M491" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>91272697300015</v>
+        <v>91288105900014</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1436</v>
+        <v>1415</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1434</v>
+        <v>1371</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I492" s="3">
-        <v>11756492775</v>
+        <v>84691968769</v>
       </c>
       <c r="J492" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K492" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L492" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M492" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>91284621900018</v>
+        <v>91307961200028</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="s">
-        <v>1351</v>
+        <v>1443</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1333</v>
+        <v>1444</v>
       </c>
       <c r="G493" s="2"/>
       <c r="H493" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I493" s="3"/>
+      <c r="I493" s="3">
+        <v>76311149531</v>
+      </c>
       <c r="J493" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K493" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L493" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M493" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>91288077000017</v>
+        <v>91332825800011</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I494" s="3">
-        <v>32591128859</v>
+        <v>11941128594</v>
       </c>
       <c r="J494" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K494" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L494" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M494" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>91288105900014</v>
+        <v>91335186200028</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2" t="s">
-        <v>1415</v>
+        <v>1449</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="G495" s="2"/>
+        <v>1450</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>1451</v>
+      </c>
       <c r="H495" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I495" s="3">
-        <v>84691968769</v>
+        <v>11922533992</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K495" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L495" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M495" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>91307961200028</v>
+        <v>91337414600011</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2" t="s">
-        <v>1443</v>
+        <v>1453</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="G496" s="2"/>
       <c r="H496" s="2" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="I496" s="3">
-        <v>76311149531</v>
+        <v>24280205828</v>
       </c>
       <c r="J496" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K496" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L496" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M496" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>91332825800011</v>
+        <v>91347179300012</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1447</v>
+        <v>516</v>
       </c>
       <c r="G497" s="2"/>
       <c r="H497" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I497" s="3">
-        <v>11941128594</v>
+        <v>11770784477</v>
       </c>
       <c r="J497" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L497" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M497" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>91335186200028</v>
+        <v>91365020600018</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1448</v>
+        <v>1457</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>1459</v>
+      </c>
+      <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I498" s="3">
-        <v>11922533992</v>
+        <v>93830708683</v>
       </c>
       <c r="J498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M498" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>91337414600011</v>
+        <v>91366563400014</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="G499" s="2"/>
       <c r="H499" s="2" t="s">
-        <v>419</v>
+        <v>73</v>
       </c>
       <c r="I499" s="3">
-        <v>24280205828</v>
+        <v>11770780377</v>
       </c>
       <c r="J499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M499" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>91347179300012</v>
+        <v>91369727200023</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>395</v>
+        <v>1465</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I500" s="3">
-        <v>11770784477</v>
+        <v>11756516775</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L500" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M500" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>91365020600018</v>
+        <v>91370415100012</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2" t="s">
-        <v>1458</v>
+        <v>1467</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1459</v>
+        <v>1468</v>
       </c>
       <c r="G501" s="2"/>
       <c r="H501" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I501" s="3">
-        <v>93830708683</v>
+        <v>11941153494</v>
       </c>
       <c r="J501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M501" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>91366563400014</v>
+        <v>91392060900033</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1460</v>
+        <v>1469</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
-        <v>1461</v>
+        <v>1470</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1462</v>
+        <v>1471</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I502" s="3">
-        <v>11770780377</v>
+        <v>27890171589</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M502" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>91369727200023</v>
+        <v>91406962000013</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1463</v>
+        <v>1472</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2" t="s">
-        <v>1464</v>
+        <v>1473</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1465</v>
-[...1 lines deleted...]
-      <c r="G503" s="2"/>
+        <v>1474</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>1475</v>
+      </c>
       <c r="H503" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I503" s="3">
-        <v>11756516775</v>
+        <v>93060991906</v>
       </c>
       <c r="J503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M503" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>91370415100012</v>
+        <v>91416189800020</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="G504" s="2"/>
+        <v>276</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>1478</v>
+      </c>
       <c r="H504" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I504" s="3">
-        <v>11941153494</v>
+        <v>11756551675</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M504" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>91392060900033</v>
+        <v>91449766400013</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1469</v>
+        <v>1479</v>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I505" s="3">
-        <v>27890171589</v>
+        <v>11922522992</v>
       </c>
       <c r="J505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M505" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>91406962000013</v>
+        <v>91457018900011</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1484</v>
+      </c>
+      <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I506" s="3">
-        <v>93060991906</v>
+        <v>11756528775</v>
       </c>
       <c r="J506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M506" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>91416189800020</v>
+        <v>91483300900014</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1476</v>
+        <v>1485</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2" t="s">
-        <v>1477</v>
+        <v>1486</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>488</v>
+        <v>1487</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="H507" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I507" s="3">
-        <v>11756551675</v>
+        <v>32591131959</v>
       </c>
       <c r="J507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M507" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>91449766400013</v>
+        <v>91486788200013</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1481</v>
+        <v>588</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I508" s="3">
-        <v>11922522992</v>
+        <v>11941137394</v>
       </c>
       <c r="J508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M508" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>91457018900011</v>
+        <v>91512179200013</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1482</v>
+        <v>1491</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>1483</v>
+        <v>1492</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1484</v>
+        <v>1026</v>
       </c>
       <c r="G509" s="2"/>
       <c r="H509" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>11756528775</v>
+        <v>110</v>
+      </c>
+      <c r="I509" s="3" t="s">
+        <v>1493</v>
       </c>
       <c r="J509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M509" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>91481929700013</v>
+        <v>91515362100015</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1474</v>
+        <v>1104</v>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I510" s="3"/>
+      <c r="I510" s="3">
+        <v>11930962093</v>
+      </c>
       <c r="J510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M510" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>91483300900014</v>
+        <v>91515745700010</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1488</v>
+        <v>1365</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1489</v>
-[...3 lines deleted...]
-      </c>
+        <v>1497</v>
+      </c>
+      <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I511" s="3">
-        <v>32591131959</v>
+        <v>11756558875</v>
       </c>
       <c r="J511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M511" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>91486788200013</v>
+        <v>91537040700016</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>256</v>
+        <v>1500</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I512" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I512" s="3"/>
       <c r="J512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M512" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>91512179200013</v>
+        <v>91755233300010</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1023</v>
+        <v>276</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>1495</v>
+        <v>129</v>
+      </c>
+      <c r="I513" s="3">
+        <v>11950774195</v>
       </c>
       <c r="J513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M513" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>91515362100015</v>
+        <v>91766872500018</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1101</v>
+        <v>1505</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I514" s="3">
-        <v>11930962093</v>
+        <v>11756629275</v>
       </c>
       <c r="J514" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K514" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L514" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M514" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>91515745700010</v>
+        <v>91797081600018</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="D515" s="2"/>
+        <v>1506</v>
+      </c>
+      <c r="D515" s="2" t="s">
+        <v>1507</v>
+      </c>
       <c r="E515" s="2" t="s">
-        <v>1363</v>
+        <v>1508</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I515" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I515" s="3"/>
       <c r="J515" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K515" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L515" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M515" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>91537040700016</v>
+        <v>91824649700013</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I516" s="3"/>
+      <c r="I516" s="3">
+        <v>93830693183</v>
+      </c>
       <c r="J516" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K516" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M516" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>91755233300010</v>
+        <v>91885395300019</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>488</v>
+        <v>1515</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I517" s="3">
-        <v>11950774195</v>
+        <v>11922540892</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M517" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>91766872500018</v>
+        <v>91911871100010</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>1505</v>
-[...1 lines deleted...]
-      <c r="D518" s="2"/>
+        <v>474</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>475</v>
+      </c>
       <c r="E518" s="2" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1507</v>
+        <v>1517</v>
       </c>
       <c r="G518" s="2"/>
       <c r="H518" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I518" s="3">
-        <v>11756629275</v>
+        <v>84692011969</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M518" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>91797081600018</v>
+        <v>91958019100014</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>1508</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I519" s="3"/>
+      <c r="I519" s="3">
+        <v>11930977393</v>
+      </c>
       <c r="J519" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K519" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M519" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>91824649700013</v>
+        <v>91974970500019</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1514</v>
+        <v>268</v>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I520" s="3">
-        <v>93830693183</v>
+        <v>44510231251</v>
       </c>
       <c r="J520" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K520" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M520" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>91885395300019</v>
+        <v>92010856000011</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I521" s="3">
-        <v>11922540892</v>
+        <v>84420396342</v>
       </c>
       <c r="J521" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K521" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M521" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>91911871100010</v>
+        <v>92039872400012</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="D522" s="2"/>
       <c r="E522" s="2" t="s">
-        <v>1518</v>
+        <v>1527</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="G522" s="2"/>
       <c r="H522" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I522" s="3">
-        <v>84692011969</v>
+        <v>76810188781</v>
       </c>
       <c r="J522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M522" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>91958019100014</v>
+        <v>92042647500017</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I523" s="3">
-        <v>11930977393</v>
+        <v>93061020506</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M523" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>91974970500019</v>
+        <v>92045244800011</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>480</v>
+        <v>1534</v>
       </c>
       <c r="G524" s="2"/>
       <c r="H524" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I524" s="3"/>
       <c r="J524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M524" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>92010856000011</v>
+        <v>92059199700019</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2" t="s">
-        <v>1526</v>
+        <v>1536</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I525" s="3">
-        <v>84420396342</v>
+        <v>11930978993</v>
       </c>
       <c r="J525" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K525" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L525" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M525" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>92039872400012</v>
+        <v>92075973500011</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1528</v>
+        <v>1538</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="s">
-        <v>1529</v>
+        <v>1010</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="G526" s="2"/>
       <c r="H526" s="2" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="I526" s="3">
-        <v>76810188781</v>
+        <v>11788575678</v>
       </c>
       <c r="J526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M526" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>92042647500017</v>
+        <v>92110537500015</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="s">
-        <v>1532</v>
+        <v>1480</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1533</v>
-[...1 lines deleted...]
-      <c r="G527" s="2"/>
+        <v>1541</v>
+      </c>
+      <c r="G527" s="2" t="s">
+        <v>1542</v>
+      </c>
       <c r="H527" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I527" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I527" s="3"/>
       <c r="J527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M527" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>92045244800011</v>
+        <v>92116041200018</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1536</v>
+        <v>537</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I528" s="3"/>
       <c r="J528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M528" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>92059199700019</v>
+        <v>92169557300011</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="G529" s="2"/>
       <c r="H529" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="I529" s="3">
-        <v>11930978993</v>
+        <v>27890170489</v>
       </c>
       <c r="J529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>92075973500011</v>
+        <v>92172309400014</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1540</v>
-[...1 lines deleted...]
-      <c r="D530" s="2"/>
+        <v>1548</v>
+      </c>
+      <c r="D530" s="2" t="s">
+        <v>1548</v>
+      </c>
       <c r="E530" s="2" t="s">
-        <v>1007</v>
+        <v>1549</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1541</v>
+        <v>1550</v>
       </c>
       <c r="G530" s="2"/>
       <c r="H530" s="2" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="I530" s="3">
-        <v>11788575678</v>
+        <v>24180134118</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M530" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>92110537500015</v>
+        <v>92193319800019</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>1480</v>
+        <v>1552</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1543</v>
-[...3 lines deleted...]
-      </c>
+        <v>1553</v>
+      </c>
+      <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I531" s="3"/>
+        <v>125</v>
+      </c>
+      <c r="I531" s="3">
+        <v>76480036848</v>
+      </c>
       <c r="J531" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K531" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L531" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M531" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>92116041200018</v>
+        <v>92273786100026</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1545</v>
+        <v>1554</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>580</v>
+        <v>1556</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I532" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I532" s="3">
+        <v>44670737267</v>
+      </c>
       <c r="J532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M532" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>92169557300011</v>
+        <v>94799251700013</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1549</v>
+        <v>969</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I533" s="3"/>
       <c r="J533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M533" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>92172309400014</v>
+        <v>94807377000018</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1550</v>
-[...3 lines deleted...]
-      </c>
+        <v>1559</v>
+      </c>
+      <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I534" s="3">
-        <v>24180134118</v>
+        <v>84692126369</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M534" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>92193319800019</v>
+        <v>94808296100012</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1553</v>
-[...1 lines deleted...]
-      <c r="D535" s="2"/>
+        <v>1562</v>
+      </c>
+      <c r="D535" s="2" t="s">
+        <v>1562</v>
+      </c>
       <c r="E535" s="2" t="s">
-        <v>1554</v>
+        <v>1365</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1555</v>
+        <v>1383</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I535" s="3">
-        <v>76480036848</v>
+        <v>11756658375</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K535" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M535" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>92273786100026</v>
+        <v>94856879500017</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>44670737267</v>
+        <v>167</v>
+      </c>
+      <c r="I536" s="3" t="s">
+        <v>1566</v>
       </c>
       <c r="J536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M536" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>94799251700013</v>
+        <v>94873857000019</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>966</v>
+        <v>1569</v>
       </c>
       <c r="G537" s="2"/>
       <c r="H537" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I537" s="3"/>
       <c r="J537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M537" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>94807377000018</v>
+        <v>94888153700013</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2" t="s">
-        <v>1562</v>
+        <v>815</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="G538" s="2"/>
       <c r="H538" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I538" s="3">
-        <v>84692126369</v>
+        <v>11756689175</v>
       </c>
       <c r="J538" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K538" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L538" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M538" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>94808296100012</v>
+        <v>94892019400016</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1564</v>
-[...3 lines deleted...]
-      </c>
+        <v>1572</v>
+      </c>
+      <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
-        <v>1363</v>
+        <v>1573</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I539" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I539" s="3"/>
       <c r="J539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M539" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>94856879500017</v>
+        <v>94907460300018</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
       <c r="G540" s="2"/>
       <c r="H540" s="2" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>1568</v>
+        <v>73</v>
+      </c>
+      <c r="I540" s="3">
+        <v>11756690975</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M540" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>94873857000019</v>
+        <v>94925073200011</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1571</v>
+        <v>719</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I541" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I541" s="3">
+        <v>11922638992</v>
+      </c>
       <c r="J541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M541" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>94888153700013</v>
+        <v>95108047200016</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>807</v>
+        <v>1580</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I542" s="3">
-        <v>11756689175</v>
+        <v>76311235631</v>
       </c>
       <c r="J542" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K542" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L542" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M542" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>94892019400016</v>
+        <v>95200507200022</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1372</v>
+        <v>1584</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I543" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I543" s="3">
+        <v>11931024093</v>
+      </c>
       <c r="J543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M543" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>94907460300018</v>
+        <v>95258511500019</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1576</v>
+        <v>1585</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I544" s="3">
-        <v>11756690975</v>
+        <v>24410157941</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M544" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>94925073200011</v>
+        <v>95279470900016</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1579</v>
+        <v>1588</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
-        <v>1580</v>
+        <v>1589</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>535</v>
+        <v>1590</v>
       </c>
       <c r="G545" s="2"/>
       <c r="H545" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I545" s="3">
-        <v>11922638992</v>
+        <v>11770840977</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M545" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>95108047200016</v>
+        <v>95299641100015</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1583</v>
+        <v>1593</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I546" s="3">
-        <v>76311235631</v>
+        <v>11922629892</v>
       </c>
       <c r="J546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M546" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>95200507200022</v>
+        <v>95313642100013</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1584</v>
+        <v>1594</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I547" s="3">
-        <v>11931024093</v>
+        <v>11922631292</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M547" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>95258511500019</v>
+        <v>97852263900019</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="G548" s="2"/>
       <c r="H548" s="2" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="I548" s="3">
-        <v>24410157941</v>
+        <v>11922650492</v>
       </c>
       <c r="J548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M548" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>95279470900016</v>
+        <v>97877608600016</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2" t="s">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1592</v>
+        <v>1601</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I549" s="3">
-        <v>11770840977</v>
+        <v>11950824995</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K549" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L549" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M549" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>95299641100015</v>
+        <v>97886885900015</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="D550" s="2"/>
       <c r="E550" s="2" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1595</v>
+        <v>969</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I550" s="3">
-        <v>11922629892</v>
+        <v>44880164288</v>
       </c>
       <c r="J550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M550" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>95313642100013</v>
+        <v>97960239800013</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1594</v>
+        <v>1480</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="I551" s="3">
-        <v>11922631292</v>
+        <v>11922663492</v>
       </c>
       <c r="J551" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K551" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L551" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M551" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="1">
-        <v>97852263900019</v>
+        <v>97963073800016</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="G552" s="2"/>
       <c r="H552" s="2" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="I552" s="3">
-        <v>11922650492</v>
+        <v>44680360168</v>
       </c>
       <c r="J552" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K552" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L552" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M552" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
-        <v>97877608600016</v>
+        <v>98349533400010</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="G553" s="2"/>
       <c r="H553" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I553" s="3"/>
       <c r="J553" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K553" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L553" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M553" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
-        <v>97886885900015</v>
+        <v>98417928300010</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>966</v>
+        <v>925</v>
       </c>
       <c r="G554" s="2"/>
       <c r="H554" s="2" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="I554" s="3">
-        <v>44880164288</v>
+        <v>24280218228</v>
       </c>
       <c r="J554" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K554" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L554" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M554" s="2" t="s">
-        <v>18</v>
-[...144 lines deleted...]
-      <c r="M558" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -26161,31 +26027,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 08:01:10</dc:description>
+  <dc:description>Export en date du 12/22/2025 00:04:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>