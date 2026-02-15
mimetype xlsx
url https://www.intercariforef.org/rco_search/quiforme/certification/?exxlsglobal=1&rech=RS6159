--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1607">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -280,71 +280,221 @@
   <si>
     <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
   </si>
   <si>
     <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
   </si>
   <si>
     <t>4157P001257</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DU GENIE CIVIL</t>
   </si>
   <si>
     <t>3 AVENUE MONTAIGNE 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LE CORBUSIER</t>
   </si>
   <si>
     <t>15 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>4267P000867</t>
   </si>
   <si>
+    <t>CENTRE ETUDES RECHERCHES TOURISTIQUES</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE GRASSI 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/1984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DELAPIERRE LIANA CHANTAL  </t>
+  </si>
+  <si>
+    <t>ESCALIER B 93 RUE JEAN JAURES 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>89 AVENUE NOTRE-DAME DE SANTE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEFEBVRE CLAUDE GUY  </t>
+  </si>
+  <si>
+    <t>LE RIVIERA PLAGE 272 AVENUE DE LA CALIFORNIE 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>95.11Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOES PHILIPPE MARC WILLIAM </t>
+  </si>
+  <si>
+    <t>29 BOULEVARD DE LA FERRAGE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>AVOLYS</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE ZOLA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA TUILERIE 37550 SAINT-AVERTIN</t>
+  </si>
+  <si>
+    <t>ZAC FONT DE L'ORME 790 AVENUE DU DOCTEUR MAURICE DONAT 06250 MOUGINS</t>
+  </si>
+  <si>
+    <t>15/03/2011</t>
+  </si>
+  <si>
+    <t>2-4 2 ALLEE DE LA FORET DE LA REINE 54500 VANDŒUVRE-LES-NANCY</t>
+  </si>
+  <si>
+    <t>26/01/2012</t>
+  </si>
+  <si>
+    <t>PARC DE L HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>22 AVENUE DOYEN LOUIS WEIL 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>2 PLACE DE FRANCFORT 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>DOM DU PETIT ARBOIS - BAT. B RUE DENIS PAPIN 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES TECHNOLOGIQ LA VATINE 5 RUE JACQUES MONOD 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>01/02/2018</t>
+  </si>
+  <si>
+    <t>15 ALLEE JAMES WATT 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>IB</t>
+  </si>
+  <si>
+    <t>TOUR ATLANTIQUE 1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>20/05/1997</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>11997077975, 11751059475</t>
+  </si>
+  <si>
     <t>VAELIA</t>
   </si>
   <si>
     <t>61 RUE JEAN BRIAUD 33700 MERIGNAC</t>
   </si>
   <si>
     <t>02/05/2006</t>
   </si>
   <si>
-    <t>Fermé</t>
+    <t>01/11/2025</t>
   </si>
   <si>
     <t>ZI N 3 86 AVENUE MARYSE BASTIE 16340 L'ISLE-D'ESPAGNAC</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
-    <t>01/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
   </si>
   <si>
     <t>MANAGER'SOLUTION</t>
   </si>
   <si>
     <t>1 RUE DE LA MER 62100 CALAIS</t>
   </si>
   <si>
     <t>01/01/1988</t>
   </si>
   <si>
     <t xml:space="preserve">DUPORT GISELE EUGENIE  </t>
   </si>
   <si>
     <t>BARRAUD GISELE COACH PERSONNEL</t>
   </si>
   <si>
     <t>6 ALLEE DE LA CASCADE 42600 MONTBRISON</t>
   </si>
   <si>
     <t>16/01/2009</t>
   </si>
   <si>
     <t xml:space="preserve">CABARE MICHEL PHILIPPE  </t>
@@ -403,140 +553,599 @@
   <si>
     <t>63.11Z</t>
   </si>
   <si>
     <t xml:space="preserve">BASILLE CHANTAL MARIE-LOUISE  </t>
   </si>
   <si>
     <t>61 RUE DE L'EGLISE 76560 GONZEVILLE</t>
   </si>
   <si>
     <t>03/04/2019</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t xml:space="preserve">THUIL MARC   </t>
   </si>
   <si>
     <t>9 RUE OLIVIER METRA 75020 PARIS</t>
   </si>
   <si>
     <t>17/05/2005</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AUDIT CONSEIL FORMATION</t>
   </si>
   <si>
     <t>16 ALLEE FRANCOIS VILLON 38130 ECHIROLLES</t>
   </si>
   <si>
     <t>03/01/2011</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>ATP FORMATION</t>
   </si>
   <si>
     <t>170 RUE CHATAGNON 38430 MOIRANS</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
     <t>ENI ECOLE</t>
   </si>
   <si>
     <t>ZAC DU MOULIN NEUF 2 B RUE BENJAMIN FRANKLIN 44800 ST-HERBLAIN</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>146 A 148 146 RUE DE PICPUS 75012 PARIS</t>
   </si>
   <si>
     <t>21/10/2013</t>
   </si>
   <si>
-    <t>30/06/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LA FORMATION A L'INFORMATIQUE ET AU NUMERIQUE</t>
   </si>
   <si>
     <t>ESPACE TECHNOPOLIS RUE DU DEPOT 62000 ARRAS</t>
   </si>
   <si>
     <t>03/11/2003</t>
   </si>
   <si>
     <t>114 RUE LUCIEN FAURE 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
     <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>01/10/2017</t>
   </si>
   <si>
     <t>PARIS LA DEFENSE 8 20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
   </si>
   <si>
-    <t>01/01/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>16 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t xml:space="preserve">MAJ LEOCADIE FRANCOISE  </t>
   </si>
   <si>
     <t>LA LICORNE</t>
   </si>
   <si>
     <t>12 B RUE DE LA FILASSIERE 78121 CRESPIERES</t>
   </si>
   <si>
     <t>25/03/2011</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
+    <t>SENZA</t>
+  </si>
+  <si>
+    <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>05/12/2019</t>
+  </si>
+  <si>
+    <t>GROUPE CONVENANT</t>
+  </si>
+  <si>
+    <t>23 BOULEVARD DE STRASBOURG 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>RC DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>PLACE EDMOND REGNAULT CHEMIN DES HUGUENOTS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>ESPACE ETUDE CONSEIL</t>
+  </si>
+  <si>
+    <t>3 AVENUE CHARLES DE GAULLE 94470 BOISSY-SAINT-LEGER</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>ACOLYTE</t>
+  </si>
+  <si>
+    <t>205 CHEMIN DES CARRIERES 69210 BULLY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>AURIA</t>
+  </si>
+  <si>
+    <t>6 PLACE DES CHARMES 31320 CASTANET-TOLOSAN</t>
+  </si>
+  <si>
+    <t>21/01/2020</t>
+  </si>
+  <si>
+    <t>CERTIFCOM</t>
+  </si>
+  <si>
+    <t>9 RUE PARROT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>EVM FORMATION</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA CRABE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>09/06/2015</t>
+  </si>
+  <si>
+    <t>CENTRE DE MANAGEMENT HOTELIER</t>
+  </si>
+  <si>
+    <t>52 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>OPTIMUM FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU LYONNAIS 01460 MONTREAL-LA-CLUSE</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>P F I PRESTATIONS FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>91 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHAMBARD PIERRE GILLES LOUIS </t>
+  </si>
+  <si>
+    <t>7 RUE DE LA CHAPELLE DE BEL AIR 69340 FRANCHEVILLE</t>
+  </si>
+  <si>
+    <t>AERTIS - ATELIER D'ETUDE ET DE REALISATION TECHNIQUE PAR L'INFORMATIQUE ET LE SERVICE</t>
+  </si>
+  <si>
+    <t>ESPACE ST-GERMAIN, BATIMENT LE SAXO 30 AVENUE GENERAL LECLERC 38200 VIENNE</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>LH SOLUTIONS</t>
+  </si>
+  <si>
+    <t>5 RUE DE HAGUENAU 67580 LAUBACH</t>
+  </si>
+  <si>
+    <t>17/06/2013</t>
+  </si>
+  <si>
+    <t>PCWORKS31</t>
+  </si>
+  <si>
+    <t>2 ALL PAUL RIQUET 31150 LESPINASSE</t>
+  </si>
+  <si>
+    <t>29/08/2013</t>
+  </si>
+  <si>
+    <t>MYWIX</t>
+  </si>
+  <si>
+    <t>15 RUE DES HALLES 75001 PARIS</t>
+  </si>
+  <si>
+    <t>14/09/2021</t>
+  </si>
+  <si>
+    <t>FRANCE FORMATION</t>
+  </si>
+  <si>
+    <t>14 RUE DU VIEUX FAUBOURG 59800 LILLE</t>
+  </si>
+  <si>
+    <t>LEARN AND PROGRESS</t>
+  </si>
+  <si>
+    <t>85 IMPASSE TEPIER 26300 BOURG-DE-PEAGE</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>HAPPY FORMA</t>
+  </si>
+  <si>
+    <t>16 RUE CHAUVEAU 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t>TRAINING COMPETENCES</t>
+  </si>
+  <si>
+    <t>2 RUE CATULLE MENDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>23/09/2021</t>
+  </si>
+  <si>
+    <t>PRESTIGE CARRIER TRAINING</t>
+  </si>
+  <si>
+    <t>10 SQ VINCENT VAN GOGH 95230 SOISY SS MONTMORENCY</t>
+  </si>
+  <si>
+    <t>MY SKILLS CLUB</t>
+  </si>
+  <si>
+    <t>24 RUE DE CLICHY 75009 PARIS</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
+    <t>FASE</t>
+  </si>
+  <si>
+    <t>9 IMPASSE DE LA FARANDOLE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>10/09/2021</t>
+  </si>
+  <si>
+    <t>ALPHA</t>
+  </si>
+  <si>
+    <t>8 RUE RIOCREUX 92310 SEVRES</t>
+  </si>
+  <si>
+    <t>05/10/2021</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>DI FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FAISANDERIE 67380 LINGOLSHEIM</t>
+  </si>
+  <si>
+    <t>27/09/2021</t>
+  </si>
+  <si>
+    <t>47.91B</t>
+  </si>
+  <si>
+    <t>SM FORMATION</t>
+  </si>
+  <si>
+    <t>17 RUE DE ROSHEIM 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>B.V. CONSULTANT</t>
+  </si>
+  <si>
+    <t>VILLA LES TILLEULS 31 AVENUE ANTOINE SENEQUIER 83000 TOULON</t>
+  </si>
+  <si>
+    <t>13/11/2017</t>
+  </si>
+  <si>
+    <t>KRONOSCOPE</t>
+  </si>
+  <si>
+    <t>13 RUE DE BONALD 69007 LYON</t>
+  </si>
+  <si>
+    <t>02/03/2020</t>
+  </si>
+  <si>
+    <t>DATA VALUE</t>
+  </si>
+  <si>
+    <t>CS 37621 41 RUE DE LA DECOUVERTE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>10/02/2016</t>
+  </si>
+  <si>
+    <t>B2H 83 LA VALETTE</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>B2H13 MARSEILLE</t>
+  </si>
+  <si>
+    <t>FORMAPRO</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FRATERNITE 93230 ROMAINVILLE</t>
+  </si>
+  <si>
+    <t>16/01/2020</t>
+  </si>
+  <si>
+    <t>LOGOS PRO</t>
+  </si>
+  <si>
+    <t>27 RUE MAURICE FLANDIN 69003 LYON</t>
+  </si>
+  <si>
+    <t>FAC PLUS</t>
+  </si>
+  <si>
+    <t>1969 ROUTE ROYALE 73190 CHALLES-LES-EAUX</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>2LP CONSULTING</t>
+  </si>
+  <si>
+    <t>5 RUE DU CAPITAINE TARRON 75020 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURY SOPHIE CHRISTIANE MICHELE  </t>
+  </si>
+  <si>
+    <t>193 A RUE DU RENARD 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>09/09/2011</t>
+  </si>
+  <si>
+    <t>NEXT FORMA</t>
+  </si>
+  <si>
+    <t>77 RUE DU ROCHER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>ACTION PLURIEL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE CLAUDE MONET 95140 GARGES-LES-GONESSE</t>
+  </si>
+  <si>
+    <t>16/04/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MICHEL ANNE MARIE  </t>
+  </si>
+  <si>
+    <t>70 IMPASSE DES LAURIERS 13270 FOS-SUR-MER</t>
+  </si>
+  <si>
+    <t>02/03/2000</t>
+  </si>
+  <si>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>ZAC PORTE OCEANE RUE DES PETITES MARNIERES 72650 SAINT-SATURNIN</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>46.51Z</t>
+  </si>
+  <si>
+    <t>1 RUE DU CHENE MORAND 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
+    <t>EDITIONS ENI</t>
+  </si>
+  <si>
+    <t>ENI SERVICE</t>
+  </si>
+  <si>
+    <t>7 B AV JACQUES CARTIER 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>07/05/1997</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>ZAC DU MOULIN NEUF 2 A RUE BENJAMIN FRANKLIN 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>ZAC LA CONTERIE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>INFORMATIQUE DEVELOPPEMENTS FORMATIONS</t>
+  </si>
+  <si>
+    <t>5 PLACE GAMBETTA 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>01/05/2005</t>
+  </si>
+  <si>
+    <t>EUROLANG'UBAYE</t>
+  </si>
+  <si>
+    <t>QUARTIER 11E BCA 04400 BARCELONNETTE</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAURENT ISABELLE LAURENCE  </t>
+  </si>
+  <si>
+    <t>192 HAMEAU DE LA BERGERIE 16110 MARILLAC-LE-FRANC</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>MAUFFREY ACADEMY</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE LATTRE DE TASSIGNY 88510 ELOYES</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>EMERGENCE FORMATION</t>
+  </si>
+  <si>
+    <t>36 QUAI DU CHATELET 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>19/08/1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PORTE STEPHANE JEAN CLAUDE </t>
+  </si>
+  <si>
+    <t>6 RUE KRUGER 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASS TRAVAILS HANDICAPES POSTE ET TELECOM</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORSUD 3 AVENUE GALLIENI 94250 GENTILLY</t>
+  </si>
+  <si>
+    <t>08/09/2015</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FENOT VALERIE MARIE  </t>
+  </si>
+  <si>
+    <t>192 ALLEE DE LA COMPAGNIE DES TRAMWAYS 73100 AIX-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMOLARSKI CHRISTOPHE FABIEN  </t>
+  </si>
+  <si>
     <t xml:space="preserve">JANCEL FRANCOISE   </t>
   </si>
   <si>
     <t>90 RUE BRANLY 44000 NANTES</t>
   </si>
   <si>
     <t>01/07/2004</t>
   </si>
   <si>
     <t>DAWAN</t>
   </si>
   <si>
     <t>11 RUE ANTOINE BOURDELLE 75015 PARIS</t>
   </si>
   <si>
     <t>27/05/2015</t>
   </si>
   <si>
     <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
   </si>
   <si>
     <t>14/02/2017</t>
   </si>
   <si>
     <t>62.01Z</t>
@@ -553,68 +1162,50 @@
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>IFORM</t>
   </si>
   <si>
     <t>PARC DE LA DURANNTE BAT B 970 RUE RENE DESCARTES 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t xml:space="preserve">MEYNIER WILLIAMS   </t>
   </si>
   <si>
     <t>DFIPRO</t>
   </si>
   <si>
     <t>BOURGNEUF ROUTE DU BALL TRAP 16260 CHASSENEUIL-SUR-BONNIEURE</t>
   </si>
   <si>
     <t>10/09/2014</t>
   </si>
   <si>
-    <t>OPTIMUM FORMATION</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">DETOISIEN MORGAN   </t>
   </si>
   <si>
     <t>3SAFE</t>
   </si>
   <si>
     <t>292 RUE DES AZALEES 50000 SAINT-LO</t>
   </si>
   <si>
     <t>17/05/2021</t>
   </si>
   <si>
     <t>ACCESS-IT COMPANY</t>
   </si>
   <si>
     <t>2 ALLEE LAVOISIER 59650 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>ATOUT SAVOIR</t>
   </si>
   <si>
     <t>10 FAUBOURG DE BESANCON 25200 MONTBELIARD</t>
@@ -658,53 +1249,50 @@
   <si>
     <t>6-8 6 RUE DES JARDINIERS 60300 SENLIS</t>
   </si>
   <si>
     <t>16/08/2016</t>
   </si>
   <si>
     <t xml:space="preserve">GARRISI SERGE   </t>
   </si>
   <si>
     <t>19 RUE DES FLAMANTS 57150 CREUTZWALD</t>
   </si>
   <si>
     <t>01/06/2006</t>
   </si>
   <si>
     <t xml:space="preserve">LEROY BEATRICE JACQUELINE  </t>
   </si>
   <si>
     <t>27 RUE DU POT D'ETAIN 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>01/10/2002</t>
   </si>
   <si>
-    <t>82.11Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>4 RUE HECTOR BERLIOZ 72000 LE MANS</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>FORM'IMPACT</t>
   </si>
   <si>
     <t>PARC DE L'AEROPORT    LE FORUM 70 RUE SCHUMPETER 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
@@ -712,89 +1300,887 @@
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>4 RUE DE LA TAMBOURINE 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
   </si>
   <si>
     <t>CSINFO FORMATION ET INGENIERIE</t>
   </si>
   <si>
     <t>PORT AUTONOME DE LIMAY 89 ROUTE DE LA NOUE 78520 LIMAY</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
-    <t>82.99Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CONNEXION GRAPHIQUE</t>
   </si>
   <si>
     <t>9 BOULEVARD SARRAIL 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>02/05/2017</t>
   </si>
   <si>
     <t>78.30Z</t>
   </si>
   <si>
     <t>INSTITUT NOUV TECHNOLOGIES INFORMATIQUES</t>
   </si>
   <si>
     <t>TOUR EQHO 2 AVENUE GAMBETTA 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>19/02/2018</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t xml:space="preserve">SCHULMANN MOSCHE JEHUDA  </t>
   </si>
   <si>
     <t>PLURICAP' - TEKWS - TWS</t>
   </si>
   <si>
     <t>1 AVENUE D'ALSACE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>01/08/2017</t>
   </si>
   <si>
+    <t>LN FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE HOLLANDE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>L'ECOLE DE LA HAUTE FINANCE</t>
+  </si>
+  <si>
+    <t>PARC DE L'AEROPORT LE FORUM 70 RUE JOSEPH ALOIS SCHUMPETER 34470 PEROLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERNANDEZ CAMILLE CHRISTIAN  </t>
+  </si>
+  <si>
+    <t>250 ROUTE DU SOUQUET 40260 LESPERON</t>
+  </si>
+  <si>
+    <t>16/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOTY ERIC   </t>
+  </si>
+  <si>
+    <t>10 B CHEMIN DU CRET DE MONTCHER 69210 LENTILLY</t>
+  </si>
+  <si>
+    <t>12/07/2010</t>
+  </si>
+  <si>
+    <t>GROUPE SOMEFORM</t>
+  </si>
+  <si>
+    <t>ZAC DE LA FRESCOULE BAT 1 AVENUE JEAN MONNET 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>VERTEGO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ZONE EUROPA PREMIUM 4 RUE JOHANNES KEPLER 64000 PAU</t>
+  </si>
+  <si>
+    <t>FRANCOISE CANIVENC SARL</t>
+  </si>
+  <si>
+    <t>24 BOULEVARD ERNEST RENAN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/07/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMBERT CHRISTOPHE   </t>
+  </si>
+  <si>
+    <t>125 RUE EMILE ZOLA 59125 TRITH-SAINT-LEGER</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>TEMPEO</t>
+  </si>
+  <si>
+    <t>27A RUE DE LA SCIE BRULEE 67220 LALAYE</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEN SALAH ANIS   </t>
+  </si>
+  <si>
+    <t>1 IMPASSE GUSTAVE VIOLET 66270 LE SOLER</t>
+  </si>
+  <si>
+    <t>AMSI FORMATIONS</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD EUGENE DERUELLE 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>BOOMERANG CONSULTING</t>
+  </si>
+  <si>
+    <t>LATITUDE ARBOIS BT B PARC LA DURANNE 1060 RUE RENE DESCARTES 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>ISTRATECH</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRETIGNY 8 IMPASSE DES RIBOLAS 21490 CLENAY</t>
+  </si>
+  <si>
+    <t>31/03/2007</t>
+  </si>
+  <si>
+    <t>ALLIANCE</t>
+  </si>
+  <si>
+    <t>LE DOMAINE DES DUNES B21 RUE DU LIS DE MER 56410 ERDEVEN</t>
+  </si>
+  <si>
+    <t>15/05/2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAARAJ YOUSSEF   </t>
+  </si>
+  <si>
+    <t>19 RUE DE ROMAGNY 74100 ANNEMASSE</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>ELLIPSE FORMATION</t>
+  </si>
+  <si>
+    <t>8 CITE JOLY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2009</t>
+  </si>
+  <si>
+    <t>OMNICITE</t>
+  </si>
+  <si>
+    <t>70 RUE AMELOT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/2009</t>
+  </si>
+  <si>
+    <t>NRH APT</t>
+  </si>
+  <si>
+    <t>178 AVENUE DU VIADUC 84400 APT</t>
+  </si>
+  <si>
+    <t>LT FORMATION</t>
+  </si>
+  <si>
+    <t>VILLA 14 114 AVENUE FERNANDEL 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>SOFTEAM</t>
+  </si>
+  <si>
+    <t>45-47 45 BOULEVARD PAUL VAILLANT COUTURIER 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>19/12/2019</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>DESTINATION FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DES MEUILLES 38370 LES ROCHES-DE-CONDRIEU</t>
+  </si>
+  <si>
+    <t>18/12/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENZANO MARIANO   </t>
+  </si>
+  <si>
+    <t>2 RUE DE LA VICTOIRE 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>06/06/2018</t>
+  </si>
+  <si>
+    <t>WOV 78</t>
+  </si>
+  <si>
+    <t>54 RUE DU MARECHAL FOCH 78250 MEULAN-EN-YVELINES</t>
+  </si>
+  <si>
+    <t>25/01/2007</t>
+  </si>
+  <si>
+    <t>WOOSPEAK FRANCE</t>
+  </si>
+  <si>
+    <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAMIDE BENEDICTE   </t>
+  </si>
+  <si>
+    <t>14 B RUE DE NICE 69008 LYON 8EME</t>
+  </si>
+  <si>
+    <t>24/08/2010</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>THUIR</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>EMB FORMATION</t>
+  </si>
+  <si>
+    <t>90 RUE D'ITALIE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>COMTEL</t>
+  </si>
+  <si>
+    <t>176 AVENUE DE LA ROYALE 34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>22/09/2014</t>
+  </si>
+  <si>
+    <t>OTENSEA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>11/12/2007</t>
+  </si>
+  <si>
+    <t>130 AVENUE DE L’EUROPE 94320 THIAIS</t>
+  </si>
+  <si>
+    <t>25/04/2016</t>
+  </si>
+  <si>
+    <t>ASB CONSULTING</t>
+  </si>
+  <si>
+    <t>285 RUE ALFRED DE MUSSET 62700 BRUAY-LA-BUISSIERE</t>
+  </si>
+  <si>
+    <t>ALIAS FRANCE</t>
+  </si>
+  <si>
+    <t>9 AVENUE DAUMESNIL 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>15/01/2008</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>CFORPRO</t>
+  </si>
+  <si>
+    <t>TOUR DE L'HORLOGE 4 PLACE LOUIS ARMAND 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/01/2008</t>
+  </si>
+  <si>
+    <t>KFORMATION</t>
+  </si>
+  <si>
+    <t>5 IMPASSE DES TILLEULS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUANTIN BERTRAND   </t>
+  </si>
+  <si>
+    <t>AU TEMPS DES CLICS</t>
+  </si>
+  <si>
+    <t>98 RUE CONSOLAT 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/07/2021</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>A C C</t>
+  </si>
+  <si>
+    <t>9 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>46.90Z</t>
+  </si>
+  <si>
+    <t>ANGERVILLE-LA-MARTEL</t>
+  </si>
+  <si>
+    <t>07/07/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETIT EMMANUEL   </t>
+  </si>
+  <si>
+    <t>219 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>EFIA</t>
+  </si>
+  <si>
+    <t>88 RUE GRIGNAN 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LE PALLEC PATRICK HENRI ANTOINE </t>
+  </si>
+  <si>
+    <t>75 RUE DOCTEUR CALMETTE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>CHA.YO.LI (CHANGE YOUR LIFE)</t>
+  </si>
+  <si>
+    <t>CENTRE DE LANGUES</t>
+  </si>
+  <si>
+    <t>3 RUE BOILEAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUEB OLIVIER JEAN RENE </t>
+  </si>
+  <si>
+    <t>27 RUE DE LA COLLINE DU BRESIS 30100 ALES</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENNACCHIO MARLENE   </t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE NAPOLLON - BAT A 400 AVENUE DE PASSE TEMPS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>B AND B PERFORMANCE</t>
+  </si>
+  <si>
+    <t>216 RUE DE ROSNY 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>SEA TRAINING</t>
+  </si>
+  <si>
+    <t>73 BOULEVARD DE BEZONS 78500 SARTROUVILLE</t>
+  </si>
+  <si>
+    <t>LOGING</t>
+  </si>
+  <si>
+    <t>LOGING SAS</t>
+  </si>
+  <si>
+    <t>2 ALLEE COMMANDANT MOUCHOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>17/11/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERTUEUX SAMUEL STEPHANE  </t>
+  </si>
+  <si>
+    <t>EPINAY BAS QUARTIER L EPINAY 97228 SAINTE-LUCE</t>
+  </si>
+  <si>
+    <t>25/01/2010</t>
+  </si>
+  <si>
+    <t>02973287997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIDET RACHEL NATHALIE  </t>
+  </si>
+  <si>
+    <t>106 RUE DU STADE 45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>01/02/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANQUART DOROTHEE   </t>
+  </si>
+  <si>
+    <t>223 RUE HECTOR GUIMARD 07500 GUILHERAND-GRANGES</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GIRE CHRISTINE   </t>
+  </si>
+  <si>
+    <t>1 ALLEE PASCAL 95110 SANNOIS</t>
+  </si>
+  <si>
+    <t>01/03/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOURNIER MICKAEL JEAN JOSEPH   </t>
+  </si>
+  <si>
+    <t>RESIDENCE DU CHATEAU - BAT. A 2 RUE JULES NADI 26140 ANNEYRON</t>
+  </si>
+  <si>
+    <t>05/05/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBOUC SOIZIC DOMINIQUE ANDREE </t>
+  </si>
+  <si>
+    <t>13 IMPASSE DU 1ER MAI 37700 SAINT-PIERRE-DES-CORPS</t>
+  </si>
+  <si>
+    <t>24/03/2010</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>PHOENIX</t>
+  </si>
+  <si>
+    <t>PHOENIX-ERF 360-PHYTO PHARMA-KOOL VAPE-GREEN HEMP</t>
+  </si>
+  <si>
+    <t>565 ALLEE DE CASSAGNE 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>30/08/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROSSEAU HERVE MICHEL ROBERT </t>
+  </si>
+  <si>
+    <t>7 PLACE DES FAUVETTES 17230 SAINT-OUEN-D'AUNIS</t>
+  </si>
+  <si>
+    <t>04/06/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VERGE FLORIAN DAVID PASCAL   </t>
+  </si>
+  <si>
+    <t>6 RUE HENRI BOURJADE 11560 FLEURY</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>MAELIA CONSULTING</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES DILLON EXPRESS RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEMAITRE GAELLE   </t>
+  </si>
+  <si>
+    <t>147 RUE DE LA COMETE 69210 EVEUX</t>
+  </si>
+  <si>
+    <t>30/05/2010</t>
+  </si>
+  <si>
+    <t>TF CAP CONSULTING</t>
+  </si>
+  <si>
+    <t>45 AVENUE DE LASBORDES 31130 BALMA</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>JOBERWOCKY</t>
+  </si>
+  <si>
+    <t>71 AVENUE MARCEAU 75016 PARIS</t>
+  </si>
+  <si>
+    <t>23/11/2010</t>
+  </si>
+  <si>
+    <t>LOMEDIS</t>
+  </si>
+  <si>
+    <t>68 RUE ANDRE KARMAN 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>01/12/2010</t>
+  </si>
+  <si>
+    <t>OFADIS</t>
+  </si>
+  <si>
+    <t>49 GRANDE RUE 91290 ARPAJON</t>
+  </si>
+  <si>
+    <t>20/01/2011</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>ENVICOM - FORMATION &amp; CONSEIL (ELFEEA - ACCOMPAGNEMENT ET SENSIBILISATION AUX VALEURS DU DEVELOPPEMENT DURABLE)</t>
+  </si>
+  <si>
+    <t>56 AVENUE RAYMOND COMBOUL 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/02/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANIELYAN SUREN   </t>
+  </si>
+  <si>
+    <t>82 RUE LOUIS BECKER 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>02/04/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIVAULT STEEVE   </t>
+  </si>
+  <si>
+    <t>18 RUE GABRIEL PERI 97450 SAINT-LOUIS</t>
+  </si>
+  <si>
+    <t>05/01/2022</t>
+  </si>
+  <si>
+    <t>04973373197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILLART JUSTINE LINDA VERONIQUE </t>
+  </si>
+  <si>
+    <t>855 RUE DU BRULE 62129 ECQUES</t>
+  </si>
+  <si>
+    <t>03/12/2013</t>
+  </si>
+  <si>
+    <t>C2J</t>
+  </si>
+  <si>
+    <t>ALTIM FORMATION</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITES DE TECHNELLYS 165 RUE DE LA MONTAGNE DU SALUT 56600 LANESTER</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>SAS CGP RESSOURCES HUMAINES</t>
+  </si>
+  <si>
+    <t>14 RUE DE BOIS FOSSE 85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADNANI HANIA   </t>
+  </si>
+  <si>
+    <t>FEEIM</t>
+  </si>
+  <si>
+    <t>PORTE 208  BAT B4 33 T RUE VESTREPAIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>10/07/2011</t>
+  </si>
+  <si>
+    <t>ESPACE MERCURE</t>
+  </si>
+  <si>
+    <t>I2FPA</t>
+  </si>
+  <si>
+    <t>11 RUE ALBERT EINSTEIN 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCIORTINO PIERRE-HENRI PATRICE JEAN </t>
+  </si>
+  <si>
+    <t>LE PLEIN SOLEIL 2 - ESCALIER F 350 AVENUE AUDIBERT 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>DELPICOM</t>
+  </si>
+  <si>
+    <t>70 RUE MADEMOISELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>OPEN</t>
+  </si>
+  <si>
+    <t>OPEN FORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE NIEL 75017 PARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETCHEBERRY ALAIN   </t>
+  </si>
+  <si>
+    <t>80 PETIT CHEMIN 64130 BARCUS</t>
+  </si>
+  <si>
+    <t>22/11/2011</t>
+  </si>
+  <si>
+    <t>ETCHE FORMATION</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN MONNET 64130 CHERAUTE</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIERRE GUY   </t>
+  </si>
+  <si>
+    <t>24 RESIDENCE DU DOCTEUR TREZEGUET 62380 LUMBRES</t>
+  </si>
+  <si>
+    <t>04/01/2012</t>
+  </si>
+  <si>
+    <t>VEXIN CONSEIL</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA 2EME DB 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOISSENIN MARIE CECILE MARCELLE </t>
+  </si>
+  <si>
+    <t>2 CHEMIN DE BELLEVUE 25210 BONNETAGE</t>
+  </si>
+  <si>
+    <t>11/01/2012</t>
+  </si>
+  <si>
+    <t>ALEGIA FORMATION</t>
+  </si>
+  <si>
+    <t>GROUPE ARKESYS</t>
+  </si>
+  <si>
+    <t>70 RUE BERGSON 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>SCG FORMATION</t>
+  </si>
+  <si>
+    <t>100 ROUTE DE NIMES 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>CABINET 2L</t>
+  </si>
+  <si>
+    <t>CABINET 2L CONSEIL ET FORMATION-ELOGIUM</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRE IBS 679 AVENUE DE LA REPUBLIQUE (LILLE) 59800 LILLE</t>
+  </si>
+  <si>
+    <t>24/01/2014</t>
+  </si>
+  <si>
+    <t>HM FORMATION</t>
+  </si>
+  <si>
+    <t>HM CONSULTING</t>
+  </si>
+  <si>
+    <t>25 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>03/12/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">METAYER PHILIPPE JACQUES  </t>
+  </si>
+  <si>
+    <t>33 AVENUE DU GRAND FOSSE 13960 SAUSSET-LES-PINS</t>
+  </si>
+  <si>
+    <t>25/05/2012</t>
+  </si>
+  <si>
+    <t>ENJEU DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>670 CHEMIN DES LAUGIERS 83210 SOLLIES-PONT</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>SERENEOR</t>
+  </si>
+  <si>
+    <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>05/08/2016</t>
+  </si>
+  <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>CLM FORMATIONS</t>
+  </si>
+  <si>
+    <t>LOCAL N6 495 BOULEVARD DE LERY 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
@@ -871,1970 +2257,710 @@
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>CAP E-GO - VALORISATION DU CAPITAL EDUCATIF</t>
   </si>
   <si>
     <t>16 CHEMIN DE LA BASTIDE 33770 SALLES</t>
   </si>
   <si>
     <t>01/06/2013</t>
   </si>
   <si>
     <t>ARKETYPE FORMATION</t>
   </si>
   <si>
     <t>AF R - CENTRE D AFFAIRES 28 RUE DE LA BRETONNERIE 95300 PONTOISE</t>
   </si>
   <si>
     <t xml:space="preserve">GHOMARI KHALIDA   </t>
   </si>
   <si>
     <t>98 RUE LAZARE BERNARD 59220 DENAIN</t>
   </si>
   <si>
-    <t>01/09/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>BSD CONSEIL</t>
   </si>
   <si>
     <t>4 RUE EDGAR VARESE 75019 PARIS</t>
   </si>
   <si>
     <t>20/08/2021</t>
   </si>
   <si>
-    <t>FACULTE DES METIERS DE L ESSONNE</t>
-[...932 lines deleted...]
-    <t>ALPHARD TECHNOLOGIES A.T.</t>
+    <t>BE-HAR COM</t>
+  </si>
+  <si>
+    <t>6 RUE DELESSEUX 75019 PARIS</t>
+  </si>
+  <si>
+    <t>06/05/2021</t>
+  </si>
+  <si>
+    <t>ACSO</t>
+  </si>
+  <si>
+    <t>103 AVENUE CHARLES DE GAULLE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>ALANAE FORMATION</t>
+  </si>
+  <si>
+    <t>VEND'ETUDES</t>
+  </si>
+  <si>
+    <t>3 B RUE MARECHAL FOCH 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>04/01/2014</t>
+  </si>
+  <si>
+    <t>DELTEIS</t>
+  </si>
+  <si>
+    <t>9 RUE ANDRE PINGAT 51100 REIMS</t>
+  </si>
+  <si>
+    <t>25/09/2015</t>
+  </si>
+  <si>
+    <t>CAPECIA FORMATIONS</t>
+  </si>
+  <si>
+    <t>24 RUE EMERIC DAVID 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>07/11/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHAMINADE GILLES   </t>
+  </si>
+  <si>
+    <t>20 RUE SAINT ANDRE 87240 AMBAZAC</t>
+  </si>
+  <si>
+    <t>03/03/2014</t>
+  </si>
+  <si>
+    <t>ORION</t>
+  </si>
+  <si>
+    <t>12 RUE DU CHATEAU LANDON 75010 PARIS</t>
+  </si>
+  <si>
+    <t>02/12/2019</t>
+  </si>
+  <si>
+    <t>THEMANIS</t>
+  </si>
+  <si>
+    <t>LAKE PARC   ZAC DE L HERS 308 ALLEE DU LAC 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>02/01/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUCHS BARBARA   </t>
+  </si>
+  <si>
+    <t>LA SALINE LES BAINS 41 RUE DU LAGON 97434 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>04973171297</t>
+  </si>
+  <si>
+    <t>COLLECTIF SOCIAL WEB</t>
+  </si>
+  <si>
+    <t>ESCM DE STE CROIX 26 PLACE DES GASCONS 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>08/01/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOMBOUSSEGUE ADAMA   </t>
+  </si>
+  <si>
+    <t>5 IMPASSE DU VALLON 31700 MONDONVILLE</t>
+  </si>
+  <si>
+    <t>20/09/2021</t>
+  </si>
+  <si>
+    <t>C L FORMATIONS&amp;CONSEILS</t>
+  </si>
+  <si>
+    <t>125 RUE DE L'HOSTELLERIE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>LEADING LANGUAGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t>JOB 66</t>
+  </si>
+  <si>
+    <t>APPT A105    RESIDENCE MAS AMBRE IMPASSE LES COLOMINES 66540 BAHO</t>
+  </si>
+  <si>
+    <t>03/09/2014</t>
+  </si>
+  <si>
+    <t>15/02/2025</t>
+  </si>
+  <si>
+    <t>LE LABO.VE.</t>
+  </si>
+  <si>
+    <t>POLEYRIEUX ZONE ARIC INDUSTRIE 07160 LE CHEYLARD</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>SC-3M</t>
+  </si>
+  <si>
+    <t>5 RUE DE CONFLANS 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>JPC CONSEIL</t>
+  </si>
+  <si>
+    <t>188 PARC DU PLESSIS PICARD 77550 REAU</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>PROVALE FORMATION</t>
+  </si>
+  <si>
+    <t>PROVALE 280 ROUTE DE SAINT SIMON 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LE COGUIC MARIE-CHRISTINE   </t>
+  </si>
+  <si>
+    <t>WAPEO FORMATION BUREAUTIQUE</t>
+  </si>
+  <si>
+    <t>29 ALLEE DE LIMOGES 56000 VANNES</t>
+  </si>
+  <si>
+    <t>ASSURE DIRECT</t>
+  </si>
+  <si>
+    <t>16 RUE VANDEL 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t>ASSISTANCE FORMATION PARTICULIERS ET ENTREPRISE</t>
+  </si>
+  <si>
+    <t>BAT A LE BELVEDERE 159 AVENUE DE LA TIMONE 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>FAST CLIC</t>
+  </si>
+  <si>
+    <t>13 B AVENUE GEORGES POMPIDOU 11400 CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>18/02/2016</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETITJEAN CAROLINE NICOLE  </t>
+  </si>
+  <si>
+    <t>LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>SKILLS SYNERGY</t>
+  </si>
+  <si>
+    <t>38 RUE DU MENIL 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>INITIATIVES VENTE DIRECTE</t>
+  </si>
+  <si>
+    <t>LE GRAND CERISEAUX 3 RUE GRANDE 77460 SOUPPES-SUR-LOING</t>
+  </si>
+  <si>
+    <t>08/03/2016</t>
+  </si>
+  <si>
+    <t>B2H 13 AIX</t>
+  </si>
+  <si>
+    <t>ASKILL FORMATION</t>
+  </si>
+  <si>
+    <t>PARC MELODIA 1460 CHEMIN DES TERRIERS 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>08/04/2016</t>
+  </si>
+  <si>
+    <t>FRANCE FORMATION GROUPE</t>
+  </si>
+  <si>
+    <t>19 RUE DU MUSEE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>05/12/2020</t>
+  </si>
+  <si>
+    <t>ALMELIA SESSION</t>
+  </si>
+  <si>
+    <t>FLORENCE 2 PLACE FULGENCE BIENVENUE 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>13/10/2020</t>
+  </si>
+  <si>
+    <t>LIBRA FORMATION</t>
+  </si>
+  <si>
+    <t>5 B RUE VICTOR SCHOELCHER 97320 SAINT LAURENT DU MARONI</t>
+  </si>
+  <si>
+    <t>03973324797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THELAMON STEPHANE   </t>
+  </si>
+  <si>
+    <t>BAT MELASSE PTE 02 RES LES COTEAUX 97228 SAINTE-LUCE</t>
+  </si>
+  <si>
+    <t>05/10/2016</t>
+  </si>
+  <si>
+    <t>02973317897</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <t>15/03/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUAT FLORENCE   </t>
+  </si>
+  <si>
+    <t>5 LOT FONTOULENC 34490 CORNEILHAN</t>
+  </si>
+  <si>
+    <t>24/11/2016</t>
+  </si>
+  <si>
+    <t>INFANS GROUP</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE STADIUM DECINES CHARPIEU 8 AVENUE SIMONE VEIL 69150 DECINES-CHARPIEU</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>OCTAGY</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES BEGUINES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>ARCADIA CONSULTING</t>
+  </si>
+  <si>
+    <t>10 RUE DU COLISEE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>18/09/2018</t>
+  </si>
+  <si>
+    <t>DIGITAL LEARNING</t>
+  </si>
+  <si>
+    <t>452 BOULEVARD MICHELET 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE DU DIGITAL</t>
+  </si>
+  <si>
+    <t>9-11 9 AVENUE MICHELET 93400 SAINT-OUEN-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>25/03/2021</t>
+  </si>
+  <si>
+    <t>ADOC SOFT</t>
+  </si>
+  <si>
+    <t>35 A RUE DE L'INDUSTRIE 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARBIER CHRISTIAN DAVID  </t>
+  </si>
+  <si>
+    <t>3 IMPASSE DES LAVANDINS 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>CODEX</t>
+  </si>
+  <si>
+    <t>675 CHEMIN DES VIGNES 83136 ROCBARON</t>
+  </si>
+  <si>
+    <t>07/06/2017</t>
+  </si>
+  <si>
+    <t>26 ACADEMY</t>
+  </si>
+  <si>
+    <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOBLET ARNAUD THOMAS DAVID </t>
+  </si>
+  <si>
+    <t>CREA-FORMA</t>
+  </si>
+  <si>
+    <t>15 RUE DU BOIS DE LA COURONNE 76260 EU</t>
+  </si>
+  <si>
+    <t>15/07/2017</t>
+  </si>
+  <si>
+    <t>OPLURIEL FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES MARAICHERS 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/11/2021</t>
+  </si>
+  <si>
+    <t>MODULAGE</t>
+  </si>
+  <si>
+    <t>5 PLACE DE L'UNIVERSITE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>E-WORKS</t>
+  </si>
+  <si>
+    <t>6 RUE JOSEPH MEHUL 08330 VRIGNE AUX BOIS</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LARIVE LOIC ROMUALD REMY </t>
+  </si>
+  <si>
+    <t>5 RUE DU CLOS GIRARD 77700 CHESSY</t>
+  </si>
+  <si>
+    <t>68.20A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POHER SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>9 RUE DU BOIS 60360 LIHUS</t>
+  </si>
+  <si>
+    <t>10/11/2017</t>
+  </si>
+  <si>
+    <t>MASQUILES</t>
+  </si>
+  <si>
+    <t>6 PLACE DE L'UNIVERSITE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>STARTWORKUP</t>
+  </si>
+  <si>
+    <t>100 AVENUE DE LA MARNE 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>SERVICE !</t>
+  </si>
+  <si>
+    <t>4 RUE DES BOSQUETS 57200 FRAUENBERG</t>
+  </si>
+  <si>
+    <t>82.19Z</t>
+  </si>
+  <si>
+    <t>3P FORMATIONS</t>
+  </si>
+  <si>
+    <t>BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>ATORIA</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE LA REPUBLIQUE 92500 RUEIL-MALMAISON</t>
+  </si>
+  <si>
+    <t>13/07/2022</t>
+  </si>
+  <si>
+    <t>CABINET ICSOS</t>
+  </si>
+  <si>
+    <t>5 BOULEVARD ALBERT 1ER 20000 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>EDUKAT</t>
+  </si>
+  <si>
+    <t>LOCAL 683 LES HAMEAUX DE LA COQUIERE RUE MARCEAU 83310 COGOLIN</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>STOP AU CHOMAGE</t>
+  </si>
+  <si>
+    <t>143 RUE HENRI REGNAULT 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>30/07/2018</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>AD'ON FORMATION</t>
+  </si>
+  <si>
+    <t>237 AVENUE DU GENERAL LECLERC 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>26/03/2019</t>
+  </si>
+  <si>
+    <t>ACCECE</t>
+  </si>
+  <si>
+    <t>ACCECE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES CHAMPS PERDRIX 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>LEVEL'UP</t>
+  </si>
+  <si>
+    <t>STUDY'UP</t>
+  </si>
+  <si>
+    <t>40 RUE DES SARRAZINS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>20/10/2018</t>
+  </si>
+  <si>
+    <t>COMPTOIR DE LA FORMATION</t>
+  </si>
+  <si>
+    <t>401 AVENUE DE TOULOUSE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>06/11/2018</t>
+  </si>
+  <si>
+    <t>BE CONSEILS</t>
+  </si>
+  <si>
+    <t>2 RUE LOUIS PERGAUD 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>03/01/2021</t>
+  </si>
+  <si>
+    <t>DIGA MANAGEMENT</t>
+  </si>
+  <si>
+    <t>DATATIM</t>
+  </si>
+  <si>
+    <t>MAISON DE LA TECHNOPOLE CS 20119 6 RUE LEONARD DE VINCI 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>16/11/2018</t>
+  </si>
+  <si>
+    <t>FOPTIMA</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE LOTI 47520 LE PASSAGE</t>
+  </si>
+  <si>
+    <t>21/12/2018</t>
+  </si>
+  <si>
+    <t>FOCUS &amp; YOU</t>
+  </si>
+  <si>
+    <t>6 RUE D'ARMAILLE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>EXELIS</t>
+  </si>
+  <si>
+    <t>10 IMPASSE GRANDE COUR 94520 PERIGNY</t>
+  </si>
+  <si>
+    <t>08/12/2018</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>MEDERE</t>
+  </si>
+  <si>
+    <t>94 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>FORMATION ET REUSSITE</t>
+  </si>
+  <si>
+    <t>35 RUE PAUL VAILLANT-COUTURIER 92240 MALAKOFF</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>SEVEN LIFE</t>
+  </si>
+  <si>
+    <t>76 BOULEVARD DANIELLE CASANOVA 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>26/12/2024</t>
+  </si>
+  <si>
+    <t>FORME EMPLOI</t>
+  </si>
+  <si>
+    <t>116 RUE VOLTAIRE 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>EXPERTAIDE</t>
+  </si>
+  <si>
+    <t>2 RUE PANHARD 91830 LE COUDRAY-MONTCEAUX</t>
+  </si>
+  <si>
+    <t>15/02/2019</t>
+  </si>
+  <si>
+    <t>HARVARD FORMATION CONSULTING</t>
   </si>
   <si>
     <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
-    <t>27/03/2017</t>
-[...967 lines deleted...]
-  <si>
     <t>01/02/2024</t>
   </si>
   <si>
     <t>ALEYSSON</t>
   </si>
   <si>
     <t>97 B RUE DU DAUPHINE 69003 LYON</t>
   </si>
   <si>
     <t>CERTISURE FORMATION</t>
   </si>
   <si>
     <t>CERTISURE</t>
   </si>
   <si>
     <t>8 RUE ALFRED MAUREL 34120 PEZENAS</t>
   </si>
   <si>
     <t>EMINEA</t>
   </si>
   <si>
     <t>41 AVENUE CARNOT 93140 BONDY</t>
   </si>
   <si>
     <t>01/05/2019</t>
@@ -2857,53 +2983,50 @@
   <si>
     <t>11/04/2019</t>
   </si>
   <si>
     <t>LIBERTY-JOB</t>
   </si>
   <si>
     <t>LIBERTY JOB</t>
   </si>
   <si>
     <t>653 CHEMIN DE LUCQ 40290 HABAS</t>
   </si>
   <si>
     <t>08/04/2019</t>
   </si>
   <si>
     <t>KING ACADEMY</t>
   </si>
   <si>
     <t>11 RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>15/04/2019</t>
   </si>
   <si>
-    <t>18/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>B2H83 FREJUS</t>
   </si>
   <si>
     <t>13/05/2019</t>
   </si>
   <si>
     <t xml:space="preserve">DUMAS STEPHANIE NICOLE LUCETTE </t>
   </si>
   <si>
     <t>61 RUE DES SABLES 85160 SAINT-JEAN-DE-MONTS</t>
   </si>
   <si>
     <t>JOCKER</t>
   </si>
   <si>
     <t>5 RUE PRINCIPALE 55400 LANHERES</t>
   </si>
   <si>
     <t>26/06/2019</t>
   </si>
   <si>
     <t>20/01/2024</t>
   </si>
   <si>
     <t>23 RUE PRINCIPALE 55400 LANHERES</t>
@@ -3070,110 +3193,50 @@
   <si>
     <t>102 RUE LOUIS ARMAND 78955 CARRIERES-SOUS-POISSY</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>SDB FORMATION</t>
   </si>
   <si>
     <t>1 RUE DU 8 MAI 1945 91490 MILLY-LA-FORET</t>
   </si>
   <si>
     <t>12/11/2019</t>
   </si>
   <si>
     <t>ASSOCIATION DES FORMATEURS INDEPENDANTS</t>
   </si>
   <si>
     <t>7 AVENUE DES POILUS 06140 VENCE</t>
   </si>
   <si>
     <t>10/10/2019</t>
   </si>
   <si>
-    <t>SENZA</t>
-[...58 lines deleted...]
-  <si>
     <t>ISOCEL QUALITE</t>
   </si>
   <si>
     <t>7 RUE DE LA MALADIERE 07130 SAINT-PERAY</t>
   </si>
   <si>
     <t>04/02/2020</t>
   </si>
   <si>
     <t>MON CENTRE FORMATION</t>
   </si>
   <si>
     <t>PARC D ACTIVITES DE LIMONEST 283 RUE DE L'ETANG 69760 LIMONEST</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
     <t>TILAS</t>
   </si>
   <si>
     <t>15 BOULEVARD DE L'EUROPE 02300 CHAUNY</t>
   </si>
   <si>
     <t>01/04/2020</t>
@@ -3214,53 +3277,50 @@
   <si>
     <t>26/05/2020</t>
   </si>
   <si>
     <t>ITZ-LEARNING</t>
   </si>
   <si>
     <t>16 RUE DES OISEAUX 91310 LEUVILLE-SUR-ORGE</t>
   </si>
   <si>
     <t>15/07/2020</t>
   </si>
   <si>
     <t>I-GLOBALFORM</t>
   </si>
   <si>
     <t>198 RUE BRETEUIL 13006 MARSEILLE</t>
   </si>
   <si>
     <t>22/06/2020</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
-    <t>SM FORMATION</t>
-[...1 lines deleted...]
-  <si>
     <t>124 RUE DE TOCQUEVILLE 75017 PARIS</t>
   </si>
   <si>
     <t>08/06/2020</t>
   </si>
   <si>
     <t>COGITO</t>
   </si>
   <si>
     <t>7 ALLEE DU PETIT PONT 78620 L'ETANG-LA-VILLE</t>
   </si>
   <si>
     <t>16/11/2020</t>
   </si>
   <si>
     <t>01/05/2022</t>
   </si>
   <si>
     <t>MAESTRIA</t>
   </si>
   <si>
     <t>24 CHEMIN DE LA GRUE 95450 FREMAINVILLE</t>
   </si>
   <si>
     <t>06/07/2020</t>
@@ -3385,53 +3445,50 @@
   <si>
     <t>128 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>MB INSTITUT</t>
   </si>
   <si>
     <t>171 RUE DE BILLANCOURT 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>02/11/2021</t>
   </si>
   <si>
     <t>BEXFOR</t>
   </si>
   <si>
     <t>18-26 18 RUE GOUBET 75019 PARIS</t>
   </si>
   <si>
     <t>26/10/2020</t>
   </si>
   <si>
     <t>DAREWINS</t>
   </si>
   <si>
-    <t>15 RUE DES HALLES 75001 PARIS</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMIP</t>
   </si>
   <si>
     <t>34 RUE PASTEUR 39110 SALINS-LES-BAINS</t>
   </si>
   <si>
     <t>01/05/2024</t>
   </si>
   <si>
     <t>ACTIV' PROJETS</t>
   </si>
   <si>
     <t>92 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>07/01/2022</t>
   </si>
   <si>
     <t>FHK CONSULTING</t>
   </si>
   <si>
     <t>68 B AVENUE JEAN JAURES 33150 CENON</t>
   </si>
   <si>
     <t>01/11/2020</t>
@@ -3511,50 +3568,53 @@
   <si>
     <t>LABEGE 1862 RUE LA LAURAGAISE 31670 LABEGE</t>
   </si>
   <si>
     <t>14/01/2021</t>
   </si>
   <si>
     <t>SP FORMATION CONSEIL</t>
   </si>
   <si>
     <t>13 ROUTE DE PRINGY 74370 ARGONAY</t>
   </si>
   <si>
     <t>11/01/2021</t>
   </si>
   <si>
     <t>FC3ST</t>
   </si>
   <si>
     <t>1 AVENUE BECQUERELLE 92600 ASNIERES-SUR-SEINE</t>
   </si>
   <si>
     <t>27/01/2021</t>
   </si>
   <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
     <t>ALZER</t>
   </si>
   <si>
     <t>9 AVENUE DES ERABLES 95400 VILLIERS-LE-BEL</t>
   </si>
   <si>
     <t>PERFORMANCE FORMATION</t>
   </si>
   <si>
     <t>29 RUE DES ARCADES 06560 VALBONNE</t>
   </si>
   <si>
     <t>SAS DCF</t>
   </si>
   <si>
     <t>8 RUE DES VERTS PRES 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>FORMA-CONSEILS</t>
   </si>
   <si>
     <t>97-109-ZI DES CHANOUX 97 RUE DES FRERES LUMIERE 93330 NEUILLY-SUR-MARNE</t>
   </si>
   <si>
     <t>MON AVENIR PRO</t>
@@ -3601,53 +3661,50 @@
   <si>
     <t>10/03/2021</t>
   </si>
   <si>
     <t>TRANS-COMPETENCES</t>
   </si>
   <si>
     <t>76 RUE DE LA CONVENTION 93120 LA COURNEUVE</t>
   </si>
   <si>
     <t>11/02/2021</t>
   </si>
   <si>
     <t>MSI MSA CONSEIL</t>
   </si>
   <si>
     <t>54 BOULEVARD DU GENERAL LECLERC 59100 ROUBAIX</t>
   </si>
   <si>
     <t>PARIS FORMATION</t>
   </si>
   <si>
     <t>19 RUE BOUCHARDON 75010 PARIS</t>
   </si>
   <si>
-    <t>27/09/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>APPRENANCE LAB</t>
   </si>
   <si>
     <t>1 RUE HAUTE 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>16/03/2021</t>
   </si>
   <si>
     <t>AMA 2C</t>
   </si>
   <si>
     <t>VIRE NORMANDIE</t>
   </si>
   <si>
     <t>31/03/2021</t>
   </si>
   <si>
     <t>FORMATION DU CAPITOLE</t>
   </si>
   <si>
     <t>13 RUE SAINTE URSULE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>02/04/2021</t>
@@ -3883,122 +3940,50 @@
   <si>
     <t>SAS PRO FORMATION</t>
   </si>
   <si>
     <t>193 AVENUE HENRI BARBUSSE 93700 DRANCY</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>LEARN IN NICE</t>
   </si>
   <si>
     <t>BAT C2 268 ROUTE DE BELLET 06200 NICE</t>
   </si>
   <si>
     <t>MGC FORMATIONS</t>
   </si>
   <si>
     <t>MGC</t>
   </si>
   <si>
     <t>BUREAU 3 2 RUE COYSEVOX 69001 LYON</t>
   </si>
   <si>
-    <t>MYWIX</t>
-[...70 lines deleted...]
-  <si>
     <t>CONNECT LEARNING</t>
   </si>
   <si>
     <t>ATOUTS FORMATIONS</t>
   </si>
   <si>
     <t>65 RUE DE LA CROIX 92000 NANTERRE</t>
   </si>
   <si>
     <t>25/10/2021</t>
   </si>
   <si>
     <t>SKOOLEO</t>
   </si>
   <si>
     <t>1 IMPASSE LAMBERT 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>26/10/2021</t>
   </si>
   <si>
     <t>CFPEI</t>
   </si>
   <si>
     <t>13 BOULEVARD INSURECTION DU GHETTO VARSOVIE 54000 NANCY</t>
@@ -4636,63 +4621,57 @@
   <si>
     <t>LEARNING ACCESS</t>
   </si>
   <si>
     <t>22 SQUARE GERARD PHILIPE 78190 TRAPPES</t>
   </si>
   <si>
     <t>17/10/2022</t>
   </si>
   <si>
     <t>MAYDEN CONSULTING</t>
   </si>
   <si>
     <t>17 RUE DES BLES 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>18/10/2022</t>
   </si>
   <si>
     <t>MIRAL ACADEMY</t>
   </si>
   <si>
     <t>14/10/2022</t>
   </si>
   <si>
-    <t>VICTORY FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>MA FORMAT</t>
   </si>
   <si>
     <t>84 AVENUE SECRETAN 75019 PARIS</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
   </si>
   <si>
     <t>MADAME FORMATIONS</t>
   </si>
   <si>
     <t>10 B RUE DES CARRIERES 89100 MAILLOT</t>
   </si>
   <si>
     <t>22/11/2022</t>
   </si>
   <si>
     <t>GERY CONSULTING</t>
   </si>
   <si>
     <t>2 AVENUE DE LA LIBERATION 18000 BOURGES</t>
   </si>
   <si>
     <t>07/11/2022</t>
   </si>
   <si>
     <t>SISTER CONCEPT FORMATION</t>
   </si>
   <si>
     <t>LES FAUX 13 ROUTE DU GEVAUDAN 48120 SAINT-ALBAN-SUR-LIMAGNOLE</t>
   </si>
@@ -5238,51 +5217,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M554"/>
+  <dimension ref="A1:M551"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -6290,19730 +6269,19523 @@
       <c r="F27" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>62</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>33960698000060</v>
+        <v>32874572400018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I28" s="3">
-        <v>72330097433</v>
+        <v>93131385613</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>33960698000086</v>
+        <v>33089208400022</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="C29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="G29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I29" s="3">
-        <v>72330097433</v>
+        <v>11940681494</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>33960698000110</v>
+        <v>33237704300051</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I30" s="3">
-        <v>72330097433</v>
+        <v>93840072284</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>34358867900021</v>
+        <v>33282912600025</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G31" s="2"/>
+        <v>100</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34507210200022</v>
+        <v>33343729100045</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="I32" s="3">
-        <v>84420315242</v>
+        <v>93060075406</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34823964100031</v>
+        <v>33354415300146</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I33" s="3">
-        <v>82380181838</v>
+        <v>11751042775</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34860741700055</v>
+        <v>33354415300195</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I34" s="3">
-        <v>11922272792</v>
+        <v>11751042775</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>35250115900011</v>
+        <v>33354415300286</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="I35" s="3">
-        <v>26890094689</v>
+        <v>11751042775</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>35271719300044</v>
+        <v>33354415300302</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I36" s="3">
-        <v>95970120697</v>
+        <v>11751042775</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38167047000024</v>
+        <v>33354415300310</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="I37" s="3">
-        <v>22600213260</v>
+        <v>11751042775</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>38178521100040</v>
+        <v>33354415300328</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I38" s="3">
-        <v>28760599476</v>
+        <v>11751042775</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>38329559900047</v>
+        <v>33354415300344</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="G39" s="2"/>
+        <v>121</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>122</v>
+      </c>
       <c r="H39" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38756765400067</v>
+        <v>33354415300369</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>130</v>
+        <v>107</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>133</v>
+        <v>73</v>
       </c>
       <c r="I40" s="3">
-        <v>82380268038</v>
+        <v>11751042775</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39003205000028</v>
+        <v>33354415300435</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I41" s="3">
-        <v>82380184838</v>
+        <v>11751042775</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39280706100024</v>
+        <v>33354415300468</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I42" s="3">
-        <v>52440206744</v>
+        <v>11751042775</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39336786700024</v>
+        <v>33354415300484</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I43" s="3">
-        <v>11752175275</v>
+        <v>11751042775</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39350481600090</v>
+        <v>33392819000045</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I44" s="3">
-        <v>11921437192</v>
+        <v>11921438392</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39350481600215</v>
+        <v>33751741100019</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>11921437192</v>
+        <v>73</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>138</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39350481600223</v>
+        <v>33960698000060</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>139</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>141</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="H46" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>39350481600231</v>
+        <v>33960698000086</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D47" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="G47" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>39350481600249</v>
+        <v>33960698000110</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="G48" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="H48" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>39388067900054</v>
+        <v>34358867900021</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I49" s="3">
-        <v>11788232178</v>
+        <v>31620039262</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>42932090600028</v>
+        <v>34507210200022</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>149</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>150</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I50" s="3">
-        <v>52440601644</v>
+        <v>84420315242</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>42998754800121</v>
+        <v>34823964100031</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I51" s="3">
-        <v>52440363444</v>
+        <v>82380181838</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>42998754800162</v>
+        <v>34860741700055</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="G52" s="2"/>
+        <v>158</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>159</v>
+      </c>
       <c r="H52" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>42998754800188</v>
+        <v>35250115900011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D53" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="I53" s="3">
-        <v>52440363444</v>
+        <v>26890094689</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>42998754800261</v>
+        <v>35271719300044</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>164</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>165</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>73</v>
+        <v>160</v>
       </c>
       <c r="I54" s="3">
-        <v>52440363444</v>
+        <v>95970120697</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>43142174200054</v>
+        <v>38167047000024</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="I55" s="3">
-        <v>73310344631</v>
+        <v>22600213260</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>43309035400039</v>
+        <v>38178521100040</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I56" s="3">
-        <v>54160083116</v>
+        <v>28760599476</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>43495354300023</v>
+        <v>38329559900047</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I57" s="3">
-        <v>82010073801</v>
+        <v>11755927575</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>43809379100046</v>
+        <v>38756765400067</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="I58" s="3">
-        <v>11754461075</v>
+        <v>82380268038</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>43840867600056</v>
+        <v>39003205000028</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I59" s="3">
-        <v>28500132950</v>
+        <v>82380184838</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>43873408900040</v>
+        <v>39280706100024</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>167</v>
+        <v>123</v>
       </c>
       <c r="I60" s="3">
-        <v>31590833259</v>
+        <v>52440206744</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>43924456700020</v>
+        <v>39336786700024</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="G61" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>122</v>
+      </c>
       <c r="H61" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I61" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>44012066500029</v>
+        <v>39350481600090</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I62" s="3">
-        <v>22020080202</v>
+        <v>11921437192</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>44026587400055</v>
+        <v>39350481600215</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I63" s="3">
-        <v>83030318503</v>
+        <v>11921437192</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>44067143600085</v>
+        <v>39350481600223</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I64" s="3">
-        <v>11753637175</v>
+        <v>11921437192</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>44090994300043</v>
+        <v>39350481600231</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="G65" s="2"/>
+        <v>131</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>122</v>
+      </c>
       <c r="H65" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>44286362700026</v>
+        <v>39350481600249</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>210</v>
+        <v>131</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>129</v>
+        <v>68</v>
       </c>
       <c r="I66" s="3">
-        <v>44570388557</v>
+        <v>11921437192</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>44372496800013</v>
+        <v>39388067900054</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>202</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="G67" s="2"/>
+        <v>204</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>205</v>
+      </c>
       <c r="H67" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>44492238900010</v>
+        <v>88024436300011</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I68" s="3"/>
+      <c r="I68" s="3">
+        <v>76341057734</v>
+      </c>
       <c r="J68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>44492238900093</v>
+        <v>88026596200014</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I69" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I69" s="3">
+        <v>11941131994</v>
+      </c>
       <c r="J69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>44520408400021</v>
+        <v>88052003600026</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="I70" s="3">
-        <v>91340530334</v>
+        <v>84260310826</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>44535705600032</v>
+        <v>88080646800026</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I71" s="3"/>
       <c r="J71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>44535705600040</v>
+        <v>88115399300012</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>219</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I72" s="3">
-        <v>21080033508</v>
+        <v>84691708769</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>44535705600057</v>
+        <v>88130557700010</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D73" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F73" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I73" s="3">
-        <v>21080033508</v>
+        <v>76310994931</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>44772679500043</v>
+        <v>88147325000010</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>232</v>
+        <v>73</v>
       </c>
       <c r="I74" s="3">
-        <v>11788103678</v>
+        <v>11756016375</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>44797577200057</v>
+        <v>49028899000032</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>236</v>
+        <v>73</v>
       </c>
       <c r="I75" s="3">
-        <v>91340645734</v>
+        <v>76310860331</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>44891151100070</v>
+        <v>73202862600065</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I76" s="3">
-        <v>11755284475</v>
+        <v>11755250375</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>45024643400036</v>
+        <v>43495354300023</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I77" s="3">
-        <v>42670560167</v>
+        <v>82010073801</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78050734900048</v>
+        <v>43809379100046</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I78" s="3">
-        <v>22600001660</v>
+        <v>11754461075</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78050734900097</v>
+        <v>79468036300023</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I79" s="3">
-        <v>22600001660</v>
+        <v>84691975969</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78050734900113</v>
+        <v>79475197400021</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>73</v>
+        <v>245</v>
       </c>
       <c r="I80" s="3">
-        <v>22600001660</v>
+        <v>84380768838</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78050734900121</v>
+        <v>79489077200013</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I81" s="3">
-        <v>22600001660</v>
+        <v>42670522267</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78050734900139</v>
+        <v>79521495600018</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I82" s="3">
-        <v>22600001660</v>
+        <v>76310852131</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78050734900147</v>
+        <v>90329202700013</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I83" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78050734900154</v>
+        <v>90331993700012</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>253</v>
+        <v>218</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I84" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78515062400365</v>
+        <v>90340766600010</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I85" s="3">
-        <v>11753852175</v>
+        <v>84260320126</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>78904517600011</v>
+        <v>90350731700019</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>260</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I86" s="3">
-        <v>52440684544</v>
+        <v>11922440192</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>79054901800030</v>
+        <v>90353076400013</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="D87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I87" s="3">
-        <v>11754968275</v>
+        <v>11756386175</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>79121316800028</v>
+        <v>90370052400015</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>266</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I88" s="3">
-        <v>82010150801</v>
+        <v>11950725295</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>79175650500040</v>
+        <v>90370559800014</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="D89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="E89" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I89" s="3">
-        <v>52440714444</v>
+        <v>11756334975</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>79276787300039</v>
+        <v>90391982700019</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I90" s="3">
-        <v>93060716006</v>
+        <v>93131971113</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>79316516800014</v>
+        <v>90393487500019</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>125</v>
+        <v>277</v>
       </c>
       <c r="I91" s="3">
-        <v>72330924933</v>
+        <v>11922446892</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>79344960400016</v>
+        <v>90422914300014</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>73</v>
+        <v>281</v>
       </c>
       <c r="I92" s="3">
-        <v>11950548295</v>
+        <v>44670691467</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>79371243100022</v>
+        <v>90427145900011</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I93" s="3">
-        <v>32591044059</v>
+        <v>44670691567</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>79411348000022</v>
+        <v>81780691200025</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I94" s="3">
-        <v>11755053075</v>
+        <v>93830613183</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>45235951600021</v>
+        <v>81804864700023</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I95" s="3">
-        <v>11910566091</v>
+        <v>84691455469</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>45306605200029</v>
+        <v>81837224500014</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>222</v>
+        <v>292</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I96" s="3">
-        <v>91340554634</v>
+        <v>76310820631</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>45406897400061</v>
+        <v>81839222700018</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I97" s="3">
-        <v>75400162440</v>
+        <v>93131628313</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>47868353500023</v>
+        <v>81839227600015</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I98" s="3">
-        <v>82691186169</v>
+        <v>93131671713</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>47883804800054</v>
+        <v>81839968500028</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I99" s="3">
-        <v>93131160113</v>
+        <v>11930751393</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>47890019400026</v>
+        <v>83526593500014</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>219</v>
+        <v>129</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I100" s="3">
-        <v>72640242164</v>
+        <v>84691561069</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>47916283600031</v>
+        <v>83807710500024</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I101" s="3">
-        <v>91340560834</v>
+        <v>84730199473</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>48021708200043</v>
+        <v>51537516000022</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I102" s="3">
-        <v>31590720659</v>
+        <v>11754520175</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>48037657300030</v>
+        <v>51766003100025</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I103" s="3">
-        <v>42670459867</v>
+        <v>23760449176</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>48289309600024</v>
+        <v>51833310900040</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>191</v>
+        <v>313</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I104" s="3">
-        <v>76660256266</v>
+        <v>11756558675</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>48301642400044</v>
+        <v>39962833800036</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>285</v>
+        <v>316</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I105" s="3">
-        <v>82690878569</v>
+        <v>11950256195</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>48320065500023</v>
+        <v>40120397100023</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F106" s="2" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>73</v>
+        <v>160</v>
       </c>
       <c r="I106" s="3">
-        <v>93131195013</v>
+        <v>93130646513</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>48384107800031</v>
+        <v>40227696800094</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>73</v>
+        <v>323</v>
       </c>
       <c r="I107" s="3">
-        <v>26210309421</v>
+        <v>52440417344</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>48394051600022</v>
+        <v>40227696800102</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="F108" s="2" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>73</v>
+        <v>326</v>
       </c>
       <c r="I108" s="3">
-        <v>53560832056</v>
+        <v>52440417344</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>48539033000044</v>
+        <v>40330342300020</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="D109" s="2"/>
+      <c r="D109" s="2" t="s">
+        <v>328</v>
+      </c>
       <c r="E109" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="G109" s="2"/>
+        <v>330</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H109" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I109" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>48848184700025</v>
+        <v>40330342300038</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>327</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>328</v>
+      </c>
       <c r="E110" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I110" s="3">
-        <v>11754085375</v>
+        <v>52440287044</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>49028899000032</v>
+        <v>40330342300061</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I111" s="3">
-        <v>76310860331</v>
+        <v>52440287044</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>49219620900026</v>
+        <v>40918498300024</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I112" s="3">
-        <v>11754210875</v>
+        <v>72640142264</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>49226137500041</v>
+        <v>41006986800041</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>341</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>236</v>
+        <v>73</v>
       </c>
       <c r="I113" s="3">
-        <v>93840286684</v>
+        <v>93040031204</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>49280256600025</v>
+        <v>41094478900024</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>342</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I114" s="3">
-        <v>93131248713</v>
+        <v>75160087316</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>49324189700096</v>
+        <v>41104468800033</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>347</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="I115" s="3"/>
+        <v>44</v>
+      </c>
+      <c r="I115" s="3">
+        <v>41880074388</v>
+      </c>
       <c r="J115" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>49353348300019</v>
+        <v>41366956500017</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I116" s="3">
-        <v>82380341438</v>
+        <v>24450160245</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>49394276700051</v>
+        <v>41392575100021</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I117" s="3">
-        <v>53220863522</v>
+        <v>93840174984</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>53237902100043</v>
+        <v>42067857500028</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>357</v>
+      </c>
+      <c r="I118" s="3">
+        <v>11941175594</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>53242423100027</v>
+        <v>42392173300030</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="F119" s="2" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>362</v>
+        <v>175</v>
       </c>
       <c r="I119" s="3">
-        <v>32620320962</v>
+        <v>84730197573</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>53272588400037</v>
+        <v>42438004600021</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>365</v>
+        <v>283</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>366</v>
+        <v>129</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>73</v>
+        <v>160</v>
       </c>
       <c r="I120" s="3">
-        <v>53560860256</v>
+        <v>42670376867</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>53292384400031</v>
+        <v>42932090600028</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I121" s="3"/>
+      <c r="I121" s="3">
+        <v>52440601644</v>
+      </c>
       <c r="J121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>53346983900013</v>
+        <v>42998754800121</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I122" s="3">
-        <v>73310693931</v>
+        <v>52440363444</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>53420493800011</v>
+        <v>42998754800162</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>181</v>
+        <v>369</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>73</v>
+        <v>370</v>
       </c>
       <c r="I123" s="3">
-        <v>11770730977</v>
+        <v>52440363444</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>53424414000032</v>
+        <v>42998754800188</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="D124" s="2"/>
+        <v>365</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>365</v>
+      </c>
       <c r="E124" s="2" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I124" s="3">
-        <v>93830691683</v>
+        <v>52440363444</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>53434090600013</v>
+        <v>42998754800261</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I125" s="3"/>
+      <c r="I125" s="3">
+        <v>52440363444</v>
+      </c>
       <c r="J125" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>53436552300032</v>
+        <v>43142174200054</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>73</v>
+        <v>160</v>
       </c>
       <c r="I126" s="3">
-        <v>11754951375</v>
+        <v>73310344631</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>53803841500013</v>
+        <v>43309035400039</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>378</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>379</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>391</v>
+        <v>73</v>
       </c>
       <c r="I127" s="3">
-        <v>72640326464</v>
+        <v>54160083116</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>53803841500039</v>
+        <v>43840867600056</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I128" s="3">
-        <v>72640326464</v>
+        <v>28500132950</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>53896903100011</v>
+        <v>43873408900040</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>73</v>
+        <v>370</v>
       </c>
       <c r="I129" s="3">
-        <v>31620259962</v>
+        <v>31590833259</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>53898103600022</v>
+        <v>43924456700020</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>401</v>
+        <v>73</v>
       </c>
       <c r="I130" s="3">
-        <v>32800218180</v>
+        <v>43250180525</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>53909120700016</v>
+        <v>44012066500029</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I131" s="3">
-        <v>43250261725</v>
+        <v>22020080202</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>53912764700011</v>
+        <v>44026587400055</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I132" s="3"/>
+      <c r="I132" s="3">
+        <v>83030318503</v>
+      </c>
       <c r="J132" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>73202862600065</v>
+        <v>44067143600085</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="I133" s="3">
-        <v>11755250375</v>
+        <v>11753637175</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>75047141900044</v>
+        <v>44090994300043</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I134" s="3">
-        <v>91300332430</v>
+        <v>22600208660</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>75078288000025</v>
+        <v>44286362700026</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I135" s="3">
-        <v>31590867659</v>
+        <v>44570388557</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>75128664200028</v>
+        <v>44372496800013</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="I136" s="3">
-        <v>11950575695</v>
+        <v>11910543691</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>75175769100017</v>
+        <v>44492238900010</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>423</v>
+        <v>411</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>424</v>
+        <v>412</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>425</v>
+        <v>413</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I137" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I137" s="3"/>
       <c r="J137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>75191242900022</v>
+        <v>44492238900093</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I138" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I138" s="3"/>
       <c r="J138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>75212808200027</v>
+        <v>44520408400021</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>429</v>
+        <v>416</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I139" s="3">
-        <v>11755514575</v>
+        <v>91340530334</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>75254407200040</v>
+        <v>44535705600032</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I140" s="3">
-        <v>72330875633</v>
+        <v>21080033508</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>75283444000022</v>
+        <v>44535705600040</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I141" s="3">
-        <v>93830441283</v>
+        <v>21080033508</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>49976984200034</v>
+        <v>44535705600057</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>438</v>
+        <v>419</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I142" s="3">
-        <v>91660166266</v>
+        <v>21080033508</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>50015802700036</v>
+        <v>44772679500043</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>441</v>
+        <v>425</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="I143" s="3">
-        <v>93131924113</v>
+        <v>11788103678</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>50058491700024</v>
+        <v>44797577200057</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>445</v>
+        <v>429</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>73</v>
+        <v>431</v>
       </c>
       <c r="I144" s="3">
-        <v>91340626634</v>
+        <v>91340645734</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>50141716600011</v>
+        <v>44891151100070</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>447</v>
+        <v>432</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>448</v>
+        <v>433</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="G145" s="2"/>
+        <v>434</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>435</v>
+      </c>
       <c r="H145" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I145" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>50141716600029</v>
+        <v>45024643400036</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>436</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>437</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I146" s="3">
-        <v>11755300375</v>
+        <v>42670560167</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>50172666500018</v>
+        <v>45216337100043</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>222</v>
+        <v>360</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I147" s="3"/>
       <c r="J147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>50190891700013</v>
+        <v>45235951600021</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>362</v>
+        <v>73</v>
       </c>
       <c r="I148" s="3">
-        <v>11940731294</v>
+        <v>11910566091</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>50218786700010</v>
+        <v>45306605200029</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>459</v>
+        <v>418</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I149" s="3">
-        <v>11754276775</v>
+        <v>91340554634</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>50388066800051</v>
+        <v>45406897400061</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I150" s="3">
-        <v>11940971094</v>
+        <v>75400162440</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>50404901600034</v>
+        <v>47868353500023</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I151" s="3">
-        <v>93131326413</v>
+        <v>82691186169</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>50419763300036</v>
+        <v>47883804800054</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>467</v>
+        <v>453</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>468</v>
+        <v>454</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>310</v>
+        <v>455</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I152" s="3">
-        <v>11754411675</v>
+        <v>93131160113</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>50897713900049</v>
+        <v>47890019400026</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>473</v>
+        <v>73</v>
       </c>
       <c r="I153" s="3">
-        <v>11754568475</v>
+        <v>72640242164</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>51110000000021</v>
+        <v>47916283600031</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>458</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>477</v>
+        <v>460</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="I154" s="3">
-        <v>28760590776</v>
+        <v>91340560834</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>51236741800021</v>
+        <v>48021708200043</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>478</v>
+        <v>461</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>479</v>
+        <v>462</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I155" s="3">
-        <v>11754464875</v>
+        <v>31590720659</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>51306046700059</v>
+        <v>48037657300030</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>482</v>
+        <v>465</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>483</v>
+        <v>466</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I156" s="3">
-        <v>93131687213</v>
+        <v>42670459867</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>39962833800036</v>
+        <v>48289309600024</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>484</v>
+        <v>467</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>485</v>
+        <v>468</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>486</v>
+        <v>388</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I157" s="3">
-        <v>11950256195</v>
+        <v>76660256266</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>40120397100023</v>
+        <v>48301642400044</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>487</v>
+        <v>469</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>488</v>
+        <v>470</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>489</v>
+        <v>471</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I158" s="3">
-        <v>93130646513</v>
+        <v>82690878569</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>40227696800094</v>
+        <v>48320065500023</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>490</v>
+        <v>472</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>491</v>
+        <v>473</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>492</v>
+        <v>474</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>493</v>
+        <v>73</v>
       </c>
       <c r="I159" s="3">
-        <v>52440417344</v>
+        <v>93131195013</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>40227696800102</v>
+        <v>48384107800031</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>490</v>
+        <v>475</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>494</v>
+        <v>476</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>495</v>
+        <v>477</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>496</v>
+        <v>73</v>
       </c>
       <c r="I160" s="3">
-        <v>52440417344</v>
+        <v>26210309421</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>40330342300020</v>
+        <v>48394051600022</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>499</v>
+        <v>479</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>500</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I161" s="3">
-        <v>52440287044</v>
+        <v>53560832056</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>40330342300038</v>
+        <v>48539033000044</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>501</v>
+        <v>482</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>502</v>
+        <v>483</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I162" s="3">
-        <v>52440287044</v>
+        <v>84740440974</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>40330342300061</v>
+        <v>48848184700025</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>497</v>
+        <v>484</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>503</v>
+        <v>485</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I163" s="3">
-        <v>52440287044</v>
+        <v>11754085375</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>40918498300024</v>
+        <v>49219620900026</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>507</v>
+        <v>489</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I164" s="3">
-        <v>72640142264</v>
+        <v>11754210875</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>41006986800041</v>
+        <v>49226137500041</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>508</v>
+        <v>490</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>509</v>
+        <v>491</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>510</v>
+        <v>360</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>73</v>
+        <v>431</v>
       </c>
       <c r="I165" s="3">
-        <v>93040031204</v>
+        <v>93840286684</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>41094478900024</v>
+        <v>49280256600025</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>513</v>
+        <v>110</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I166" s="3">
-        <v>75160087316</v>
+        <v>93131248713</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>41104468800033</v>
+        <v>49324189700096</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>514</v>
+        <v>494</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>515</v>
+        <v>495</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="I167" s="3"/>
       <c r="J167" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>41366956500017</v>
+        <v>49353348300019</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>517</v>
+        <v>498</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>518</v>
+        <v>499</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>519</v>
+        <v>500</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I168" s="3">
-        <v>24450160245</v>
+        <v>82380341438</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>41392575100021</v>
+        <v>49394276700051</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>520</v>
+        <v>501</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>521</v>
+        <v>502</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>522</v>
+        <v>503</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I169" s="3">
-        <v>93840174984</v>
+        <v>53220863522</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>42067857500028</v>
+        <v>49415091500010</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>523</v>
+        <v>504</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>524</v>
+        <v>505</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>525</v>
+        <v>506</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>526</v>
+        <v>73</v>
       </c>
       <c r="I170" s="3">
-        <v>11941175594</v>
+        <v>11788477578</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>51498115800033</v>
+        <v>49449841300041</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>527</v>
+        <v>507</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>528</v>
+        <v>508</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>529</v>
+        <v>415</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I171" s="3">
-        <v>91300373630</v>
+        <v>32600349260</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>51537516000022</v>
+        <v>49485856600024</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>530</v>
+        <v>509</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>531</v>
+        <v>510</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>532</v>
+        <v>511</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I172" s="3">
-        <v>11754520175</v>
+        <v>84691660169</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>51766003100025</v>
+        <v>49976984200034</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="D173" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E173" s="2" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="G173" s="2"/>
+        <v>515</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>516</v>
+      </c>
       <c r="H173" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I173" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I173" s="3"/>
       <c r="J173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>51833310900040</v>
+        <v>50015802700036</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>535</v>
+        <v>517</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>536</v>
+        <v>518</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>537</v>
+        <v>519</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I174" s="3">
-        <v>11756558675</v>
+        <v>93131924113</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>51842343900034</v>
+        <v>50058491700024</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>538</v>
+        <v>520</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>539</v>
+        <v>521</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="G175" s="2"/>
+        <v>522</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H175" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I175" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I175" s="3"/>
       <c r="J175" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>51906131100030</v>
+        <v>50141716600011</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>541</v>
+        <v>524</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>152</v>
+        <v>525</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I176" s="3">
-        <v>11940776394</v>
+        <v>11755300375</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>51911191800024</v>
+        <v>50141716600029</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>542</v>
+        <v>523</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>543</v>
+        <v>526</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>544</v>
+        <v>527</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I177" s="3">
-        <v>11950506395</v>
+        <v>11755300375</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>51956015500029</v>
+        <v>50172666500018</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>545</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>547</v>
+        <v>529</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>548</v>
+        <v>418</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="I178" s="3">
-        <v>24450269645</v>
+        <v>31620238062</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>51974084900012</v>
+        <v>50190891700013</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>551</v>
+        <v>532</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>533</v>
+      </c>
+      <c r="I179" s="3">
+        <v>11940731294</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>51994101700013</v>
+        <v>50218786700010</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>553</v>
+        <v>534</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>554</v>
+        <v>535</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>555</v>
+        <v>536</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I180" s="3">
-        <v>24450269145</v>
+        <v>11754276775</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>52041214900020</v>
+        <v>50388066800051</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>556</v>
+        <v>537</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>557</v>
+        <v>538</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>558</v>
+        <v>539</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I181" s="3">
-        <v>82070074107</v>
+        <v>11940971094</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>52069178300010</v>
+        <v>50404901600034</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>540</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>541</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>560</v>
+        <v>542</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>561</v>
+        <v>543</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I182" s="3">
-        <v>11950508295</v>
+        <v>93131326413</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>52113746300027</v>
+        <v>50419763300036</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>562</v>
+        <v>544</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>563</v>
+        <v>545</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>564</v>
+        <v>463</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I183" s="3">
-        <v>82260235326</v>
+        <v>11754411675</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>52140906000014</v>
+        <v>50897713900049</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>565</v>
+        <v>546</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>566</v>
+        <v>547</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="G184" s="2"/>
+        <v>548</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>549</v>
+      </c>
       <c r="H184" s="2" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="I184" s="3"/>
       <c r="J184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>52147066600038</v>
+        <v>51110000000021</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>569</v>
+        <v>512</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>570</v>
+        <v>513</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>571</v>
+        <v>551</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>572</v>
+        <v>552</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>573</v>
+        <v>175</v>
       </c>
       <c r="I185" s="3">
-        <v>93840410284</v>
+        <v>28760590776</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>52308210500017</v>
+        <v>51236741800021</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>574</v>
+        <v>553</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>576</v>
+        <v>310</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I186" s="3">
-        <v>54170152517</v>
+        <v>11754464875</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>52360339700028</v>
+        <v>51306046700059</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>577</v>
+        <v>555</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>578</v>
+        <v>556</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>579</v>
+        <v>557</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>573</v>
+        <v>73</v>
       </c>
       <c r="I187" s="3">
-        <v>76110144011</v>
+        <v>93131687213</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>52408245000015</v>
+        <v>51370045000010</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>580</v>
+        <v>558</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>581</v>
+        <v>559</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>582</v>
+        <v>560</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I188" s="3">
-        <v>97970169397</v>
+        <v>28140372014</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>52426280500012</v>
+        <v>51411872800013</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="D189" s="2"/>
+        <v>561</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>562</v>
+      </c>
       <c r="E189" s="2" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>214</v>
+        <v>73</v>
       </c>
       <c r="I189" s="3">
-        <v>84691868069</v>
+        <v>52850145585</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>52478575500066</v>
+        <v>51498115800033</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>586</v>
+        <v>565</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>587</v>
+        <v>566</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>588</v>
+        <v>567</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I190" s="3">
-        <v>73310576231</v>
+        <v>91300373630</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>52874604300017</v>
+        <v>51842343900034</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>589</v>
+        <v>568</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>590</v>
+        <v>569</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>591</v>
+        <v>570</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I191" s="3">
-        <v>11754682875</v>
+        <v>93131482013</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>52939489200010</v>
+        <v>51906131100030</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>592</v>
+        <v>571</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>593</v>
+        <v>572</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>594</v>
+        <v>131</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I192" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I192" s="3">
+        <v>11940776394</v>
+      </c>
       <c r="J192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>52992441700015</v>
+        <v>51911191800024</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>596</v>
+        <v>574</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>597</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I193" s="3">
-        <v>11910674591</v>
+        <v>11950506395</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>53046978200037</v>
+        <v>51956015500029</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>599</v>
+        <v>575</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>600</v>
+        <v>576</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>601</v>
+        <v>577</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>604</v>
+        <v>73</v>
       </c>
       <c r="I194" s="3">
-        <v>11910726891</v>
+        <v>24450269645</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>32874572400018</v>
+        <v>51974084900012</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>606</v>
+        <v>580</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>607</v>
+        <v>581</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>93131385613</v>
+        <v>370</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>582</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>33089208400022</v>
+        <v>51994101700013</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>608</v>
+        <v>583</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>609</v>
+        <v>584</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>610</v>
+        <v>585</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I196" s="3">
-        <v>11940681494</v>
+        <v>24450269145</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>33237704300051</v>
+        <v>52041214900020</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>611</v>
+        <v>586</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>612</v>
+        <v>587</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>613</v>
+        <v>588</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I197" s="3">
-        <v>93840072284</v>
+        <v>82070074107</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>33282912600025</v>
+        <v>52069178300010</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>614</v>
+        <v>589</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>615</v>
+        <v>590</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="I198" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I198" s="3">
+        <v>11950508295</v>
+      </c>
       <c r="J198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>33343729100045</v>
+        <v>52113746300027</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>619</v>
+        <v>592</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>620</v>
+        <v>593</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>621</v>
+        <v>594</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>232</v>
+        <v>123</v>
       </c>
       <c r="I199" s="3">
-        <v>93060075406</v>
+        <v>82260235326</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>33354415300146</v>
+        <v>52140906000014</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>624</v>
+        <v>596</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>344</v>
+        <v>597</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>73</v>
+        <v>598</v>
       </c>
       <c r="I200" s="3">
-        <v>11751042775</v>
+        <v>24370412837</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>33354415300195</v>
+        <v>52147066600038</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>622</v>
+        <v>599</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>622</v>
+        <v>600</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>625</v>
+        <v>601</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>344</v>
+        <v>602</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>73</v>
+        <v>281</v>
       </c>
       <c r="I201" s="3">
-        <v>11751042775</v>
+        <v>93840410284</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>33354415300286</v>
+        <v>52308210500017</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>622</v>
+        <v>603</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="G202" s="2"/>
+        <v>605</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>516</v>
+      </c>
       <c r="H202" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I202" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I202" s="3"/>
       <c r="J202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>33354415300302</v>
+        <v>52360339700028</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>622</v>
+        <v>606</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>628</v>
+        <v>607</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>73</v>
+        <v>281</v>
       </c>
       <c r="I203" s="3">
-        <v>11751042775</v>
+        <v>76110144011</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>33354415300310</v>
+        <v>52408245000015</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I204" s="3">
-        <v>11751042775</v>
+        <v>97970169397</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>33354415300328</v>
+        <v>52426280500012</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>632</v>
+        <v>613</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>408</v>
+        <v>614</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="I205" s="3">
-        <v>11751042775</v>
+        <v>84691868069</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>33354415300344</v>
+        <v>52478575500066</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I206" s="3">
-        <v>11751042775</v>
+        <v>73310576231</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>33354415300369</v>
+        <v>52874604300017</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I207" s="3">
-        <v>11751042775</v>
+        <v>11754682875</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>33354415300435</v>
+        <v>52939489200010</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>637</v>
+        <v>622</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>544</v>
+        <v>623</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I208" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I208" s="3"/>
       <c r="J208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>33354415300468</v>
+        <v>52992441700015</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="G209" s="2"/>
+        <v>626</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>627</v>
+      </c>
       <c r="H209" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I209" s="3"/>
       <c r="J209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>33354415300484</v>
+        <v>53129884200018</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>152</v>
+        <v>630</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I210" s="3">
-        <v>11751042775</v>
+        <v>93060717506</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>33392819000045</v>
+        <v>53151085700018</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I211" s="3">
-        <v>11921438392</v>
+        <v>82691294369</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>84020980300021</v>
+        <v>53237902100043</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>44570396357</v>
+        <v>73</v>
+      </c>
+      <c r="I212" s="3" t="s">
+        <v>637</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>84086635400011</v>
+        <v>53242423100027</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>129</v>
+        <v>533</v>
       </c>
       <c r="I213" s="3">
-        <v>84630499563</v>
+        <v>32620320962</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>53129884200018</v>
+        <v>53272588400037</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="D214" s="2"/>
+        <v>641</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>642</v>
+      </c>
       <c r="E214" s="2" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I214" s="3">
-        <v>93060717506</v>
+        <v>53560860256</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>53151085700018</v>
+        <v>53292384400031</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I215" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I215" s="3"/>
       <c r="J215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>45216337100043</v>
+        <v>53346983900013</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>648</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>649</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>341</v>
+        <v>651</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I216" s="3"/>
+      <c r="I216" s="3">
+        <v>73310693931</v>
+      </c>
       <c r="J216" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>81168651800028</v>
+        <v>53420493800011</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="D217" s="2"/>
+        <v>652</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>653</v>
+      </c>
       <c r="E217" s="2" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I217" s="3">
-        <v>11940995894</v>
+        <v>11770730977</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>49415091500010</v>
+        <v>53424414000032</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I218" s="3">
-        <v>11788477578</v>
+        <v>93830691683</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>49449841300041</v>
+        <v>53434090600013</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>219</v>
+        <v>660</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I219" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I219" s="3"/>
       <c r="J219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>49485856600024</v>
+        <v>53436552300032</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>661</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>662</v>
+      </c>
       <c r="E220" s="2" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>670</v>
+        <v>570</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I220" s="3">
-        <v>84691660169</v>
+        <v>11754951375</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>42392173300030</v>
+        <v>53803841500013</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="G221" s="2"/>
+        <v>666</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H221" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="I221" s="3"/>
       <c r="J221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>42438004600021</v>
+        <v>53803841500039</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>673</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>664</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>667</v>
+      </c>
       <c r="E222" s="2" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>639</v>
+        <v>669</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="I222" s="3">
-        <v>42670376867</v>
+        <v>72640326464</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>33751741100019</v>
+        <v>53896903100011</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I223" s="3">
-        <v>11751059475</v>
+        <v>31620259962</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>51370045000010</v>
+        <v>53898103600022</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>73</v>
+        <v>245</v>
       </c>
       <c r="I224" s="3">
-        <v>28140372014</v>
+        <v>32800218180</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>51411872800013</v>
+        <v>53909120700016</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>676</v>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I225" s="3">
-        <v>52850145585</v>
+        <v>43250261725</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>79468036300023</v>
+        <v>53912764700011</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>679</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>680</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>150</v>
+        <v>119</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I226" s="3"/>
       <c r="J226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>79475197400021</v>
+        <v>75047141900044</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>646</v>
+        <v>684</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>401</v>
+        <v>73</v>
       </c>
       <c r="I227" s="3">
-        <v>84380768838</v>
+        <v>91300332430</v>
       </c>
       <c r="J227" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>79489077200013</v>
+        <v>75078288000025</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>689</v>
-[...1 lines deleted...]
-      <c r="D228" s="2"/>
+        <v>685</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>686</v>
+      </c>
       <c r="E228" s="2" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I228" s="3">
-        <v>42670522267</v>
+        <v>31590867659</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>79521495600018</v>
+        <v>75128664200028</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="F229" s="2" t="s">
         <v>692</v>
-      </c>
-[...5 lines deleted...]
-        <v>694</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I229" s="3">
-        <v>76310852131</v>
+        <v>11950575695</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>79828913800033</v>
+        <v>75175769100017</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I230" s="3">
-        <v>11756177975</v>
+        <v>93131474313</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>79840933000023</v>
+        <v>75191242900022</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="G231" s="2"/>
+        <v>381</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>698</v>
+      </c>
       <c r="H231" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I231" s="3"/>
       <c r="J231" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>79934482500010</v>
+        <v>75212808200027</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="D232" s="2"/>
+      <c r="E232" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="F232" s="2" t="s">
         <v>701</v>
-      </c>
-[...7 lines deleted...]
-        <v>704</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I232" s="3">
-        <v>52850179485</v>
+        <v>11755514575</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>80057149900022</v>
+        <v>75254407200040</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>707</v>
+        <v>270</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I233" s="3">
-        <v>21510175451</v>
+        <v>72330875633</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>80071749800045</v>
+        <v>75283444000022</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I234" s="3">
-        <v>93131863913</v>
+        <v>93830441283</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>80081286900017</v>
+        <v>78050734900048</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I235" s="3">
-        <v>74870141187</v>
+        <v>22600001660</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>80310647500020</v>
+        <v>78050734900097</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I236" s="3">
-        <v>11755270175</v>
+        <v>22600001660</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>80523569400033</v>
+        <v>78050734900113</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I237" s="3">
-        <v>76310892531</v>
+        <v>22600001660</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>80532924000024</v>
+        <v>78050734900121</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>366</v>
+        <v>715</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I238" s="3" t="s">
-        <v>722</v>
+      <c r="I238" s="3">
+        <v>22600001660</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>80772384600026</v>
+        <v>78050734900139</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I239" s="3">
-        <v>75640466864</v>
+        <v>22600001660</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>80829164500022</v>
+        <v>78050734900147</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>728</v>
+        <v>715</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I240" s="3">
-        <v>76311106631</v>
+        <v>22600001660</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>80857093100036</v>
+        <v>78050734900154</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>729</v>
+        <v>707</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I241" s="3">
-        <v>76300488530</v>
+        <v>22600001660</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>80919787400013</v>
+        <v>78515062400365</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>733</v>
+        <v>720</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I242" s="3">
-        <v>41570355457</v>
+        <v>11753852175</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>81116923400010</v>
+        <v>78904517600011</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>526</v>
+        <v>123</v>
       </c>
       <c r="I243" s="3">
-        <v>91660187366</v>
+        <v>52440684544</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>81131773400010</v>
+        <v>79054901800030</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>725</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>725</v>
+      </c>
       <c r="E244" s="2" t="s">
-        <v>740</v>
+        <v>726</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>526</v>
+        <v>73</v>
       </c>
       <c r="I244" s="3">
-        <v>82070096207</v>
+        <v>11754968275</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>81260345400024</v>
+        <v>79121316800028</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>742</v>
+        <v>728</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I245" s="3">
-        <v>11755592475</v>
+        <v>82010150801</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>81302304100029</v>
+        <v>79175650500040</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="D246" s="2"/>
+        <v>731</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>732</v>
+      </c>
       <c r="E246" s="2" t="s">
-        <v>746</v>
+        <v>733</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="G246" s="2"/>
+        <v>734</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>735</v>
+      </c>
       <c r="H246" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I246" s="3"/>
       <c r="J246" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>81380260000029</v>
+        <v>79276787300039</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="G247" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>739</v>
+      </c>
       <c r="H247" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I247" s="3"/>
       <c r="J247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>81404330300050</v>
+        <v>79316516800014</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>754</v>
+        <v>175</v>
       </c>
       <c r="I248" s="3">
-        <v>93131889313</v>
+        <v>72330924933</v>
       </c>
       <c r="J248" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>81503449100010</v>
+        <v>79344960400016</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>756</v>
+        <v>744</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I249" s="3">
-        <v>93131914413</v>
+        <v>11950548295</v>
       </c>
       <c r="J249" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>81780691200025</v>
+        <v>79371243100022</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>758</v>
+        <v>746</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>759</v>
+        <v>471</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I250" s="3">
-        <v>93830613183</v>
+        <v>32591044059</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>81804864700023</v>
+        <v>79411348000022</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>760</v>
+        <v>747</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>761</v>
+        <v>748</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>762</v>
+        <v>749</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I251" s="3">
-        <v>84691455469</v>
+        <v>11755053075</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>81837224500014</v>
+        <v>79828913800033</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>764</v>
+        <v>751</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I252" s="3">
-        <v>76310820631</v>
+        <v>11756177975</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>81839222700018</v>
+        <v>79840933000023</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>768</v>
+        <v>221</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="I253" s="3">
-        <v>93131628313</v>
+        <v>73820067282</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>81839227600015</v>
+        <v>79934482500010</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>755</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>756</v>
+      </c>
       <c r="E254" s="2" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I254" s="3">
-        <v>93131671713</v>
+        <v>52850179485</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>81839968500028</v>
+        <v>80057149900022</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>770</v>
+        <v>759</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I255" s="3">
-        <v>11930751393</v>
+        <v>21510175451</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>81877078600015</v>
+        <v>80071749800045</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>773</v>
+        <v>762</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>775</v>
+        <v>764</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="I256" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I256" s="3">
+        <v>93131863913</v>
+      </c>
       <c r="J256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>81877523100066</v>
+        <v>80081286900017</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>765</v>
+      </c>
+      <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>778</v>
+        <v>766</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I257" s="3">
-        <v>84730200873</v>
+        <v>74870141187</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>81884322900027</v>
+        <v>80310647500020</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>747</v>
+        <v>770</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I258" s="3">
-        <v>11756061275</v>
+        <v>11755270175</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>81891935900013</v>
+        <v>80523569400033</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>782</v>
+        <v>771</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>783</v>
+        <v>772</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>784</v>
+        <v>773</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I259" s="3">
-        <v>11770601977</v>
+        <v>76310892531</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K259" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>81946418100018</v>
+        <v>80532924000024</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>768</v>
+        <v>644</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I260" s="3">
-        <v>93131671613</v>
+      <c r="I260" s="3" t="s">
+        <v>776</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>81978669000019</v>
+        <v>80772384600026</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>786</v>
-[...3 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I261" s="3">
-        <v>93060777206</v>
+        <v>75640466864</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K261" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>82115739300025</v>
+        <v>80829164500022</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I262" s="3">
-        <v>93131860513</v>
+        <v>76311106631</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>82116745900022</v>
+        <v>80857093100036</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>731</v>
+        <v>259</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="I263" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I263" s="3">
+        <v>76300488530</v>
+      </c>
       <c r="J263" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K263" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>82179903800020</v>
+        <v>80919787400013</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>795</v>
+        <v>786</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>796</v>
+        <v>787</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I264" s="3">
-        <v>11756031075</v>
+        <v>41570355457</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>82185346200025</v>
+        <v>81116923400010</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>797</v>
-[...3 lines deleted...]
-      </c>
+        <v>788</v>
+      </c>
+      <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>798</v>
+        <v>789</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="G265" s="2"/>
+        <v>790</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>791</v>
+      </c>
       <c r="H265" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="I265" s="3"/>
       <c r="J265" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>82294339500019</v>
+        <v>81131773400010</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>803</v>
+        <v>357</v>
+      </c>
+      <c r="I266" s="3">
+        <v>82070096207</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>82327445100025</v>
+        <v>81168651800028</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="G267" s="2"/>
+        <v>797</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>798</v>
+      </c>
       <c r="H267" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I267" s="3"/>
       <c r="J267" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>82397270800015</v>
+        <v>81260345400024</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I268" s="3">
-        <v>76340920734</v>
+        <v>11755592475</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>82404542100156</v>
+        <v>81302304100029</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I269" s="3">
-        <v>84010186201</v>
+        <v>73310808331</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K269" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>82483918700039</v>
+        <v>81380260000029</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="D270" s="2"/>
+        <v>805</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>806</v>
+      </c>
       <c r="E270" s="2" t="s">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>329</v>
+        <v>675</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I270" s="3">
-        <v>11950611895</v>
+        <v>53560926256</v>
       </c>
       <c r="J270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>82747623500029</v>
+        <v>81404330300050</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>814</v>
+        <v>808</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>815</v>
+        <v>809</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>73</v>
+        <v>811</v>
       </c>
       <c r="I271" s="3">
-        <v>11940939894</v>
+        <v>93131889313</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>82770210100045</v>
+        <v>81503449100010</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>819</v>
-[...3 lines deleted...]
-      </c>
+        <v>794</v>
+      </c>
+      <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I272" s="3">
-        <v>93131727613</v>
+        <v>93131914413</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>82832523300025</v>
+        <v>81877078600015</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="I273" s="3"/>
       <c r="J273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>82882889700011</v>
+        <v>81877523100066</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="D274" s="2"/>
+        <v>818</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E274" s="2" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="G274" s="2"/>
+        <v>820</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H274" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I274" s="3"/>
       <c r="J274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>82987650700015</v>
+        <v>81884322900027</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>169</v>
+        <v>804</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I275" s="3">
-        <v>93131714713</v>
+        <v>11756061275</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>83014419200010</v>
+        <v>81891935900013</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I276" s="3">
-        <v>93830535083</v>
+        <v>11770601977</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>83069794200027</v>
+        <v>81946418100018</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>832</v>
+        <v>294</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>833</v>
+        <v>295</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I277" s="3">
-        <v>11922180892</v>
+        <v>93131671613</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>83090596400011</v>
+        <v>81978669000019</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I278" s="3">
-        <v>28760567776</v>
+        <v>93060777206</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>83172141000023</v>
+        <v>82115739300025</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I279" s="3">
-        <v>84691530469</v>
+        <v>93131860513</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>83234145700014</v>
+        <v>82179903800020</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>244</v>
+        <v>835</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>167</v>
+        <v>73</v>
       </c>
       <c r="I280" s="3">
-        <v>44670611267</v>
+        <v>11756031075</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>83262851500013</v>
+        <v>82185346200025</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>836</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>836</v>
+      </c>
       <c r="E281" s="2" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>845</v>
+        <v>131</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I281" s="3">
-        <v>44080059508</v>
+      <c r="I281" s="3" t="s">
+        <v>838</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>83316423900034</v>
+        <v>82294339500019</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>437</v>
+        <v>841</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>848</v>
-[...1 lines deleted...]
-      <c r="I282" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>842</v>
+      </c>
       <c r="J282" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>83351280900017</v>
+        <v>82327445100025</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="D283" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E283" s="2" t="s">
-        <v>850</v>
+        <v>843</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="G283" s="2"/>
+        <v>844</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H283" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I283" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I283" s="3"/>
       <c r="J283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>83458371800020</v>
+        <v>82397270800015</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I284" s="3">
-        <v>44670813567</v>
+        <v>76340920734</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>83526593500014</v>
+        <v>82404542100156</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>639</v>
+        <v>850</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I285" s="3">
-        <v>84691561069</v>
+        <v>84010186201</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>83807710500024</v>
+        <v>82483918700039</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>859</v>
+        <v>483</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I286" s="3">
-        <v>84730199473</v>
+        <v>11950611895</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>83923484600021</v>
+        <v>82747623500029</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="I287" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I287" s="3">
+        <v>11940939894</v>
+      </c>
       <c r="J287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>84109852800026</v>
+        <v>82770210100045</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>865</v>
-[...1 lines deleted...]
-      <c r="G288" s="2"/>
+        <v>858</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="H288" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I288" s="3"/>
       <c r="J288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>84139994200025</v>
+        <v>82832523300025</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>866</v>
+        <v>859</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I289" s="3">
-        <v>94202104120</v>
+        <v>11930748393</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>84146512300013</v>
+        <v>82882889700011</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>870</v>
+        <v>863</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>872</v>
+        <v>160</v>
       </c>
       <c r="I290" s="3">
-        <v>93830575483</v>
+        <v>44680272968</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>84177388000015</v>
+        <v>82987650700015</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>875</v>
+        <v>372</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>876</v>
+        <v>123</v>
       </c>
       <c r="I291" s="3">
-        <v>32591017959</v>
+        <v>93131714713</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>84194378000020</v>
+        <v>83014419200010</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I292" s="3">
-        <v>11940995794</v>
+        <v>93830535083</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>84325021800016</v>
+        <v>83069794200027</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>882</v>
+        <v>871</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>883</v>
+        <v>872</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I293" s="3">
-        <v>27210395021</v>
+        <v>11922180892</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>84338005600013</v>
+        <v>83090596400011</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>885</v>
+        <v>874</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I294" s="3">
-        <v>11940987794</v>
+        <v>28760567776</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>84373863400016</v>
+        <v>83172141000023</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>877</v>
+      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I295" s="3">
-        <v>76820088382</v>
+        <v>84691530469</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>84392817700024</v>
+        <v>83234145700014</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>893</v>
+        <v>439</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>125</v>
+        <v>370</v>
       </c>
       <c r="I296" s="3">
-        <v>11930792093</v>
+        <v>44670611267</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>84408860900012</v>
+        <v>83262851500013</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>896</v>
+        <v>883</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>897</v>
+        <v>884</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I297" s="3">
-        <v>52530096953</v>
+        <v>44080059508</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>84420517900022</v>
+        <v>83316423900034</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>898</v>
+        <v>885</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>900</v>
+        <v>706</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="I298" s="3"/>
       <c r="J298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>84443762400027</v>
+        <v>83351280900017</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>240</v>
+        <v>890</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I299" s="3">
-        <v>11941000394</v>
+        <v>32600342060</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L299" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>84491536300015</v>
+        <v>83458371800020</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I300" s="3">
-        <v>11940987694</v>
+        <v>44670813567</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>84772972000031</v>
+        <v>83923484600021</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>907</v>
+        <v>894</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>908</v>
+        <v>895</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="I301" s="3"/>
       <c r="J301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L301" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M301" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>84776232500011</v>
+        <v>84020980300021</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>911</v>
+        <v>897</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>912</v>
+        <v>898</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>913</v>
+        <v>244</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>73</v>
+        <v>899</v>
       </c>
       <c r="I302" s="3">
-        <v>11922274292</v>
+        <v>44570396357</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>84789413600021</v>
+        <v>84086635400011</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>914</v>
+        <v>900</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>915</v>
+        <v>901</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>916</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I303" s="3">
-        <v>93131761513</v>
+        <v>84630499563</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>84805284100014</v>
+        <v>84109852800026</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>919</v>
+        <v>904</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>920</v>
+        <v>905</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I304" s="3">
-        <v>32590984759</v>
+        <v>11756173575</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>84879068900014</v>
+        <v>84139994200025</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>923</v>
+        <v>908</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>876</v>
+        <v>73</v>
       </c>
       <c r="I305" s="3">
-        <v>11910876891</v>
+        <v>94202104120</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K305" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>84919288500028</v>
+        <v>84146512300013</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>924</v>
+        <v>909</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>601</v>
+        <v>910</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>925</v>
+        <v>911</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>73</v>
+        <v>912</v>
       </c>
       <c r="I306" s="3">
-        <v>11755976775</v>
+        <v>93830575483</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K306" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>84934046800016</v>
+        <v>84177388000015</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>926</v>
+        <v>913</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>927</v>
+        <v>914</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>201</v>
+        <v>915</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>73</v>
+        <v>916</v>
       </c>
       <c r="I307" s="3">
-        <v>84691733669</v>
+        <v>32591017959</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L307" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>84982992400026</v>
+        <v>84194378000020</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>16</v>
+        <v>919</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I308" s="3">
-        <v>76341032634</v>
+        <v>11940995794</v>
       </c>
       <c r="J308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>85002220300010</v>
+        <v>84325021800016</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>931</v>
-[...1 lines deleted...]
-      <c r="D309" s="2"/>
+        <v>920</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>921</v>
+      </c>
       <c r="E309" s="2" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>933</v>
+        <v>923</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I309" s="3">
-        <v>11930814293</v>
+        <v>27210395021</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>85013517900024</v>
+        <v>84338005600013</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>934</v>
-[...1 lines deleted...]
-      <c r="D310" s="2"/>
+        <v>924</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>925</v>
+      </c>
       <c r="E310" s="2" t="s">
-        <v>935</v>
+        <v>926</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>936</v>
+        <v>927</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I310" s="3">
-        <v>52440894044</v>
+        <v>11940987794</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L310" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>85022023700018</v>
+        <v>84373863400016</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="D311" s="2"/>
+        <v>928</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>928</v>
+      </c>
       <c r="E311" s="2" t="s">
-        <v>938</v>
+        <v>929</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>939</v>
+        <v>930</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I311" s="3">
-        <v>84380731238</v>
+        <v>76820088382</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>85035420000014</v>
+        <v>84392817700024</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>931</v>
+      </c>
+      <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I312" s="3">
-        <v>75400149740</v>
+        <v>11930792093</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>85039636700011</v>
+        <v>84408860900012</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="D313" s="2"/>
+        <v>934</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>935</v>
+      </c>
       <c r="E313" s="2" t="s">
-        <v>945</v>
+        <v>936</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>946</v>
-[...3 lines deleted...]
-      </c>
+        <v>937</v>
+      </c>
+      <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I313" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I313" s="3">
+        <v>52530096953</v>
+      </c>
       <c r="J313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>85151781300016</v>
+        <v>84420517900022</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>948</v>
+        <v>938</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>767</v>
+        <v>939</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>133</v>
+        <v>73</v>
       </c>
       <c r="I314" s="3">
-        <v>93131781213</v>
+        <v>75470142047</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>85192658400018</v>
+        <v>84443762400027</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>859</v>
+        <v>435</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I315" s="3">
-        <v>52850219585</v>
+        <v>11941000394</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>85196576400018</v>
+        <v>84491536300015</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>952</v>
+        <v>943</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>953</v>
+        <v>944</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>954</v>
+        <v>945</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
       <c r="H316" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I316" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I316" s="3"/>
       <c r="J316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>85196576400026</v>
+        <v>84772972000031</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="G317" s="2"/>
+        <v>949</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>950</v>
+      </c>
       <c r="H317" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I317" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I317" s="3"/>
       <c r="J317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>85206299100017</v>
+        <v>84776232500011</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>647</v>
+        <v>73</v>
       </c>
       <c r="I318" s="3">
-        <v>32591083459</v>
+        <v>11922274292</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K318" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>85220563200015</v>
+        <v>84789413600021</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="H319" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I319" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I319" s="3"/>
       <c r="J319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>85239212500021</v>
+        <v>84805284100014</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="D320" s="2"/>
+        <v>958</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>958</v>
+      </c>
       <c r="E320" s="2" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="G320" s="2"/>
+        <v>960</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>961</v>
+      </c>
       <c r="H320" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I320" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I320" s="3"/>
       <c r="J320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>85243935500029</v>
+        <v>84879068900014</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>969</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>125</v>
+        <v>916</v>
       </c>
       <c r="I321" s="3">
-        <v>93840510984</v>
+        <v>11910876891</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>85258888800010</v>
+        <v>84919288500028</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>307</v>
+        <v>967</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I322" s="3">
-        <v>28140334514</v>
+        <v>11755976775</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>85292512200024</v>
+        <v>84934046800016</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>753</v>
+        <v>398</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I323" s="3">
-        <v>11756291175</v>
+        <v>84691733669</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>85294750600014</v>
+        <v>84982992400026</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="D324" s="2"/>
+        <v>970</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>971</v>
+      </c>
       <c r="E324" s="2" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>977</v>
+        <v>16</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I324" s="3">
-        <v>44540381254</v>
+        <v>76341032634</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M324" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>85358805100013</v>
+        <v>85002220300010</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>978</v>
-[...3 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>868</v>
+        <v>975</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I325" s="3">
-        <v>11770678777</v>
+        <v>11930814293</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>85361748800012</v>
+        <v>85013517900024</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I326" s="3">
-        <v>11756111275</v>
+        <v>52440894044</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>85375164200028</v>
+        <v>85022023700018</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>909</v>
+        <v>981</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I327" s="3">
-        <v>93840424284</v>
+        <v>84380731238</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>87747892500010</v>
+        <v>85035420000014</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I328" s="3">
-        <v>44670643367</v>
+        <v>75400149740</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>87784553700019</v>
+        <v>85039636700011</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>988</v>
+      </c>
+      <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I329" s="3">
-        <v>93131812113</v>
+        <v>11757471675</v>
       </c>
       <c r="J329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>87784553700027</v>
+        <v>85151781300016</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>997</v>
+        <v>294</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="I330" s="3">
-        <v>93131812113</v>
+        <v>93131781213</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>87835256600037</v>
+        <v>85192658400018</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1000</v>
+        <v>992</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1001</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I331" s="3">
-        <v>44100100110</v>
+        <v>52850219585</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>87852644100018</v>
+        <v>85196576400018</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1004</v>
+        <v>994</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1005</v>
-[...1 lines deleted...]
-      <c r="G332" s="2"/>
+        <v>995</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>996</v>
+      </c>
       <c r="H332" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I332" s="3"/>
       <c r="J332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>87895457700010</v>
+        <v>85196576400026</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1006</v>
+        <v>993</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>1007</v>
+        <v>997</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I333" s="3">
-        <v>76341070934</v>
+        <v>44550052655</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>87909863000020</v>
+        <v>85206299100017</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1009</v>
-[...1 lines deleted...]
-      <c r="D334" s="2"/>
+        <v>998</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>999</v>
+      </c>
       <c r="E334" s="2" t="s">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>110</v>
+        <v>899</v>
       </c>
       <c r="I334" s="3">
-        <v>11788660878</v>
+        <v>32591083459</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K334" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L334" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>87918159200012</v>
+        <v>85220563200015</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1014</v>
-[...1 lines deleted...]
-      <c r="G335" s="2"/>
+        <v>1004</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>1005</v>
+      </c>
       <c r="H335" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I335" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I335" s="3"/>
       <c r="J335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L335" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>87946055800015</v>
+        <v>85239212500021</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1017</v>
+        <v>1004</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I336" s="3">
-        <v>93060877506</v>
+        <v>11941002394</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L336" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>88024436300011</v>
+        <v>85243935500029</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1020</v>
-[...1 lines deleted...]
-      <c r="G337" s="2"/>
+        <v>1010</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>1011</v>
+      </c>
       <c r="H337" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I337" s="3"/>
       <c r="J337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>88026596200014</v>
+        <v>85258888800010</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1023</v>
+        <v>460</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I338" s="3">
-        <v>11941131994</v>
+        <v>28140334514</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M338" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>88052003600026</v>
+        <v>85292512200024</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1026</v>
+        <v>810</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>214</v>
+        <v>73</v>
       </c>
       <c r="I339" s="3">
-        <v>84260310826</v>
+        <v>11756291175</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>88080646800026</v>
+        <v>85294750600014</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1029</v>
+        <v>1018</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="I340" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I340" s="3">
+        <v>44540381254</v>
+      </c>
       <c r="J340" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K340" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>88115399300012</v>
+        <v>85358805100013</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1030</v>
+        <v>1019</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>1030</v>
+        <v>1020</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1031</v>
+        <v>1021</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>700</v>
+        <v>908</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I341" s="3">
-        <v>84691708769</v>
+        <v>11770678777</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>88130557700010</v>
+        <v>85361748800012</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1032</v>
+        <v>1022</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>1032</v>
+        <v>1023</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1033</v>
+        <v>1024</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1034</v>
+        <v>1025</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I342" s="3">
-        <v>76310994931</v>
+        <v>11756111275</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L342" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>88147325000010</v>
+        <v>85375164200028</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="D343" s="2"/>
+        <v>1026</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>1027</v>
+      </c>
       <c r="E343" s="2" t="s">
-        <v>1036</v>
+        <v>1028</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1037</v>
+        <v>949</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I343" s="3">
-        <v>11756016375</v>
+        <v>93840424284</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M343" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>88197156800012</v>
+        <v>87747892500010</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="D344" s="2"/>
+        <v>1029</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>1030</v>
+      </c>
       <c r="E344" s="2" t="s">
-        <v>1039</v>
+        <v>1031</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I344" s="3">
-        <v>84070121607</v>
+        <v>44670643367</v>
       </c>
       <c r="J344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L344" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M344" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>88256760500028</v>
+        <v>87784553700019</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="D345" s="2"/>
+        <v>1033</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>1034</v>
+      </c>
       <c r="E345" s="2" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="G345" s="2"/>
+        <v>1036</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>1037</v>
+      </c>
       <c r="H345" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I345" s="3"/>
       <c r="J345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L345" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M345" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>88265659800019</v>
+        <v>87784553700027</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1044</v>
+        <v>1033</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I346" s="3">
-        <v>32020145302</v>
+        <v>93131812113</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L346" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M346" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>88282479000019</v>
+        <v>87835256600037</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="G347" s="2"/>
+        <v>1042</v>
+      </c>
+      <c r="G347" s="2" t="s">
+        <v>1043</v>
+      </c>
       <c r="H347" s="2" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I347" s="3"/>
       <c r="J347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L347" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M347" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>88311609700014</v>
+        <v>87852644100018</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1049</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>862</v>
+        <v>1046</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="I348" s="3">
-        <v>93830608583</v>
+        <v>11922695492</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L348" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>88313422300022</v>
+        <v>87895457700010</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I349" s="3">
-        <v>11756045875</v>
+        <v>76341070934</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M349" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>88369823500016</v>
+        <v>87909863000020</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1055</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="I350" s="3">
-        <v>75860179286</v>
+        <v>11788660878</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L350" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>88408053200010</v>
+        <v>87918159200012</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I351" s="3">
-        <v>11910883191</v>
+        <v>11910861491</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L351" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M351" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>88454931200012</v>
+        <v>87946055800015</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1063</v>
+        <v>1057</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1064</v>
-[...3 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I352" s="3">
-        <v>93131858313</v>
+        <v>93060877506</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L352" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>88469445600010</v>
+        <v>88197156800012</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I353" s="3">
-        <v>11756076975</v>
+        <v>84070121607</v>
       </c>
       <c r="J353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L353" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>88533346800019</v>
+        <v>88256760500028</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I354" s="3"/>
       <c r="J354" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L354" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>88539913900025</v>
+        <v>88265659800019</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>804</v>
+        <v>1066</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I355" s="3">
-        <v>11756452675</v>
+        <v>32020145302</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L355" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>88760274600018</v>
+        <v>88282479000019</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="D356" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D356" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E356" s="2" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>125</v>
+        <v>533</v>
       </c>
       <c r="I356" s="3">
-        <v>11950734595</v>
+        <v>84691729869</v>
       </c>
       <c r="J356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>88774551100014</v>
+        <v>88311609700014</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1076</v>
-[...1 lines deleted...]
-      <c r="D357" s="2"/>
+        <v>1070</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>1071</v>
+      </c>
       <c r="E357" s="2" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1078</v>
+        <v>896</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I357" s="3">
-        <v>84691778369</v>
+        <v>93830608583</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>88783529600013</v>
+        <v>88313422300022</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1079</v>
+        <v>1073</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>253</v>
+        <v>1075</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I358" s="3">
-        <v>76341081834</v>
+        <v>11756045875</v>
       </c>
       <c r="J358" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K358" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M358" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>88865775600019</v>
+        <v>88369823500016</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I359" s="3">
-        <v>93830624383</v>
+        <v>75860179286</v>
       </c>
       <c r="J359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M359" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>88869252200012</v>
+        <v>88408053200010</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="I360" s="3">
-        <v>11930844493</v>
+        <v>11910883191</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M360" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>88873354000015</v>
+        <v>88454931200012</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="G361" s="2"/>
+        <v>1085</v>
+      </c>
+      <c r="G361" s="2" t="s">
+        <v>1086</v>
+      </c>
       <c r="H361" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I361" s="3"/>
       <c r="J361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>88904549800025</v>
+        <v>88469445600010</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1091</v>
+        <v>282</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I362" s="3">
-        <v>11930842993</v>
+        <v>11756076975</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M362" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>88922594200016</v>
+        <v>88533346800019</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1089</v>
+      </c>
+      <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="I363" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I363" s="3">
+        <v>11788450178</v>
+      </c>
       <c r="J363" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L363" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>88923361500026</v>
+        <v>88539913900025</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="D364" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E364" s="2" t="s">
-        <v>1097</v>
+        <v>843</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>401</v>
+        <v>160</v>
       </c>
       <c r="I364" s="3">
-        <v>11950733495</v>
+        <v>11756452675</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>88942700100033</v>
+        <v>88760274600018</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I365" s="3">
-        <v>75331267533</v>
+        <v>11950734595</v>
       </c>
       <c r="J365" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K365" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M365" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>88985045900021</v>
+        <v>88774551100014</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I366" s="3">
-        <v>84691773069</v>
+        <v>84691778369</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>89005031300018</v>
+        <v>88783529600013</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1106</v>
+        <v>1100</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1107</v>
+        <v>715</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I367" s="3">
-        <v>11922360992</v>
+        <v>76341081834</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>89010236100015</v>
+        <v>88865775600019</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D368" s="2"/>
+        <v>1101</v>
+      </c>
+      <c r="D368" s="2" t="s">
+        <v>1102</v>
+      </c>
       <c r="E368" s="2" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I368" s="3">
-        <v>93830618183</v>
+        <v>93830624383</v>
       </c>
       <c r="J368" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M368" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>89016767900012</v>
+        <v>88869252200012</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>1107</v>
+      </c>
+      <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
       <c r="I369" s="3">
-        <v>11922357892</v>
+        <v>11930844493</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>89025129100013</v>
+        <v>88873354000015</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1090</v>
+        <v>1110</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I370" s="3">
-        <v>11756118775</v>
+        <v>44100105510</v>
       </c>
       <c r="J370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>89034821200022</v>
+        <v>88904549800025</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="I371" s="3"/>
+        <v>123</v>
+      </c>
+      <c r="I371" s="3">
+        <v>11930842993</v>
+      </c>
       <c r="J371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>89043712200017</v>
+        <v>88922594200016</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="D372" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E372" s="2" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1121</v>
+        <v>1115</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I372" s="3"/>
       <c r="J372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M372" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>89048234200015</v>
+        <v>88923361500026</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1122</v>
+        <v>1116</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>73</v>
+        <v>245</v>
       </c>
       <c r="I373" s="3">
-        <v>11756114475</v>
+        <v>11950733495</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>89049529400013</v>
+        <v>88942700100033</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="G374" s="2"/>
       <c r="H374" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I374" s="3">
-        <v>27390126739</v>
+        <v>75331267533</v>
       </c>
       <c r="J374" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K374" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L374" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>89058179600020</v>
+        <v>88985045900021</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I375" s="3">
-        <v>11756164675</v>
+        <v>84691773069</v>
       </c>
       <c r="J375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>89112771400014</v>
+        <v>89005031300018</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="I376" s="3">
-        <v>75331447033</v>
+        <v>11922360992</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L376" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>89119413600018</v>
+        <v>89010236100015</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1136</v>
+        <v>1130</v>
       </c>
       <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I377" s="3">
-        <v>84691782069</v>
+        <v>93830618183</v>
       </c>
       <c r="J377" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K377" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L377" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M377" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>89172221700025</v>
+        <v>89016767900012</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1138</v>
+        <v>1132</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="G378" s="2"/>
+        <v>471</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>1133</v>
+      </c>
       <c r="H378" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I378" s="3"/>
       <c r="J378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L378" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M378" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>89187224400019</v>
+        <v>89025129100013</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1140</v>
+        <v>1134</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>1141</v>
+        <v>1135</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1142</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I379" s="3">
-        <v>84691798569</v>
+        <v>11756118775</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L379" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>89226049800019</v>
+        <v>89034821200022</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>101</v>
+        <v>1137</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I380" s="3"/>
       <c r="J380" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>89236931500015</v>
+        <v>89043712200017</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>16</v>
+        <v>1141</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I381" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I381" s="3"/>
       <c r="J381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L381" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M381" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>89250203000018</v>
+        <v>89048234200015</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1148</v>
+        <v>1142</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>1149</v>
+        <v>253</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I382" s="3">
-        <v>32591046359</v>
+        <v>11756114475</v>
       </c>
       <c r="J382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L382" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M382" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>89257414600023</v>
+        <v>89049529400013</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1151</v>
+        <v>1143</v>
       </c>
       <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1153</v>
-[...1 lines deleted...]
-      <c r="G383" s="2"/>
+        <v>1110</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>1145</v>
+      </c>
       <c r="H383" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I383" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I383" s="3"/>
       <c r="J383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L383" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>89308978900018</v>
+        <v>89058179600020</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>16</v>
+        <v>1148</v>
       </c>
       <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I384" s="3">
-        <v>11770719077</v>
+        <v>11756164675</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L384" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M384" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>89315204100016</v>
+        <v>89112771400014</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1158</v>
-[...1 lines deleted...]
-      <c r="G385" s="2"/>
+        <v>1151</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>1152</v>
+      </c>
       <c r="H385" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="I385" s="3"/>
       <c r="J385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L385" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>89317296500012</v>
+        <v>89119413600018</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1159</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>1155</v>
+      </c>
+      <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I386" s="3">
-        <v>84740396374</v>
+        <v>84691782069</v>
       </c>
       <c r="J386" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K386" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L386" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M386" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>89349309800014</v>
+        <v>89172221700025</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1162</v>
+        <v>1156</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1163</v>
+        <v>1157</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1164</v>
+        <v>1158</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I387" s="3">
-        <v>11922392792</v>
+        <v>75640492564</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M387" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>89349355100012</v>
+        <v>89187224400019</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1165</v>
+        <v>1159</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1166</v>
+        <v>1160</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="G388" s="2"/>
+        <v>1161</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>1162</v>
+      </c>
       <c r="H388" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I388" s="3"/>
       <c r="J388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M388" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>89358843400017</v>
+        <v>89226049800019</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1168</v>
+        <v>151</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I389" s="3">
-        <v>93061182406</v>
+        <v>84420349642</v>
       </c>
       <c r="J389" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L389" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>89399223000019</v>
+        <v>89236931500015</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>753</v>
+        <v>16</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I390" s="3">
-        <v>32591052859</v>
+        <v>93061170906</v>
       </c>
       <c r="J390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L390" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>89420910500028</v>
+        <v>89250203000018</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="G391" s="2"/>
+        <v>810</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>1169</v>
+      </c>
       <c r="H391" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I391" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I391" s="3"/>
       <c r="J391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L391" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>89440921800019</v>
+        <v>89257414600023</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I392" s="3">
-        <v>93131895413</v>
+        <v>52440910344</v>
       </c>
       <c r="J392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L392" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M392" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>89450321800022</v>
+        <v>89308978900018</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I393" s="3">
-        <v>93131889813</v>
+        <v>11770719077</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L393" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>89459182500019</v>
+        <v>89315204100016</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1178</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="D394" s="2"/>
       <c r="E394" s="2" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I394" s="3">
-        <v>44670704367</v>
+        <v>76311038731</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L394" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M394" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>89460918900028</v>
+        <v>89317296500012</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1182</v>
-[...1 lines deleted...]
-      <c r="D395" s="2"/>
+        <v>1178</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>1178</v>
+      </c>
       <c r="E395" s="2" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>1113</v>
+        <v>820</v>
       </c>
       <c r="H395" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I395" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I395" s="3"/>
       <c r="J395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L395" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M395" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>89468769800015</v>
+        <v>89349309800014</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="G396" s="2"/>
+        <v>1183</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>1184</v>
+      </c>
       <c r="H396" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I396" s="3"/>
       <c r="J396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L396" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>89508161000019</v>
+        <v>89349355100012</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1190</v>
+        <v>16</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
       <c r="I397" s="3">
-        <v>11930867293</v>
+        <v>11950704395</v>
       </c>
       <c r="J397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M397" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>89512949200016</v>
+        <v>89358843400017</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>876</v>
+        <v>73</v>
       </c>
       <c r="I398" s="3">
-        <v>32591055159</v>
+        <v>93061182406</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>89539892300022</v>
+        <v>89399223000019</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1195</v>
+        <v>810</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I399" s="3">
-        <v>11756205875</v>
+        <v>32591052859</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K399" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M399" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>89759647400014</v>
+        <v>89420910500028</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1196</v>
-[...1 lines deleted...]
-      <c r="D400" s="2"/>
+        <v>1191</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>1191</v>
+      </c>
       <c r="E400" s="2" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1198</v>
+        <v>539</v>
       </c>
       <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I400" s="3">
-        <v>11922406492</v>
+        <v>11930968493</v>
       </c>
       <c r="J400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L400" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M400" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>89784226600016</v>
+        <v>89440921800019</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1199</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="G401" s="2"/>
       <c r="H401" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I401" s="3">
-        <v>28140365114</v>
+        <v>93131895413</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L401" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M401" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>89790373800010</v>
+        <v>89450321800022</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1204</v>
+        <v>858</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I402" s="3"/>
+      <c r="I402" s="3">
+        <v>93131889813</v>
+      </c>
       <c r="J402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L402" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M402" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>89792220900019</v>
+        <v>89459182500019</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1205</v>
-[...1 lines deleted...]
-      <c r="D403" s="2"/>
+        <v>1198</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>1199</v>
+      </c>
       <c r="E403" s="2" t="s">
-        <v>1115</v>
+        <v>1200</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I403" s="3">
-        <v>11756213575</v>
+        <v>44670704367</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L403" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M403" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>89804616400015</v>
+        <v>89460918900028</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>1207</v>
+        <v>1203</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1208</v>
-[...1 lines deleted...]
-      <c r="G404" s="2"/>
+        <v>1204</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>1133</v>
+      </c>
       <c r="H404" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I404" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I404" s="3"/>
       <c r="J404" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K404" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M404" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>89821219600015</v>
+        <v>89468769800015</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1210</v>
+        <v>1206</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1211</v>
+        <v>1207</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I405" s="3">
-        <v>84420355142</v>
+        <v>93131928313</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>89856473700010</v>
+        <v>89508161000019</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>1115</v>
+        <v>1209</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I406" s="3">
-        <v>11756223175</v>
+        <v>11930867293</v>
       </c>
       <c r="J406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M406" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>89891197900018</v>
+        <v>89512949200016</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1213</v>
+        <v>1201</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>129</v>
+        <v>916</v>
       </c>
       <c r="I407" s="3">
-        <v>44670710867</v>
+        <v>32591055159</v>
       </c>
       <c r="J407" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K407" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L407" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M407" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>89905394600013</v>
+        <v>89539892300022</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1218</v>
+        <v>280</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I408" s="3">
-        <v>11770732577</v>
+        <v>11756205875</v>
       </c>
       <c r="J408" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K408" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M408" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
-        <v>89928936700018</v>
+        <v>89759647400014</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1221</v>
-[...3 lines deleted...]
-      </c>
+        <v>1217</v>
+      </c>
+      <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I409" s="3">
-        <v>84692544169</v>
+        <v>11922406492</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M409" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
-        <v>89986421900022</v>
+        <v>89784226600016</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1222</v>
-[...1 lines deleted...]
-      <c r="D410" s="2"/>
+        <v>1218</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>1218</v>
+      </c>
       <c r="E410" s="2" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="G410" s="2"/>
       <c r="H410" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I410" s="3">
-        <v>11756292675</v>
+        <v>28140365114</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M410" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
-        <v>90038394400015</v>
+        <v>89790373800010</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="G411" s="2"/>
       <c r="H411" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I411" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I411" s="3"/>
       <c r="J411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L411" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M411" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
-        <v>90042928300014</v>
+        <v>89792220900019</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
-        <v>1229</v>
+        <v>1135</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1223</v>
+      </c>
+      <c r="G412" s="2"/>
       <c r="H412" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I412" s="3">
-        <v>11930889793</v>
+        <v>11756213575</v>
       </c>
       <c r="J412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M412" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
-        <v>90046685500013</v>
+        <v>89804616400015</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>1232</v>
+        <v>1225</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="s">
-        <v>1233</v>
+        <v>1226</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I413" s="3">
-        <v>11756368375</v>
+        <v>11950710395</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M413" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
-        <v>90067089400014</v>
+        <v>89821219600015</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I414" s="3">
-        <v>27210424621</v>
+        <v>84420355142</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K414" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L414" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M414" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
-        <v>90075954900018</v>
+        <v>89856473700010</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>1238</v>
+        <v>1135</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I415" s="3">
-        <v>11941093794</v>
+        <v>11756223175</v>
       </c>
       <c r="J415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L415" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M415" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
-        <v>90081687700022</v>
+        <v>89891197900018</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1242</v>
+        <v>1232</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I416" s="3">
-        <v>11922457492</v>
+        <v>44670710867</v>
       </c>
       <c r="J416" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K416" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M416" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
-        <v>90090712200023</v>
+        <v>89905394600013</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="G417" s="2"/>
       <c r="H417" s="2" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="I417" s="3">
-        <v>11922423492</v>
+        <v>11770732577</v>
       </c>
       <c r="J417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L417" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M417" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
-        <v>90100321000027</v>
+        <v>89928936700018</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="G418" s="2"/>
+        <v>1240</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>1011</v>
+      </c>
       <c r="H418" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I418" s="3"/>
       <c r="J418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L418" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M418" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
-        <v>90116251100017</v>
+        <v>89986421900022</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="G419" s="2"/>
       <c r="H419" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I419" s="3">
-        <v>11950721095</v>
+        <v>11756292675</v>
       </c>
       <c r="J419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L419" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M419" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
-        <v>90139546700011</v>
+        <v>90038394400015</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I420" s="3">
-        <v>84691868969</v>
+        <v>53351103735</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M420" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
-        <v>90141980400017</v>
+        <v>90042928300014</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1257</v>
-[...1 lines deleted...]
-      <c r="G421" s="2"/>
+        <v>1249</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>1250</v>
+      </c>
       <c r="H421" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I421" s="3"/>
       <c r="J421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L421" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M421" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
-        <v>90162143300019</v>
+        <v>90046685500013</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1258</v>
+        <v>1251</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>466</v>
+        <v>1246</v>
       </c>
       <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I422" s="3">
-        <v>76660256066</v>
+        <v>11756368375</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K422" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M422" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
-        <v>90170950100018</v>
+        <v>90067089400014</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>1261</v>
+        <v>1254</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
       <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I423" s="3">
-        <v>11922432492</v>
+        <v>27210424621</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K423" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L423" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
-        <v>90200276500011</v>
+        <v>90075954900018</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1262</v>
+        <v>1258</v>
       </c>
       <c r="G424" s="2"/>
       <c r="H424" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I424" s="3">
-        <v>11756317675</v>
+        <v>11941093794</v>
       </c>
       <c r="J424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M424" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
-        <v>90205132500014</v>
+        <v>90081687700022</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I425" s="3">
-        <v>76311106531</v>
+        <v>11922457492</v>
       </c>
       <c r="J425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M425" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
-        <v>90240150400011</v>
+        <v>90090712200023</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1268</v>
+        <v>1262</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1270</v>
-[...1 lines deleted...]
-      <c r="G426" s="2"/>
+        <v>1264</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>1265</v>
+      </c>
       <c r="H426" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="I426" s="3"/>
       <c r="J426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L426" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M426" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
-        <v>90242118900017</v>
+        <v>90100321000027</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1271</v>
+        <v>1266</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1273</v>
+        <v>259</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I427" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I427" s="3"/>
       <c r="J427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L427" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M427" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
-        <v>90242714500013</v>
+        <v>90116251100017</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="D428" s="2"/>
       <c r="E428" s="2" t="s">
-        <v>804</v>
+        <v>1269</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>400</v>
+        <v>1270</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I428" s="3">
-        <v>11756333675</v>
+        <v>11950721095</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M428" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
-        <v>90250660900012</v>
+        <v>90139546700011</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1139</v>
+        <v>1273</v>
       </c>
       <c r="G429" s="2"/>
       <c r="H429" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I429" s="3">
-        <v>11788501578</v>
+        <v>84691868969</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L429" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M429" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
-        <v>90257968900032</v>
+        <v>90141980400017</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
-        <v>676</v>
+        <v>1275</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="G430" s="2"/>
       <c r="H430" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I430" s="3">
-        <v>11922461592</v>
+        <v>84420373142</v>
       </c>
       <c r="J430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L430" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M430" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
-        <v>90293727500011</v>
+        <v>90162143300019</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1280</v>
+        <v>543</v>
       </c>
       <c r="G431" s="2"/>
       <c r="H431" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I431" s="3">
-        <v>93131949113</v>
+        <v>76660256066</v>
       </c>
       <c r="J431" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K431" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L431" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M431" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
-        <v>90302661500018</v>
+        <v>90170950100018</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I432" s="3">
-        <v>11930901393</v>
+        <v>11922432492</v>
       </c>
       <c r="J432" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K432" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L432" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M432" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
-        <v>90320414700016</v>
+        <v>90200276500011</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1139</v>
+        <v>1281</v>
       </c>
       <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I433" s="3">
-        <v>93060941606</v>
+        <v>11756317675</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M433" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
-        <v>90327030400012</v>
+        <v>90205132500014</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F434" s="2" t="s">
         <v>1286</v>
-      </c>
-[...7 lines deleted...]
-        <v>728</v>
       </c>
       <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I434" s="3">
-        <v>84691891069</v>
+        <v>76311106531</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M434" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
-        <v>90329202700013</v>
+        <v>90240150400011</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1123</v>
+        <v>1288</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I435" s="3"/>
+        <v>123</v>
+      </c>
+      <c r="I435" s="3">
+        <v>84730250273</v>
+      </c>
       <c r="J435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L435" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M435" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
-        <v>90331993700012</v>
+        <v>90242118900017</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F436" s="2" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I436" s="3"/>
+      <c r="I436" s="3">
+        <v>11756332475</v>
+      </c>
       <c r="J436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L436" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M436" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
-        <v>90340766600010</v>
+        <v>90242714500013</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1293</v>
-[...1 lines deleted...]
-      <c r="D437" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E437" s="2" t="s">
-        <v>1294</v>
+        <v>843</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>731</v>
+        <v>675</v>
       </c>
       <c r="G437" s="2"/>
       <c r="H437" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I437" s="3">
-        <v>84260320126</v>
+        <v>11756333675</v>
       </c>
       <c r="J437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L437" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M437" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
-        <v>90350731700019</v>
+        <v>90250660900012</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1297</v>
+        <v>1158</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I438" s="3">
-        <v>11922440192</v>
+        <v>11788501578</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M438" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
-        <v>90353076400013</v>
+        <v>90257968900032</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
-        <v>1299</v>
+        <v>136</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="G439" s="2"/>
       <c r="H439" s="2" t="s">
-        <v>68</v>
+        <v>123</v>
       </c>
       <c r="I439" s="3">
-        <v>11756386175</v>
+        <v>11922461592</v>
       </c>
       <c r="J439" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L439" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M439" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
-        <v>90370052400015</v>
+        <v>90293727500011</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>731</v>
+        <v>1299</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I440" s="3">
-        <v>11950725295</v>
+        <v>93131949113</v>
       </c>
       <c r="J440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L440" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M440" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
-        <v>90370559800014</v>
+        <v>90302661500018</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>434</v>
+        <v>1302</v>
       </c>
       <c r="G441" s="2"/>
       <c r="H441" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I441" s="3">
-        <v>11756334975</v>
+        <v>11930901393</v>
       </c>
       <c r="J441" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M441" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
-        <v>90391982700019</v>
+        <v>90320414700016</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1307</v>
+        <v>1158</v>
       </c>
       <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I442" s="3">
-        <v>93131971113</v>
+        <v>93060941606</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M442" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
-        <v>90393487500019</v>
+        <v>90327030400012</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1308</v>
-[...1 lines deleted...]
-      <c r="D443" s="2"/>
+        <v>1305</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>1306</v>
+      </c>
       <c r="E443" s="2" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1310</v>
+        <v>782</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>391</v>
+        <v>73</v>
       </c>
       <c r="I443" s="3">
-        <v>11922446892</v>
+        <v>84691891069</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M443" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
-        <v>90422914300014</v>
+        <v>90469485800013</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>1312</v>
+        <v>700</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1195</v>
+        <v>1261</v>
       </c>
       <c r="G444" s="2"/>
       <c r="H444" s="2" t="s">
-        <v>573</v>
+        <v>73</v>
       </c>
       <c r="I444" s="3">
-        <v>44670691467</v>
+        <v>11756356675</v>
       </c>
       <c r="J444" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K444" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L444" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M444" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
-        <v>90427145900011</v>
+        <v>90474116200013</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1066</v>
+        <v>1309</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="s">
-        <v>674</v>
+        <v>1310</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1195</v>
+        <v>1311</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I445" s="3">
-        <v>44670691567</v>
+        <v>11922454692</v>
       </c>
       <c r="J445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L445" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M445" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>90469485800013</v>
+        <v>90478875900010</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>430</v>
+        <v>1313</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1242</v>
+        <v>1314</v>
       </c>
       <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I446" s="3">
-        <v>11756356675</v>
+        <v>11941097594</v>
       </c>
       <c r="J446" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K446" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L446" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M446" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>90474116200013</v>
+        <v>90490980100014</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="G447" s="2"/>
+        <v>1317</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>1318</v>
+      </c>
       <c r="H447" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="I447" s="3"/>
       <c r="J447" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K447" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L447" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>90478875900010</v>
+        <v>90490980100022</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I448" s="3">
-        <v>11941097594</v>
+        <v>44540405854</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M448" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>90490980100014</v>
+        <v>90493432000014</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1322</v>
-[...1 lines deleted...]
-      <c r="G449" s="2" t="s">
         <v>1323</v>
       </c>
+      <c r="G449" s="2"/>
       <c r="H449" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I449" s="3">
-        <v>44540405854</v>
+        <v>11756398775</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K449" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L449" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M449" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>90490980100022</v>
+        <v>90495636400015</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I450" s="3">
-        <v>44540405854</v>
+        <v>11930921093</v>
       </c>
       <c r="J450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L450" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M450" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>90493432000014</v>
+        <v>90495698400028</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I451" s="3">
-        <v>11756398775</v>
+        <v>93131950013</v>
       </c>
       <c r="J451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L451" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M451" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>90495636400015</v>
+        <v>90498596700010</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1331</v>
-[...1 lines deleted...]
-      <c r="G452" s="2"/>
+        <v>1332</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>1333</v>
+      </c>
       <c r="H452" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I452" s="3"/>
       <c r="J452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L452" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M452" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>90495698400028</v>
+        <v>90515831700016</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="s">
-        <v>1333</v>
+        <v>942</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1334</v>
+        <v>1311</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I453" s="3">
-        <v>93131950013</v>
+        <v>11756382075</v>
       </c>
       <c r="J453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L453" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M453" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>90498596700010</v>
+        <v>90518955100021</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1335</v>
       </c>
-      <c r="D454" s="2"/>
+      <c r="D454" s="2" t="s">
+        <v>1335</v>
+      </c>
       <c r="E454" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="G454" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="H454" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I454" s="3"/>
       <c r="J454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>90515831700016</v>
+        <v>90520134900016</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>902</v>
+        <v>1340</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1316</v>
+        <v>1341</v>
       </c>
       <c r="G455" s="2"/>
       <c r="H455" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I455" s="3">
-        <v>11756382075</v>
+        <v>11756367775</v>
       </c>
       <c r="J455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L455" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M455" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>90518955100021</v>
+        <v>90534828000025</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1340</v>
-[...3 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1342</v>
-[...3 lines deleted...]
-      </c>
+        <v>1344</v>
+      </c>
+      <c r="G456" s="2"/>
       <c r="H456" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I456" s="3">
-        <v>76341152034</v>
+        <v>75640515564</v>
       </c>
       <c r="J456" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L456" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M456" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>90520134900016</v>
+        <v>90746743500018</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1346</v>
-[...1 lines deleted...]
-      <c r="G457" s="2"/>
+        <v>879</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H457" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I457" s="3"/>
       <c r="J457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L457" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M457" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>90534828000025</v>
+        <v>90774678800013</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I458" s="3">
-        <v>75640515564</v>
+        <v>93131961213</v>
       </c>
       <c r="J458" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K458" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L458" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M458" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>90746743500018</v>
+        <v>90818028400014</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C459" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="G459" s="2"/>
       <c r="H459" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I459" s="3">
-        <v>11941099794</v>
+        <v>11922488192</v>
       </c>
       <c r="J459" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K459" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L459" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>90774678800013</v>
+        <v>90824967500020</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I460" s="3">
-        <v>93131961213</v>
+        <v>11756421675</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L460" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M460" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>90818028400014</v>
+        <v>90829888800011</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G461" s="2"/>
       <c r="H461" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I461" s="3">
-        <v>11922488192</v>
+        <v>11922484192</v>
       </c>
       <c r="J461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L461" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M461" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>90824967500020</v>
+        <v>90858917900013</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I462" s="3">
-        <v>11756421675</v>
+        <v>11756499875</v>
       </c>
       <c r="J462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L462" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M462" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>90829888800011</v>
+        <v>90873664800019</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1363</v>
+        <v>1243</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I463" s="3">
-        <v>11922484192</v>
+        <v>11788521178</v>
       </c>
       <c r="J463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L463" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M463" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>90858917900013</v>
+        <v>90879846500021</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I464" s="3">
-        <v>11756499875</v>
+        <v>11930931893</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M464" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>90873664800019</v>
+        <v>90888199800029</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1224</v>
+        <v>1369</v>
       </c>
       <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I465" s="3">
-        <v>11788521178</v>
+        <v>84010252701</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L465" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M465" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>90879846500021</v>
+        <v>90910982900012</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="D466" s="2"/>
+        <v>1370</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>1370</v>
+      </c>
       <c r="E466" s="2" t="s">
-        <v>1370</v>
+        <v>942</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1371</v>
+        <v>1243</v>
       </c>
       <c r="G466" s="2"/>
       <c r="H466" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I466" s="3">
-        <v>11930931893</v>
+        <v>11756406375</v>
       </c>
       <c r="J466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L466" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>90888199800029</v>
+        <v>90919091000028</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F467" s="2" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>1374</v>
       </c>
       <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="I467" s="3">
-        <v>84010252701</v>
+        <v>32600393560</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K467" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L467" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M467" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>90910982900012</v>
+        <v>90946446300027</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C468" s="2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D468" s="2"/>
+      <c r="E468" s="2" t="s">
         <v>1375</v>
       </c>
-      <c r="D468" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F468" s="2" t="s">
-        <v>1224</v>
+        <v>347</v>
       </c>
       <c r="G468" s="2"/>
       <c r="H468" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I468" s="3"/>
       <c r="J468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L468" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M468" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>90919091000028</v>
+        <v>90966794100035</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="F469" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I469" s="3">
-        <v>32600393560</v>
+        <v>93830667483</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L469" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>90946446300027</v>
+        <v>90981693600019</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>516</v>
+        <v>1381</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="I470" s="3"/>
+        <v>73</v>
+      </c>
+      <c r="I470" s="3">
+        <v>84380816438</v>
+      </c>
       <c r="J470" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K470" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L470" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>90966794100035</v>
+        <v>90982246200018</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I471" s="3">
-        <v>93830667483</v>
+        <v>11922490492</v>
       </c>
       <c r="J471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L471" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>90981693600019</v>
+        <v>90982609100011</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1386</v>
+        <v>1204</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I472" s="3">
-        <v>84380816438</v>
+        <v>11931054393</v>
       </c>
       <c r="J472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L472" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M472" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>90982246200018</v>
+        <v>91003850400015</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F473" s="2" t="s">
         <v>1388</v>
       </c>
-      <c r="F473" s="2" t="s">
+      <c r="G473" s="2" t="s">
         <v>1389</v>
       </c>
-      <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>1390</v>
+      </c>
+      <c r="I473" s="3"/>
       <c r="J473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L473" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M473" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>90982609100011</v>
+        <v>91016143900013</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1184</v>
+        <v>1393</v>
       </c>
       <c r="G474" s="2"/>
       <c r="H474" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I474" s="3">
-        <v>11931054393</v>
+        <v>11950745395</v>
       </c>
       <c r="J474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L474" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M474" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>91003850400015</v>
+        <v>91038096300017</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>980</v>
+        <v>1395</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      </c>
+        <v>1396</v>
+      </c>
+      <c r="G475" s="2"/>
       <c r="H475" s="2" t="s">
-        <v>1395</v>
+        <v>73</v>
       </c>
       <c r="I475" s="3">
-        <v>11770768177</v>
+        <v>84380816538</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L475" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>91016143900013</v>
+        <v>91053944400018</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
-        <v>129</v>
+        <v>370</v>
       </c>
       <c r="I476" s="3">
-        <v>11950745395</v>
+        <v>84380818138</v>
       </c>
       <c r="J476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L476" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M476" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>91038096300017</v>
+        <v>91098483000018</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I477" s="3">
-        <v>84380816538</v>
+        <v>84730251573</v>
       </c>
       <c r="J477" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L477" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M477" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>91053944400018</v>
+        <v>91113130800015</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>167</v>
+        <v>73</v>
       </c>
       <c r="I478" s="3">
-        <v>84380818138</v>
+        <v>76311137131</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L478" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M478" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>91098483000018</v>
+        <v>91130733800010</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="G479" s="2"/>
       <c r="H479" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I479" s="3">
-        <v>84730251573</v>
+        <v>84691950469</v>
       </c>
       <c r="J479" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K479" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L479" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M479" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>91113130800015</v>
+        <v>91159492700012</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1410</v>
-[...1 lines deleted...]
-      <c r="G480" s="2"/>
+        <v>1411</v>
+      </c>
+      <c r="G480" s="2" t="s">
+        <v>1412</v>
+      </c>
       <c r="H480" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I480" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I480" s="3"/>
       <c r="J480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L480" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M480" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>91130733800010</v>
+        <v>91177569000017</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
-        <v>1412</v>
+        <v>1360</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I481" s="3">
-        <v>84691950469</v>
+        <v>11756512375</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L481" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M481" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>91159492700012</v>
+        <v>91181153700016</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="H482" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I482" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I482" s="3"/>
       <c r="J482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M482" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>91177569000017</v>
+        <v>91183548600018</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1365</v>
+        <v>1419</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I483" s="3">
-        <v>11756512375</v>
+        <v>11770771577</v>
       </c>
       <c r="J483" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L483" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M483" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>91181153700016</v>
+        <v>91184276300011</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C484" s="2" t="s">
         <v>1420</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
         <v>1421</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="G484" s="2" t="s">
         <v>1422</v>
       </c>
+      <c r="G484" s="2"/>
       <c r="H484" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I484" s="3">
-        <v>84380820538</v>
+        <v>93132014113</v>
       </c>
       <c r="J484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L484" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M484" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>91183548600018</v>
+        <v>91226856200010</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C485" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
         <v>1424</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="G485" s="2"/>
       <c r="H485" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I485" s="3">
-        <v>11770771577</v>
+        <v>11756513975</v>
       </c>
       <c r="J485" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M485" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>91184276300011</v>
+        <v>91247290900015</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1427</v>
+        <v>1329</v>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I486" s="3">
-        <v>93132014113</v>
+        <v>44510227051</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K486" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>91226856200010</v>
+        <v>91253940000016</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
         <v>1428</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="F487" s="2" t="s">
         <v>1430</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I487" s="3">
-        <v>11756513975</v>
+        <v>11910943691</v>
       </c>
       <c r="J487" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K487" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L487" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>91247290900015</v>
+        <v>91272697300015</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
         <v>1431</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
         <v>1432</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1334</v>
+        <v>1430</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I488" s="3">
-        <v>44510227051</v>
+        <v>11756492775</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L488" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M488" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>91253940000016</v>
+        <v>91288077000017</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="F489" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I489" s="3">
-        <v>11910943691</v>
+        <v>32591128859</v>
       </c>
       <c r="J489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L489" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M489" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>91272697300015</v>
+        <v>91288105900014</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C490" s="2" t="s">
         <v>1436</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
-        <v>1437</v>
+        <v>1410</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1435</v>
+        <v>1366</v>
       </c>
       <c r="G490" s="2"/>
       <c r="H490" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I490" s="3">
-        <v>11756492775</v>
+        <v>84691968769</v>
       </c>
       <c r="J490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L490" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M490" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>91288077000017</v>
+        <v>91307961200028</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F491" s="2" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I491" s="3">
-        <v>32591128859</v>
+        <v>76311149531</v>
       </c>
       <c r="J491" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K491" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L491" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M491" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>91288105900014</v>
+        <v>91332825800011</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1415</v>
+        <v>1441</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1371</v>
+        <v>1442</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
-        <v>73</v>
+        <v>175</v>
       </c>
       <c r="I492" s="3">
-        <v>84691968769</v>
+        <v>11941128594</v>
       </c>
       <c r="J492" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K492" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L492" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M492" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>91307961200028</v>
+        <v>91335186200028</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="G493" s="2"/>
+        <v>1445</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>1446</v>
+      </c>
       <c r="H493" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I493" s="3"/>
       <c r="J493" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K493" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L493" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M493" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>91332825800011</v>
+        <v>91337414600011</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>125</v>
+        <v>370</v>
       </c>
       <c r="I494" s="3">
-        <v>11941128594</v>
+        <v>24280205828</v>
       </c>
       <c r="J494" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K494" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L494" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="M494" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>91335186200028</v>
+        <v>91347179300012</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="G495" s="2"/>
       <c r="H495" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I495" s="3">
-        <v>11922533992</v>
+        <v>11770784477</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K495" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L495" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M495" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>91337414600011</v>
+        <v>91365020600018</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C496" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="F496" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="G496" s="2"/>
       <c r="H496" s="2" t="s">
-        <v>167</v>
+        <v>73</v>
       </c>
       <c r="I496" s="3">
-        <v>24280205828</v>
+        <v>93830708683</v>
       </c>
       <c r="J496" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K496" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L496" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M496" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>91347179300012</v>
+        <v>91366563400014</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C497" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F497" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G497" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="G497" s="2"/>
       <c r="H497" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I497" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I497" s="3"/>
       <c r="J497" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L497" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M497" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>91365020600018</v>
+        <v>91369727200023</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I498" s="3">
-        <v>93830708683</v>
+        <v>11756516775</v>
       </c>
       <c r="J498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L498" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M498" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>91366563400014</v>
+        <v>91370415100012</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1462</v>
-[...1 lines deleted...]
-      <c r="G499" s="2"/>
+        <v>1463</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H499" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I499" s="3"/>
       <c r="J499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M499" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>91369727200023</v>
+        <v>91392060900033</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I500" s="3">
-        <v>11756516775</v>
+        <v>27890171589</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K500" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L500" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M500" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>91370415100012</v>
+        <v>91406962000013</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="G501" s="2"/>
+        <v>1469</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>1470</v>
+      </c>
       <c r="H501" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I501" s="3"/>
       <c r="J501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L501" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M501" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>91392060900033</v>
+        <v>91416189800020</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1471</v>
-[...1 lines deleted...]
-      <c r="G502" s="2"/>
+        <v>738</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>1473</v>
+      </c>
       <c r="H502" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I502" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I502" s="3"/>
       <c r="J502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M502" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>91406962000013</v>
+        <v>91449766400013</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1476</v>
+      </c>
+      <c r="G503" s="2"/>
       <c r="H503" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I503" s="3">
-        <v>93060991906</v>
+        <v>11922522992</v>
       </c>
       <c r="J503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L503" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M503" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>91416189800020</v>
+        <v>91457018900011</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>1479</v>
+      </c>
+      <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I504" s="3">
-        <v>11756551675</v>
+        <v>11756528775</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M504" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>91449766400013</v>
+        <v>91483300900014</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D505" s="2"/>
       <c r="E505" s="2" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1481</v>
-[...1 lines deleted...]
-      <c r="G505" s="2"/>
+        <v>1482</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>1483</v>
+      </c>
       <c r="H505" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I505" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I505" s="3"/>
       <c r="J505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L505" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M505" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>91457018900011</v>
+        <v>91486788200013</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="D506" s="2"/>
       <c r="E506" s="2" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1484</v>
+        <v>617</v>
       </c>
       <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I506" s="3">
-        <v>11756528775</v>
+        <v>11941137394</v>
       </c>
       <c r="J506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L506" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M506" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>91483300900014</v>
+        <v>91512179200013</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1487</v>
-[...1 lines deleted...]
-      <c r="G507" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G507" s="2"/>
+      <c r="H507" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I507" s="3" t="s">
         <v>1488</v>
       </c>
-      <c r="H507" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L507" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M507" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>91486788200013</v>
+        <v>91515362100015</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
         <v>1490</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>588</v>
+        <v>1124</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I508" s="3">
-        <v>11941137394</v>
+        <v>11930962093</v>
       </c>
       <c r="J508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L508" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M508" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>91512179200013</v>
+        <v>91515745700010</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C509" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F509" s="2" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="G509" s="2"/>
       <c r="H509" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>1493</v>
+        <v>73</v>
+      </c>
+      <c r="I509" s="3">
+        <v>11756558875</v>
       </c>
       <c r="J509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L509" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M509" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>91515362100015</v>
+        <v>91537040700016</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F510" s="2" t="s">
         <v>1495</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="G510" s="2"/>
       <c r="H510" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I510" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I510" s="3"/>
       <c r="J510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L510" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M510" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>91515745700010</v>
+        <v>91755233300010</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1365</v>
+        <v>1497</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1497</v>
+        <v>738</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I511" s="3">
-        <v>11756558875</v>
+        <v>11950774195</v>
       </c>
       <c r="J511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L511" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M511" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>91537040700016</v>
+        <v>91766872500018</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
         <v>1499</v>
       </c>
       <c r="F512" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I512" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I512" s="3">
+        <v>11756629275</v>
+      </c>
       <c r="J512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M512" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>91755233300010</v>
+        <v>91797081600018</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
         <v>1501</v>
       </c>
-      <c r="D513" s="2"/>
+      <c r="D513" s="2" t="s">
+        <v>1502</v>
+      </c>
       <c r="E513" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>276</v>
+        <v>1504</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I513" s="3"/>
       <c r="J513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L513" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M513" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>91766872500018</v>
+        <v>91824649700013</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I514" s="3">
-        <v>11756629275</v>
+        <v>93830693183</v>
       </c>
       <c r="J514" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K514" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L514" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M514" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>91797081600018</v>
+        <v>91885395300019</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1508</v>
+      </c>
+      <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I515" s="3"/>
+      <c r="I515" s="3">
+        <v>11922540892</v>
+      </c>
       <c r="J515" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L515" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M515" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>91824649700013</v>
+        <v>91911871100010</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="D516" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="D516" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="E516" s="2" t="s">
         <v>1511</v>
       </c>
       <c r="F516" s="2" t="s">
         <v>1512</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I516" s="3">
-        <v>93830693183</v>
+        <v>84692011969</v>
       </c>
       <c r="J516" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K516" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M516" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>91885395300019</v>
+        <v>91958019100014</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I517" s="3">
-        <v>11922540892</v>
+        <v>11930977393</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M517" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>91911871100010</v>
+        <v>91974970500019</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="D518" s="2"/>
       <c r="E518" s="2" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1517</v>
+        <v>730</v>
       </c>
       <c r="G518" s="2"/>
       <c r="H518" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I518" s="3">
-        <v>84692011969</v>
+        <v>44510231251</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M518" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>91958019100014</v>
+        <v>92010856000011</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
         <v>1518</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
         <v>1519</v>
       </c>
       <c r="F519" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I519" s="3">
-        <v>11930977393</v>
+        <v>84420396342</v>
       </c>
       <c r="J519" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K519" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M519" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>91974970500019</v>
+        <v>92039872400012</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C520" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>268</v>
+        <v>1523</v>
       </c>
       <c r="G520" s="2"/>
       <c r="H520" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I520" s="3">
-        <v>44510231251</v>
+        <v>76810188781</v>
       </c>
       <c r="J520" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K520" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M520" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>92010856000011</v>
+        <v>92042647500017</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I521" s="3">
-        <v>84420396342</v>
+        <v>93061020506</v>
       </c>
       <c r="J521" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K521" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M521" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>92039872400012</v>
+        <v>92045244800011</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="D522" s="2"/>
       <c r="E522" s="2" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="G522" s="2"/>
       <c r="H522" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I522" s="3"/>
       <c r="J522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L522" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M522" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>92042647500017</v>
+        <v>92059199700019</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I523" s="3">
-        <v>93061020506</v>
+        <v>11930978993</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L523" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M523" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>92045244800011</v>
+        <v>92075973500011</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
-        <v>1533</v>
+        <v>1051</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="G524" s="2"/>
       <c r="H524" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="I524" s="3"/>
+        <v>160</v>
+      </c>
+      <c r="I524" s="3">
+        <v>11788575678</v>
+      </c>
       <c r="J524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L524" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M524" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>92059199700019</v>
+        <v>92116041200018</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="C525" s="2" t="s">
         <v>1535</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2" t="s">
         <v>1536</v>
       </c>
       <c r="F525" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="G525" s="2" t="s">
         <v>1537</v>
       </c>
-      <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I525" s="3"/>
       <c r="J525" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K525" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L525" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M525" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>92075973500011</v>
+        <v>92169557300011</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C526" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="s">
-        <v>1010</v>
+        <v>1539</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="G526" s="2"/>
       <c r="H526" s="2" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="I526" s="3">
-        <v>11788575678</v>
+        <v>27890170489</v>
       </c>
       <c r="J526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M526" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>92110537500015</v>
+        <v>92172309400014</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1540</v>
-[...1 lines deleted...]
-      <c r="D527" s="2"/>
+        <v>1541</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>1541</v>
+      </c>
       <c r="E527" s="2" t="s">
-        <v>1480</v>
+        <v>1542</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="G527" s="2"/>
       <c r="H527" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I527" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I527" s="3">
+        <v>24180134118</v>
+      </c>
       <c r="J527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M527" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>92116041200018</v>
+        <v>92193319800019</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>537</v>
+        <v>1546</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I528" s="3"/>
+        <v>175</v>
+      </c>
+      <c r="I528" s="3">
+        <v>76480036848</v>
+      </c>
       <c r="J528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M528" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>92169557300011</v>
+        <v>92273786100026</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="G529" s="2"/>
       <c r="H529" s="2" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="I529" s="3">
-        <v>27890170489</v>
+        <v>44670737267</v>
       </c>
       <c r="J529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>92172309400014</v>
+        <v>94799251700013</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1548</v>
-[...3 lines deleted...]
-      </c>
+        <v>1550</v>
+      </c>
+      <c r="D530" s="2"/>
       <c r="E530" s="2" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1550</v>
+        <v>1010</v>
       </c>
       <c r="G530" s="2"/>
       <c r="H530" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I530" s="3"/>
       <c r="J530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M530" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>92193319800019</v>
+        <v>94807377000018</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="I531" s="3">
-        <v>76480036848</v>
+        <v>84692126369</v>
       </c>
       <c r="J531" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L531" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M531" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>92273786100026</v>
+        <v>94808296100012</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1554</v>
-[...1 lines deleted...]
-      <c r="D532" s="2"/>
+        <v>1555</v>
+      </c>
+      <c r="D532" s="2" t="s">
+        <v>1555</v>
+      </c>
       <c r="E532" s="2" t="s">
-        <v>1555</v>
+        <v>1360</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1556</v>
+        <v>1378</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I532" s="3">
-        <v>44670737267</v>
+        <v>11756658375</v>
       </c>
       <c r="J532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L532" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M532" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>94799251700013</v>
+        <v>94856879500017</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F533" s="2" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I533" s="3"/>
+        <v>370</v>
+      </c>
+      <c r="I533" s="3" t="s">
+        <v>1559</v>
+      </c>
       <c r="J533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M533" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>94807377000018</v>
+        <v>94873857000019</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I534" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I534" s="3"/>
       <c r="J534" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M534" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>94808296100012</v>
+        <v>94888153700013</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1563</v>
+      </c>
+      <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
-        <v>1365</v>
+        <v>854</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1383</v>
+        <v>1564</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I535" s="3">
-        <v>11756658375</v>
+        <v>11756689175</v>
       </c>
       <c r="J535" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K535" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M535" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>94856879500017</v>
+        <v>94892019400016</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1565</v>
+        <v>1369</v>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I536" s="3"/>
       <c r="J536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L536" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M536" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>94873857000019</v>
+        <v>94907460300018</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C537" s="2" t="s">
         <v>1567</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2" t="s">
         <v>1568</v>
       </c>
       <c r="F537" s="2" t="s">
         <v>1569</v>
       </c>
       <c r="G537" s="2"/>
       <c r="H537" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I537" s="3"/>
+      <c r="I537" s="3">
+        <v>11756690975</v>
+      </c>
       <c r="J537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L537" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M537" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>94888153700013</v>
+        <v>94925073200011</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C538" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2" t="s">
-        <v>815</v>
+        <v>1571</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1571</v>
+        <v>773</v>
       </c>
       <c r="G538" s="2"/>
       <c r="H538" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I538" s="3">
-        <v>11756689175</v>
+        <v>11922638992</v>
       </c>
       <c r="J538" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K538" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="L538" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M538" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>94892019400016</v>
+        <v>95108047200016</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
         <v>1572</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
         <v>1573</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1374</v>
+        <v>1574</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="I539" s="3"/>
+      <c r="I539" s="3">
+        <v>76311235631</v>
+      </c>
       <c r="J539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L539" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M539" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>94907460300018</v>
+        <v>95200507200022</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="G540" s="2"/>
       <c r="H540" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I540" s="3">
-        <v>11756690975</v>
+        <v>11931024093</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M540" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>94925073200011</v>
+        <v>95258511500019</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>719</v>
+        <v>1580</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I541" s="3">
-        <v>11922638992</v>
+        <v>24410157941</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M541" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>95108047200016</v>
+        <v>95279470900016</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I542" s="3">
-        <v>76311235631</v>
+        <v>11770840977</v>
       </c>
       <c r="J542" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K542" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L542" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M542" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>95200507200022</v>
+        <v>95299641100015</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="I543" s="3">
-        <v>11931024093</v>
+        <v>11922629892</v>
       </c>
       <c r="J543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M543" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>95258511500019</v>
+        <v>95313642100013</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I544" s="3">
-        <v>24410157941</v>
+        <v>11922631292</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M544" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>95279470900016</v>
+        <v>97852263900019</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="G545" s="2"/>
       <c r="H545" s="2" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="I545" s="3">
-        <v>11770840977</v>
+        <v>11922650492</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M545" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>95299641100015</v>
+        <v>97877608600016</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I546" s="3">
-        <v>11922629892</v>
+        <v>11950824995</v>
       </c>
       <c r="J546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M546" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>95313642100013</v>
+        <v>97886885900015</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1595</v>
+        <v>1010</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I547" s="3">
-        <v>11922631292</v>
+        <v>44880164288</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M547" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>97852263900019</v>
+        <v>97960239800013</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2" t="s">
-        <v>1597</v>
+        <v>1475</v>
       </c>
       <c r="F548" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="G548" s="2"/>
       <c r="H548" s="2" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="I548" s="3">
-        <v>11922650492</v>
+        <v>11922663492</v>
       </c>
       <c r="J548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L548" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M548" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>97877608600016</v>
+        <v>97963073800016</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2" t="s">
         <v>1600</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I549" s="3">
-        <v>11950824995</v>
+        <v>44680360168</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K549" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L549" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="M549" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>97886885900015</v>
+        <v>98349533400010</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="D550" s="2"/>
       <c r="E550" s="2" t="s">
         <v>1603</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>969</v>
+        <v>1604</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="I550" s="3"/>
       <c r="J550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="L550" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M550" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>97960239800013</v>
+        <v>98417928300010</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1480</v>
+        <v>1606</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1605</v>
+        <v>967</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="I551" s="3">
-        <v>11922663492</v>
+        <v>24280218228</v>
       </c>
       <c r="J551" s="2" t="s">
         <v>47</v>
       </c>
       <c r="K551" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L551" s="2" t="s">
         <v>47</v>
       </c>
       <c r="M551" s="2" t="s">
-        <v>47</v>
-[...107 lines deleted...]
-      <c r="M554" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -26027,31 +25799,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 00:04:23</dc:description>
+  <dc:description>Export en date du 02/15/2026 14:06:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>