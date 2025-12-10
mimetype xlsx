--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -115,90 +115,90 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>URMA - CENTRE FORMATION STE CLOTILDE</t>
   </si>
   <si>
     <t>AVENUE STANISLAS GIMART 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/07/1989</t>
   </si>
   <si>
     <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
   </si>
   <si>
     <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
+    <t>CONFEDE. NATIONALE BOULANGERS PATISSIERS</t>
+  </si>
+  <si>
+    <t>27 AVENUE D'EYLAU 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>2 RUE DE WASSELONNE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>25 RUE DE FRANCHE-COMTE 37100 TOURS</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE LA BOULANGERIE PATISSERIE - INBP</t>
   </si>
   <si>
     <t>150 BD DE L EUROPE 76000 ROUEN</t>
   </si>
   <si>
     <t>29/06/2011</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>64.20Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>94.11Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -759,177 +759,177 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>23750036676</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53326535100015</v>
+        <v>78466840200018</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77566202600050</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I7" s="3">
         <v>11750079275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77566202600381</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I8" s="3">
         <v>11750079275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78466840200018</v>
+        <v>53326535100015</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -957,31 +957,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 21:54:33</dc:description>
+  <dc:description>Export en date du 12/10/2025 05:18:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>