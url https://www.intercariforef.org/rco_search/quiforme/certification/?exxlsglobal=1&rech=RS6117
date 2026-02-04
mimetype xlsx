--- v1 (2025-12-10)
+++ v2 (2026-02-04)
@@ -115,90 +115,90 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>URMA - CENTRE FORMATION STE CLOTILDE</t>
   </si>
   <si>
     <t>AVENUE STANISLAS GIMART 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/07/1989</t>
   </si>
   <si>
     <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
   </si>
   <si>
     <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE LA BOULANGERIE PATISSERIE - INBP</t>
+  </si>
+  <si>
+    <t>150 BD DE L EUROPE 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>29/06/2011</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>2 RUE DE WASSELONNE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>25 RUE DE FRANCHE-COMTE 37100 TOURS</t>
+  </si>
+  <si>
     <t>CONFEDE. NATIONALE BOULANGERS PATISSIERS</t>
   </si>
   <si>
     <t>27 AVENUE D'EYLAU 75016 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>94.11Z</t>
-  </si>
-[...28 lines deleted...]
-    <t>64.20Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -759,177 +759,177 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>23750036676</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78466840200018</v>
+        <v>53326535100015</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G6" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77566202600050</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
         <v>11750079275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77566202600381</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
         <v>11750079275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53326535100015</v>
+        <v>78466840200018</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -957,31 +957,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 05:18:51</dc:description>
+  <dc:description>Export en date du 02/04/2026 16:43:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>