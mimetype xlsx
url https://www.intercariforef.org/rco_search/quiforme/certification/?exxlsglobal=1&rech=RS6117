--- v2 (2026-02-04)
+++ v3 (2026-02-04)
@@ -957,31 +957,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 16:43:40</dc:description>
+  <dc:description>Export en date du 02/04/2026 18:06:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>