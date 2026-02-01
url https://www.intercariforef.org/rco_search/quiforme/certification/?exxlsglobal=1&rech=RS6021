--- v0 (2025-10-22)
+++ v1 (2026-02-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="574">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -451,137 +451,614 @@
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2689P000389</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA DE L'ESSONNE</t>
   </si>
   <si>
     <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
     <t>COMMUNAUTE AGGLOMERATION BOURGES PLUS</t>
   </si>
   <si>
-    <t>23-31 23 BOULEVARD DU MARECHAL FOCH 18000 BOURGES</t>
-[...7 lines deleted...]
-  <si>
     <t>INSTITUT COMMUNAUTAIRE EDUCATION PERMANENTE</t>
   </si>
   <si>
     <t>SALLE D'ARMES-TECHNOPOLE LAHITOLLE BOULEVARD LAHITOLLE 18000 BOURGES</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
     <t>CAREL SYNDICAT MIXTE DU CENTRE AUDIOVISUEL DE ROYAN POUR L ETUDE DES LANGUES</t>
   </si>
   <si>
     <t>48 BOULEVARD FRANCK LAMY 17200 ROYAN</t>
   </si>
   <si>
     <t>23/10/2003</t>
   </si>
   <si>
     <t>5417P002117</t>
   </si>
   <si>
+    <t>CENTRE SOCIAL LA FARANDOLE</t>
+  </si>
+  <si>
+    <t>CC LES HEURES CLAIRES RUE DE LA POUTRE 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/07/1996</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>CENTRE SOCIOCULTUREL DU LANGENSAND</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’EGLISE SAINT JOSEPH 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE MAURICE MOISSONNIER 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>31/08/2019</t>
+  </si>
+  <si>
+    <t>COMITE D ACTION ET DE PROMOTION SOCIALES</t>
+  </si>
+  <si>
+    <t>167 B AVENUE DES ALLIES 76140 LE PETIT-QUEVILLY</t>
+  </si>
+  <si>
+    <t>01/04/2004</t>
+  </si>
+  <si>
+    <t>87.90B</t>
+  </si>
+  <si>
+    <t>INSTEP LEO LAGRANGE ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>8 RUE CHARLES MICHELS 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>LIGUE DE L ENSEIGNEMENT DE BOURGOGNE-FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>10 RUE CAMILLE FLAMMARION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>90.01Z</t>
+  </si>
+  <si>
+    <t>CULTURE ALPHA</t>
+  </si>
+  <si>
+    <t>45 AVENUE DES COUTURES 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>09/08/2002</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>5 RUE LEON BERTHAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>22/04/2005</t>
+  </si>
+  <si>
+    <t>3 RUE JULES VALLES 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>4 RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>PARC D'INNOVATION BRETAGNE SUD II 3 RUE PIERRE ET MARIE CURIE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>20/03/2017</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>37 BOULEVARD ARISTIDE BRIAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>5 RUE DU COQ VERT 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>RUE FERDINAND DE BOYERES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>15/01/2000</t>
+  </si>
+  <si>
+    <t>510 AVENUE DU COMTAT VENAISSIN 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>4 RUE RONDELET 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>INFREP SUD-OUEST</t>
+  </si>
+  <si>
+    <t>110 RUE ACHARD 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>LE PENTAGONE - BAT 1 6 RUE DE BELLE-ILE 35760 SAINT-GREGOIRE</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>25 RUE DES GRIOTTES 07200 AUBENAS</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>20 RUE XAVIER BICHAT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>1 RUE LITTRE 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>67 AVENUE DU LOUP 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>ECOLE DES PARENTS ET DES EDUCATEURS</t>
+  </si>
+  <si>
+    <t>15 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>ASS LYON PROMOTION EDUC SOCIAL</t>
+  </si>
+  <si>
+    <t>13 RUE DELANDINE 69002 LYON</t>
+  </si>
+  <si>
+    <t>05/10/1992</t>
+  </si>
+  <si>
+    <t>ASSO ALLIANCE FRANC COMITE</t>
+  </si>
+  <si>
+    <t>2 RUE DE PARIS 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/07/1992</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>ALLIANCE FRANCAISE BORDEAUX AQUITAINE</t>
+  </si>
+  <si>
+    <t>126 RUE ABBE DE L'EPEE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>ALLIANCE FRANCAISE</t>
+  </si>
+  <si>
+    <t>11 RUE PIERRE BOURDAN 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>ASS LANGUE COMUNICATION</t>
+  </si>
+  <si>
+    <t>35 RUE SAINT-MELAINE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>17/02/2010</t>
+  </si>
+  <si>
+    <t>CPE-CFA</t>
+  </si>
+  <si>
+    <t>140 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/06/1998</t>
+  </si>
+  <si>
+    <t>3 B PLACE GUY HERSANT 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>26/12/2017</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA MOBILISATION DES SAVOIRS</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD MATABIAU 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/04/2013</t>
+  </si>
+  <si>
+    <t>CULTURE EDUCATION FORMATION INDIVIDUALISEE</t>
+  </si>
+  <si>
+    <t>11 RUE ALSACE-LORRAINE 69500 BRON</t>
+  </si>
+  <si>
+    <t>18/04/2011</t>
+  </si>
+  <si>
+    <t>INDIGO FORMATION</t>
+  </si>
+  <si>
+    <t>144 RUE DE LA GIBAUDERIE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>11/10/2016</t>
+  </si>
+  <si>
+    <t>ASSOC FORMAT FORMATEUR ILLETRIS CULTURE</t>
+  </si>
+  <si>
+    <t>3 PLACE RASPAIL 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/12/2000</t>
+  </si>
+  <si>
+    <t>FREE COMPETENCES</t>
+  </si>
+  <si>
+    <t>128 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/04/1996</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CENTRALE GARE - BAT C 1 PLACE CHARLES DE GAULLE 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>FORMATION INSERTION TRAVAIL</t>
+  </si>
+  <si>
+    <t>64 RUE LAMARTINE 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/05/1999</t>
+  </si>
+  <si>
+    <t>ECOLE DE LANGUE FRANCAISE POUR ETRANGERS</t>
+  </si>
+  <si>
+    <t>15 RUE MONTMARTRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>31/01/2012</t>
+  </si>
+  <si>
+    <t>ESPACES FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA PETITE REINE 44100 NANTES</t>
+  </si>
+  <si>
+    <t>22/06/2004</t>
+  </si>
+  <si>
+    <t>INSTEP OCCITANIE</t>
+  </si>
+  <si>
+    <t>13 RUE MICHEL LABROUSSE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>FORUM ACCORD</t>
+  </si>
+  <si>
+    <t>ACCORD ECOLE DE LANGUES</t>
+  </si>
+  <si>
+    <t>3-3 3 B RUE JEAN PIERRE-BLOCH 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>80 BOULEVARD DE L'YSER 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>29/06/2009</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POINT FORMATION</t>
+  </si>
+  <si>
+    <t>PL DE PARADIS - ST ROCH ALL EDGAR DEGAS 13117 MARTIGUES</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>IFALPES</t>
+  </si>
+  <si>
+    <t>14 AV DU RHONE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>FORMASUP</t>
+  </si>
+  <si>
+    <t>400 AVENUE ANDRE JORIGNE 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>08/08/2012</t>
+  </si>
+  <si>
+    <t>NOUVELLE DONNE</t>
+  </si>
+  <si>
+    <t>HOTEL ET PEPINIERE D'ENTREPRISES 698 RUE DE VIDALON 07430 DAVEZIEUX</t>
+  </si>
+  <si>
+    <t>31/12/2013</t>
+  </si>
+  <si>
+    <t>INSTITUT DEVELOPPEMENT EDUCATION ECHANGE</t>
+  </si>
+  <si>
+    <t>ECOLE RAYMOND AUBERT 25 RUE DE LA 1ERE ARMEE FRANCAISE 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>04/05/2009</t>
+  </si>
+  <si>
+    <t>ASMOUNE</t>
+  </si>
+  <si>
+    <t>6 QUAI DE LA REPUBLIQUE 34200 SETE</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ESPACE PEDAGOGIE ET FORMATION FRANCE</t>
+  </si>
+  <si>
+    <t>21 RUE ROUX DE BRIGNOLES 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>28/05/2010</t>
+  </si>
+  <si>
+    <t>ADAPEP AFP 2 I</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LA VENDUE - BROTTES RUE DE LA CHAVOIE 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>21/01/2004</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
     <t>WELL.COM</t>
   </si>
   <si>
     <t>INLINGUA</t>
   </si>
   <si>
     <t>3 RUE ALFRED KASTLER 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>CAP SAVOIR</t>
   </si>
   <si>
     <t>46 RUE SAINT PIERRE 49300 CHOLET</t>
   </si>
   <si>
-    <t>01/07/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>30/11/2024</t>
   </si>
   <si>
-    <t>FORUM FORMATION</t>
-[...8 lines deleted...]
-    <t>20/12/2024</t>
+    <t>ASSOCIATION SYLLABE</t>
+  </si>
+  <si>
+    <t>145 AVENUE HENRI-BARBUSSE 47000 AGEN</t>
+  </si>
+  <si>
+    <t>13/07/2006</t>
   </si>
   <si>
     <t>ORGANISME FORMATION RETOUR A L'EMPLOI</t>
   </si>
   <si>
     <t>44 AVENUE DE L'EUROPE 80080 AMIENS</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>ASSOCIATION D ASSISTANCE SCOLAIRE LINGUISTIQUE ET CULTURELLE</t>
   </si>
   <si>
     <t>10 RUE DU BUISSON SAINT-LOUIS 75010 PARIS</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
-    <t>88.99B</t>
-[...1 lines deleted...]
-  <si>
     <t>INST.DE FORMAT.INTERPROFESSIONNEL ALLIER</t>
   </si>
   <si>
     <t>11 RTE DE PARIS CHAMPFEU 03000 AVERMES</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>EQUINOXE FORMATION</t>
   </si>
   <si>
     <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
   </si>
   <si>
     <t>14/10/2011</t>
   </si>
   <si>
     <t>LANGUAGE SERVICES NORMANDIE PICARDIE</t>
   </si>
   <si>
     <t>26 RUE VALMONT DE BOMARE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/09/2012</t>
@@ -604,1083 +1081,522 @@
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>ATC</t>
   </si>
   <si>
     <t>54 RUE CARNOT 85300 CHALLANS</t>
   </si>
   <si>
     <t>01/05/2002</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>FORE ILES DU NORD</t>
   </si>
   <si>
     <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
   </si>
   <si>
     <t>15/07/2012</t>
   </si>
   <si>
-    <t>ASS INSERTION DEVELOPT EDUCAT ANIM LOISI</t>
-[...5 lines deleted...]
-    <t>18/03/2011</t>
+    <t>LES CEDRES</t>
+  </si>
+  <si>
+    <t>17 VOIE DE WISSOUS 91300 MASSY</t>
+  </si>
+  <si>
+    <t>01/11/1999</t>
   </si>
   <si>
     <t>ASS GATINAISE DE FORMATION</t>
   </si>
   <si>
     <t>CTRE NELSON MANDELA 31 AVENUE LOUIS-MAURICE CHAUTEMPS 45200 MONTARGIS</t>
   </si>
   <si>
     <t>OPRA</t>
   </si>
   <si>
     <t>CENTRE SOCIAL DE LA CAF ROUTE IMPERIALE 20600 BASTIA</t>
   </si>
   <si>
-    <t>01/04/2004</t>
-[...1 lines deleted...]
-  <si>
     <t>20/01/2025</t>
   </si>
   <si>
-    <t>NEXT UP</t>
-[...5 lines deleted...]
-    <t>01/08/2018</t>
+    <t>OBJECTIF EMPLOI OUEST</t>
+  </si>
+  <si>
+    <t>9 RUE EUGENE GRAVE 78200 MANTES-LA-JOLIE</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>MILLEFEUILLE PROVENCE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CORRENCON 30150 SAINT-GENIES-DE-COMOLAS</t>
+  </si>
+  <si>
+    <t>TOURS LANGUES</t>
+  </si>
+  <si>
+    <t>79 RUE JAMES CANE 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/07/2002</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>RESSOURCES COMPETENCES INSERTION FORMATI</t>
+  </si>
+  <si>
+    <t>45 RUE D'IENA 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>06/01/2003</t>
+  </si>
+  <si>
+    <t>ALLIANCE FRANCAISE STRASBOURG EUROPE</t>
+  </si>
+  <si>
+    <t>12 RUE DES PONTONNIERS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION NATIF</t>
+  </si>
+  <si>
+    <t>13 BOULEVARD ROQUELAURE 32000 AUCH</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION ASSISTANCE PERSONNES</t>
+  </si>
+  <si>
+    <t>127-129 127 RUE JULES GUESDE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>06/02/2020</t>
+  </si>
+  <si>
+    <t>L.O.T.</t>
+  </si>
+  <si>
+    <t>LANGUE ONZE TOULOUSE</t>
+  </si>
+  <si>
+    <t>10 RUE DES ARTS 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>30/06/2008</t>
+  </si>
+  <si>
+    <t>ALFMED</t>
+  </si>
+  <si>
+    <t>21 B AVENUE DU GENERAL DE GAULLE 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>29/12/2004</t>
+  </si>
+  <si>
+    <t>MONDIA-LANGUES</t>
+  </si>
+  <si>
+    <t>20 QUAI JEHAN FOUQUET 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>01/05/2005</t>
+  </si>
+  <si>
+    <t>PHILIANCE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ARC EN CIEL 2 RUE JEAN MERMOZ 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>LYON LANGUES BY INFLEXYON</t>
+  </si>
+  <si>
+    <t>48 RUE QUIVOGNE 69002 LYON</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>ALPADIA</t>
+  </si>
+  <si>
+    <t>6 QUAI JULES COURMONT 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>ESPACE C2B</t>
+  </si>
+  <si>
+    <t>3 RUE EDOUARD BRANLY 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>PROSODIA</t>
+  </si>
+  <si>
+    <t>PARC DES BARBANNIERS 3 PROMENADE DE LA BONNETTE 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>23/04/2008</t>
+  </si>
+  <si>
+    <t>CENTRE RESSOURCES DE LUTTE CONTRE L'ILLETTRISME ET L'ANALPHABETISME</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN ROSTAND 28300 MAINVILLIERS</t>
+  </si>
+  <si>
+    <t>28/06/2007</t>
+  </si>
+  <si>
+    <t>NORMANDIE FORMATION</t>
+  </si>
+  <si>
+    <t>11 T AVENUE DU CHATEAU 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>NEWDEAL INSTITUT</t>
+  </si>
+  <si>
+    <t>74 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
+    <t>STRALANG</t>
+  </si>
+  <si>
+    <t>16 RUE JEAN HENRI SCHNITZLER 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/09/2009</t>
+  </si>
+  <si>
+    <t>LE CLUB DES LANGUES</t>
+  </si>
+  <si>
+    <t>ESPACE DES PONTOTS 12 RUE DE L' INDUSTRIE 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>01/12/2010</t>
+  </si>
+  <si>
+    <t>HESIO CONSEIL</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD 21E REGIMENT AVIATION 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>FORMATION CONSEIL POUR L'EMPLOI ET L'ENTREPRISE</t>
+  </si>
+  <si>
+    <t>46 RUE DE LA THIBAUDIERE 69007 LYON</t>
+  </si>
+  <si>
+    <t>12/12/2011</t>
+  </si>
+  <si>
+    <t>STRAFORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE D'OSLO 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>ALIP</t>
+  </si>
+  <si>
+    <t>25 AU 27 25 RUE GINOUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>26/07/2012</t>
+  </si>
+  <si>
+    <t>LA LIGUE DE L ENSEIGNEMENT  LA FOL DU VAR</t>
+  </si>
+  <si>
+    <t>CREP DES LICES 68 AVENUE VICTOR AGOSTINI 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/03/1982</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>31 RUE DE LA FONDERIE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>CRP CRIC PYRENEES</t>
+  </si>
+  <si>
+    <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
+  </si>
+  <si>
+    <t>01/04/1989</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>CREPT FORMATION</t>
+  </si>
+  <si>
+    <t>130 RUE HENRI DESBALS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>02/08/2004</t>
+  </si>
+  <si>
+    <t>CAVILAM - ALLIANCE FRANCAISE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES CELESTINS 03200 VICHY</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>ASFODEP</t>
+  </si>
+  <si>
+    <t>17 RUE HENRI SELLIER 79000 NIORT</t>
+  </si>
+  <si>
+    <t>COLLEGE INTERNATIONAL DE CANNES</t>
+  </si>
+  <si>
+    <t>1 AV ALEXANDRE PASCAL 06150 CANNES</t>
+  </si>
+  <si>
+    <t>06/12/1988</t>
+  </si>
+  <si>
+    <t>IS AIX EN PROVENCE</t>
+  </si>
+  <si>
+    <t>30 AV DES ECOLES MILITAIRES 13080 AIX EN PROVENCE</t>
+  </si>
+  <si>
+    <t>ALLIANCE FRANCAISE COMITE MARSEILLE</t>
+  </si>
+  <si>
+    <t>72-74 72 RUE SAINT SUFFREN 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>12/01/2023</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>ESPACE LANGUES ET FORMATIONS EURL</t>
+  </si>
+  <si>
+    <t>49 B RUE DE PARIS 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR DE PROPEDEUTIQUE D'AMIENS - ISPA</t>
+  </si>
+  <si>
+    <t>5 RUE DES FRANCS MURIERS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>21/09/2016</t>
+  </si>
+  <si>
+    <t>CLEF JOB ACADEMY</t>
+  </si>
+  <si>
+    <t>165 AVENUE DU BOIS DE LA PIE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>10/06/2020</t>
+  </si>
+  <si>
+    <t>ALLIANCE FRANCAISE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>LA DEVINIERE 144 PLACE DU QUEBEC 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
+    <t>BASCOMAP</t>
+  </si>
+  <si>
+    <t>BMA-BIARRITZ</t>
+  </si>
+  <si>
+    <t>42 AV DU PDT J F KENNEDY 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t>03/02/2014</t>
+  </si>
+  <si>
+    <t>ACFAL FORMATION</t>
+  </si>
+  <si>
+    <t>21 PLACE TOLOZAN 69001 LYON</t>
+  </si>
+  <si>
+    <t>30/06/2014</t>
+  </si>
+  <si>
+    <t>SAS KEDI FORMATION</t>
+  </si>
+  <si>
+    <t>25 ALLEE GLUCK 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>18/11/2014</t>
+  </si>
+  <si>
+    <t>EXPERTISE LANGUES</t>
+  </si>
+  <si>
+    <t>ILE INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>241 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
   </si>
   <si>
     <t>ABSOLUTE MJ SOLUTIONS</t>
   </si>
   <si>
     <t>MBE 1 BOULEVARD DE CHATEAUDUN 45000 ORLEANS</t>
   </si>
   <si>
     <t>11/04/2016</t>
   </si>
   <si>
-    <t>LYON LANGUES BY INFLEXYON</t>
-[...946 lines deleted...]
-  <si>
     <t>FLAD-FORMATION LINGUISTIQUE, EVALUATION ET ACCOMPAGNEMENT DIDACTIQUE</t>
   </si>
   <si>
     <t>10 B AVENUE PAUL VALERY 95200 SARCELLES</t>
   </si>
   <si>
     <t>09/06/2017</t>
   </si>
   <si>
     <t>LANGUES SERVICES</t>
   </si>
   <si>
     <t>23 RUE JEAN-JACQUES ROUSSEAU 51100 REIMS</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
-    <t>44 RUE PAUL RIQUET 34500 BEZIERS</t>
-[...1 lines deleted...]
-  <si>
     <t>ACCOMPAGNEMENT LOISIRS ET FORMATION</t>
   </si>
   <si>
     <t>26 PLACE VAILLANT COUTURIER 18100 VIERZON</t>
   </si>
   <si>
     <t>29/12/2018</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
-    <t>LE CERCLE DU FLE</t>
-[...5 lines deleted...]
-    <t>23/10/2018</t>
+    <t>E2LF - ECOLE LILLOISE DE LANGUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>32 PLACE DE LA GARE (LILLE) 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>82.30Z</t>
   </si>
   <si>
     <t>TALIS MARTINIQUE</t>
   </si>
   <si>
     <t>LOTISSEMENT LES HAUTS DE CALIFORNIE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>16/12/2020</t>
   </si>
   <si>
     <t>02973311297</t>
   </si>
   <si>
     <t>INSTITUT INTERNATIONAL LANGUES &amp; AFFAIRES</t>
   </si>
   <si>
     <t>1 RUE DE CLAIREFONTAINE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>01/08/2020</t>
   </si>
   <si>
     <t>MOVE UP ! FORMATION</t>
   </si>
@@ -1727,59 +1643,50 @@
     <t>50 BOULEVARD BAILLE 13006 MARSEILLE</t>
   </si>
   <si>
     <t>03/03/2021</t>
   </si>
   <si>
     <t>NEXTUP FORMATION</t>
   </si>
   <si>
     <t>7 AVENUE JACQUES CARTIER 77600 BUSSY-SAINT-GEORGES</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>HOBSON ACADEMY</t>
   </si>
   <si>
     <t>CHEMIN RURAL 37 1645 CR LIBOURIAC ST JEAN LIBRON 34500 BEZIERS</t>
   </si>
   <si>
     <t>24/02/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>14/11/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2118,51 +2025,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M172"/>
+  <dimension ref="A1:M161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3223,5380 +3130,4989 @@
       <c r="F28" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>143</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>24180050700071</v>
+        <v>24180050700139</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D29" s="2"/>
+      <c r="D29" s="2" t="s">
+        <v>145</v>
+      </c>
       <c r="E29" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>24180128718</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>24180050700139</v>
+        <v>25171059600015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D30" s="2" t="s">
         <v>148</v>
       </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I30" s="3">
-        <v>24180128718</v>
+      <c r="I30" s="3" t="s">
+        <v>151</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>25171059600015</v>
+        <v>30570850500022</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="I31" s="3">
+        <v>93132056113</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>40362196400044</v>
+        <v>30587453900060</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>128</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>54170150217</v>
+        <v>21510031351</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40519376400058</v>
+        <v>30710942100015</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="G33" s="2" t="s">
         <v>162</v>
       </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>40</v>
+        <v>163</v>
       </c>
       <c r="I33" s="3">
-        <v>52490127849</v>
+        <v>44670816067</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40802074100026</v>
+        <v>31065677200202</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G34" s="2" t="s">
         <v>166</v>
       </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I34" s="3"/>
+      <c r="I34" s="3">
+        <v>82690049869</v>
+      </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>40904808900059</v>
+        <v>31335136300038</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>40</v>
+        <v>170</v>
       </c>
       <c r="I35" s="3">
-        <v>22800081780</v>
+        <v>23760073976</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>41000945000017</v>
+        <v>31727304300081</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
-        <v>11753814075</v>
+        <v>11930434393</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41055004000019</v>
+        <v>32001811200138</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>40</v>
+        <v>176</v>
       </c>
       <c r="I37" s="3">
-        <v>83030299303</v>
+        <v>26580067458</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41159185200073</v>
+        <v>32031684700054</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I38" s="3">
-        <v>96973018697</v>
+        <v>74870009187</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41184582900042</v>
+        <v>32159164600328</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>181</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I39" s="3">
-        <v>23760421476</v>
+        <v>53350111635</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41522541600064</v>
+        <v>32159164600377</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I40" s="3">
-        <v>93130804913</v>
+        <v>53350111635</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42177295500033</v>
+        <v>32159164600419</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D41" s="2"/>
+        <v>181</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E41" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>188</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>82380395038</v>
+        <v>53350111635</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42243262500032</v>
+        <v>32159164600492</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>192</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
-        <v>52850096585</v>
+        <v>53350111635</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42302346400021</v>
+        <v>32159164600500</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>181</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>192</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
-        <v>95970093097</v>
+        <v>53350111635</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>43235306800021</v>
+        <v>32396166400121</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="I44" s="3"/>
+        <v>128</v>
+      </c>
+      <c r="I44" s="3">
+        <v>83630030163</v>
+      </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>43410211700018</v>
+        <v>32396166400170</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>62</v>
+        <v>197</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
-        <v>24450197345</v>
+        <v>83630030163</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>43421489600020</v>
+        <v>32441928200680</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I46" s="3">
-        <v>94202038420</v>
+        <v>11753781075</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>81301992400022</v>
+        <v>32441928200847</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I47" s="3">
+        <v>11753781075</v>
+      </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>81964881700016</v>
+        <v>32441928200920</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>192</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
-        <v>24450333045</v>
+        <v>11753781075</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>48853727500049</v>
+        <v>32441928201126</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
-        <v>82690922169</v>
+        <v>11753781075</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>48981995300014</v>
+        <v>32441928201142</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>206</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="I50" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I50" s="3">
+        <v>11753781075</v>
+      </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49426969900026</v>
+        <v>32441928201175</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="G51" s="2"/>
+        <v>210</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="H51" s="2" t="s">
-        <v>220</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
-        <v>24450292045</v>
+        <v>11753781075</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>49781091100022</v>
+        <v>32441928201233</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I52" s="3">
-        <v>11921615092</v>
+        <v>11753781075</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>49973512400012</v>
+        <v>32441928201274</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D53" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E53" s="2" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I53" s="3">
-        <v>24280124728</v>
+        <v>11753781075</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>50167730600042</v>
+        <v>32441928201308</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>227</v>
+        <v>198</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I54" s="3"/>
+      <c r="I54" s="3">
+        <v>11753781075</v>
+      </c>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>50471568100038</v>
+        <v>32441928201340</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>230</v>
+        <v>198</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I55" s="3">
-        <v>23270151527</v>
+        <v>11753781075</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30570850500022</v>
+        <v>32441928201373</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>234</v>
+        <v>198</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>220</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
-        <v>93132056113</v>
+        <v>11753781075</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>30587453900060</v>
+        <v>32441928201381</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="I57" s="3">
-        <v>21510031351</v>
+        <v>11753781075</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>30710942100015</v>
+        <v>32441928201415</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>241</v>
+        <v>198</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>244</v>
+        <v>40</v>
       </c>
       <c r="I58" s="3">
-        <v>44670816067</v>
+        <v>11753781075</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>31065677200202</v>
+        <v>32441928201423</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>247</v>
+        <v>228</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I59" s="3">
-        <v>82690049869</v>
+        <v>11753781075</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>31335136300038</v>
+        <v>32449844300054</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>248</v>
+        <v>229</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>249</v>
+        <v>230</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>203</v>
+        <v>231</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I60" s="3">
-        <v>23760073976</v>
+        <v>25140016014</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>31727304300081</v>
+        <v>32512320600048</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I61" s="3">
-        <v>11930434393</v>
+        <v>82690007969</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32001811200138</v>
+        <v>32618259900026</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>254</v>
+        <v>235</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>255</v>
+        <v>236</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
       <c r="I62" s="3">
-        <v>26580067458</v>
+        <v>93060044306</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>32031684700054</v>
+        <v>32962634500071</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>257</v>
+        <v>239</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>173</v>
+        <v>128</v>
       </c>
       <c r="I63" s="3">
-        <v>74870009187</v>
+        <v>72330729233</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>32159164600328</v>
+        <v>33143308600021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I64" s="3">
-        <v>53350111635</v>
+        <v>82690191169</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>32159164600377</v>
+        <v>33373482000041</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>260</v>
+        <v>245</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I65" s="3">
-        <v>53350111635</v>
+        <v>53350870835</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>32159164600419</v>
+        <v>33377152500032</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>266</v>
+        <v>249</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I66" s="3">
-        <v>53350111635</v>
+        <v>93050009405</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>32159164600492</v>
+        <v>33397544900021</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I67" s="3">
-        <v>53350111635</v>
+        <v>73310545631</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>32159164600500</v>
+        <v>33810464900102</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I68" s="3">
-        <v>53350111635</v>
+        <v>73310070431</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>32396166400121</v>
+        <v>34185728200055</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
-        <v>83630030163</v>
+        <v>82690203369</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>32396166400170</v>
+        <v>34825058000068</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>275</v>
+        <v>260</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I70" s="3">
-        <v>83630030163</v>
+        <v>54860027286</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>32441928200680</v>
+        <v>34952539400038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I71" s="3">
-        <v>11753781075</v>
+        <v>24370095137</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>32441928200847</v>
+        <v>35029923600041</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I72" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>32441928200920</v>
+        <v>35029923600108</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>62</v>
+        <v>269</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I73" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>32441928201126</v>
+        <v>35146922600044</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I74" s="3">
-        <v>11753781075</v>
+        <v>83630122763</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>32441928201142</v>
+        <v>35164441400044</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I75" s="3">
-        <v>11753781075</v>
+        <v>11755538275</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>32441928201175</v>
+        <v>35213015700030</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I76" s="3">
-        <v>11753781075</v>
+        <v>52440156844</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>32441928201233</v>
+        <v>35308765300062</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I77" s="3">
-        <v>11753781075</v>
+        <v>73310076131</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>32441928201274</v>
+        <v>35355787900049</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>161</v>
+        <v>285</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>40</v>
+        <v>238</v>
       </c>
       <c r="I78" s="3">
-        <v>11753781075</v>
+        <v>11751571975</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>32441928201308</v>
+        <v>37785754500042</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I79" s="3">
-        <v>11753781075</v>
+        <v>23760243776</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>32441928201340</v>
+        <v>37841608500033</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I80" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>32441928201373</v>
+        <v>38194021200065</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="I81" s="3">
-        <v>11753781075</v>
+        <v>84740397074</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>32441928201381</v>
+        <v>38465538700023</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="I82" s="3">
-        <v>11753781075</v>
+        <v>73820012182</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>32441928201415</v>
+        <v>39094956800039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I83" s="3">
-        <v>11753781075</v>
+        <v>82070020007</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>32441928201423</v>
+        <v>39207204700021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I84" s="3">
-        <v>11753781075</v>
+        <v>43900003390</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>32449844300054</v>
+        <v>39895184800041</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I85" s="3">
-        <v>25140016014</v>
+        <v>91340629034</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>32512320600048</v>
+        <v>40102945900054</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I86" s="3">
-        <v>82690007969</v>
+        <v>93130594713</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>32618259900026</v>
+        <v>40144581200035</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>316</v>
+        <v>40</v>
       </c>
       <c r="I87" s="3">
-        <v>93060044306</v>
+        <v>31620099862</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>32962634500071</v>
+        <v>40332561600049</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I88" s="3">
-        <v>72330729233</v>
+        <v>21520013052</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>33143308600021</v>
+        <v>40332561600072</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I89" s="3">
-        <v>82690191169</v>
+        <v>21520013052</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>33373482000041</v>
+        <v>40362196400044</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="D90" s="2"/>
+        <v>317</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>318</v>
+      </c>
       <c r="E90" s="2" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I90" s="3">
-        <v>53350870835</v>
+        <v>54170150217</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>33377152500032</v>
+        <v>40519376400058</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="G91" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>323</v>
+      </c>
       <c r="H91" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I91" s="3">
-        <v>93050009405</v>
+        <v>52490127849</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>33397544900021</v>
+        <v>40857063800036</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>33810464900102</v>
+        <v>40904808900059</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I93" s="3">
-        <v>73310070431</v>
+        <v>22800081780</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>34185728200055</v>
+        <v>41000945000017</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I94" s="3">
-        <v>82690203369</v>
+        <v>11753814075</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>34952539400038</v>
+        <v>41055004000019</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I95" s="3">
-        <v>24370095137</v>
+        <v>83030299303</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>35029923600041</v>
+        <v>41159185200073</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I96" s="3"/>
+      <c r="I96" s="3">
+        <v>96973018697</v>
+      </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>35029923600108</v>
+        <v>41184582900042</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I97" s="3"/>
+      <c r="I97" s="3">
+        <v>23760421476</v>
+      </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>35146922600044</v>
+        <v>41522541600064</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I98" s="3">
-        <v>83630122763</v>
+        <v>93130804913</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>35164441400044</v>
+        <v>42177295500033</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I99" s="3">
-        <v>11755538275</v>
+        <v>82380395038</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>35213015700030</v>
+        <v>42243262500032</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="I100" s="3">
-        <v>52440156844</v>
+        <v>52850096585</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>35308765300062</v>
+        <v>42302346400021</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="I101" s="3">
-        <v>73310076131</v>
+        <v>95970093097</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>35355787900049</v>
+        <v>42878484700017</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F102" s="2" t="s">
         <v>357</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>37785754500042</v>
+        <v>43410211700018</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>320</v>
+        <v>358</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>362</v>
+        <v>62</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I103" s="3">
-        <v>23760243776</v>
+        <v>24450197345</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>37841608500033</v>
+        <v>43421489600020</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="G104" s="2"/>
+        <v>169</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>362</v>
+      </c>
       <c r="H104" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I104" s="3"/>
+      <c r="I104" s="3">
+        <v>94202038420</v>
+      </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>38194021200065</v>
+        <v>43980075600033</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="G105" s="2"/>
+        <v>365</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>366</v>
+      </c>
       <c r="H105" s="2" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I105" s="3">
-        <v>84740397074</v>
+        <v>11788195578</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>38465538700023</v>
+        <v>44022666000015</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>371</v>
+        <v>127</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I106" s="3">
-        <v>73820012182</v>
+        <v>91300310730</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>39094956800039</v>
+        <v>44029914700023</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I107" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I107" s="3"/>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>39207204700021</v>
+        <v>44062052400015</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="G108" s="2"/>
+        <v>374</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>375</v>
+      </c>
       <c r="H108" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>43900003390</v>
+        <v>95970113997</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>39895184800041</v>
+        <v>44437182700015</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I109" s="3">
-        <v>91340629034</v>
+        <v>23760404876</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>40102945900054</v>
+        <v>44762111100049</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I110" s="3">
-        <v>93130594713</v>
+        <v>42670451567</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>40144581200035</v>
+        <v>45079795600031</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="I111" s="3">
-        <v>31620099862</v>
+        <v>73320045932</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>79814425900024</v>
+        <v>47912630200062</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I112" s="3">
-        <v>32800195980</v>
+        <v>11922138492</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>79911301400051</v>
+        <v>47997149100028</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="E113" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="D113" s="2"/>
-      <c r="E113" s="2" t="s">
+      <c r="F113" s="2" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="I113" s="3"/>
+        <v>128</v>
+      </c>
+      <c r="I113" s="3">
+        <v>73310445131</v>
+      </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>79915748200016</v>
+        <v>48012645700013</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I114" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I114" s="3">
+        <v>91660123566</v>
+      </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>79969005200011</v>
+        <v>48039900500028</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F115" s="2" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I115" s="3">
-        <v>75640397864</v>
+        <v>52530052653</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>80235447200044</v>
+        <v>48084257400042</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>403</v>
+        <v>222</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>80785063100019</v>
+        <v>48853727500049</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I117" s="3">
-        <v>42680249568</v>
+        <v>82690922169</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>80897250900042</v>
+        <v>48981995300014</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="I118" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>81025446600016</v>
+        <v>49426969900026</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="I119" s="3"/>
+        <v>155</v>
+      </c>
+      <c r="I119" s="3">
+        <v>24450292045</v>
+      </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>52834039100010</v>
+        <v>49781091100022</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I120" s="3">
-        <v>72640312564</v>
+        <v>11921615092</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>53008151200028</v>
+        <v>49973512400012</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I121" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I121" s="3">
+        <v>24280124728</v>
+      </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>53037976700037</v>
+        <v>50471568100038</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="G122" s="2"/>
+        <v>417</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>418</v>
+      </c>
       <c r="H122" s="2" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="I122" s="3">
-        <v>41540293954</v>
+        <v>23270151527</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>53873565500010</v>
+        <v>51136363200056</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="G123" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>422</v>
+      </c>
       <c r="H123" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I123" s="3">
-        <v>82691227969</v>
+        <v>72330774333</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>53939708300020</v>
+        <v>51475599000017</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="I124" s="3">
-        <v>42670468267</v>
+        <v>42670430167</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>75100544800012</v>
+        <v>52834039100010</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="I125" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I125" s="3">
+        <v>72640312564</v>
+      </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>51136363200056</v>
+        <v>53037976700037</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I126" s="3">
-        <v>72330774333</v>
+        <v>41540293954</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>51475599000017</v>
+        <v>53873565500010</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I127" s="3">
-        <v>42670430167</v>
+        <v>82691227969</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>51741767100024</v>
+        <v>53939708300020</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+        <v>435</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>435</v>
+      </c>
       <c r="E128" s="2" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="I128" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I128" s="3">
+        <v>42670468267</v>
+      </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>77571367000039</v>
+        <v>75302503000010</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>220</v>
+        <v>128</v>
       </c>
       <c r="I129" s="3">
-        <v>93830003283</v>
+        <v>11756059575</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>77575314800029</v>
+        <v>77571367000039</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I130" s="3"/>
+        <v>155</v>
+      </c>
+      <c r="I130" s="3">
+        <v>93830003283</v>
+      </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>77694410000010</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>243</v>
+        <v>162</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="3">
         <v>73310040131</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>77694494400045</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="I132" s="3">
         <v>73310124431</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>77694516400064</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I133" s="3">
         <v>73310006031</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>77906632300030</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I134" s="3">
         <v>83030006903</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>78146080300021</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I135" s="3">
         <v>54790000579</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>78250972300030</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>78268823800040</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>269</v>
+        <v>190</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I137" s="3">
         <v>93130016613</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>78288657600035</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>128</v>
       </c>
       <c r="I138" s="3">
         <v>93131187913</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>243</v>
+        <v>162</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I139" s="3">
         <v>52490001049</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>79024598900047</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I140" s="3">
         <v>22600270560</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>75302503000010</v>
+        <v>79814425900024</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>128</v>
+        <v>31</v>
       </c>
       <c r="I141" s="3">
-        <v>11756059575</v>
+        <v>32800195980</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>40332561600049</v>
+        <v>79911301400051</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>40332561600072</v>
+        <v>79915748200016</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="G143" s="2"/>
+        <v>480</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>481</v>
+      </c>
       <c r="H143" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I143" s="3"/>
       <c r="J143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>34825058000068</v>
+        <v>79969005200011</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="F144" s="2" t="s">
         <v>485</v>
-      </c>
-[...5 lines deleted...]
-        <v>487</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I144" s="3">
-        <v>54860027286</v>
+        <v>75640397864</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>43885671800012</v>
+        <v>80235447200044</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>43980075600033</v>
+        <v>80785063100019</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I146" s="3">
-        <v>11788195578</v>
+        <v>42680249568</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>44022666000015</v>
+        <v>80897250900042</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="E147" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="D147" s="2"/>
-      <c r="E147" s="2" t="s">
+      <c r="F147" s="2" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="I147" s="3">
-        <v>91300310730</v>
+        <v>11755575875</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>44029914700023</v>
+        <v>81964881700016</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I148" s="3"/>
+        <v>351</v>
+      </c>
+      <c r="I148" s="3">
+        <v>24450333045</v>
+      </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>44062052400015</v>
+        <v>83088975400016</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>499</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
         <v>500</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="G149" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="I149" s="3"/>
       <c r="J149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>44437182700015</v>
+        <v>83291438600020</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F150" s="2" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I150" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I150" s="3"/>
       <c r="J150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>44762111100049</v>
+        <v>83834643500020</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="F151" s="2" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>128</v>
+        <v>508</v>
       </c>
       <c r="I151" s="3">
-        <v>42670451567</v>
+        <v>24180128218</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>45079795600031</v>
+        <v>84089334100015</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>509</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
         <v>510</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>511</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="I152" s="3"/>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>47912630200062</v>
+        <v>84462511100027</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I153" s="3">
-        <v>11922138492</v>
+      <c r="I153" s="3" t="s">
+        <v>516</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>47997149100028</v>
+        <v>85238870100033</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="I154" s="3">
-        <v>73310445131</v>
+        <v>11788421378</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>48012645700013</v>
+        <v>85239212500021</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I155" s="3">
-        <v>91660123566</v>
+        <v>11941002394</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>48039900500028</v>
+        <v>88407991400021</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>524</v>
+        <v>477</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I156" s="3">
-        <v>52530052653</v>
+        <v>11941336294</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>48084257400042</v>
+        <v>89120942100025</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
         <v>526</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G157" s="2"/>
+        <v>527</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>528</v>
+      </c>
       <c r="H157" s="2" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="I157" s="3"/>
+        <v>128</v>
+      </c>
+      <c r="I157" s="3">
+        <v>44570427457</v>
+      </c>
       <c r="J157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>83088975400016</v>
+        <v>89217217200017</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>527</v>
-[...1 lines deleted...]
-      <c r="D158" s="2"/>
+        <v>529</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>530</v>
+      </c>
       <c r="E158" s="2" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="I158" s="3"/>
+        <v>128</v>
+      </c>
+      <c r="I158" s="3">
+        <v>11910900791</v>
+      </c>
       <c r="J158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>83291438600020</v>
+        <v>89481547100012</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I159" s="3"/>
+        <v>128</v>
+      </c>
+      <c r="I159" s="3">
+        <v>93131890813</v>
+      </c>
       <c r="J159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>83807946500012</v>
+        <v>90833941900016</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>488</v>
+        <v>536</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="I160" s="3"/>
+        <v>40</v>
+      </c>
+      <c r="I160" s="3">
+        <v>11770761277</v>
+      </c>
       <c r="J160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>83834643500020</v>
+        <v>91074573600017</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="I161" s="3">
-        <v>24180128218</v>
+        <v>76341167034</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>20</v>
-      </c>
-[...405 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8609,31 +8125,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 02:58:42</dc:description>
+  <dc:description>Export en date du 02/01/2026 23:44:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>