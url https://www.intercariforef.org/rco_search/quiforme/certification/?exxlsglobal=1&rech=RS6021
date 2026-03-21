--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -226,74 +226,68 @@
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>9420P200220</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>SERV COM UNIV FORMATION CONTINUE</t>
   </si>
   <si>
     <t>20 AVENUE VICTOR LE GORGEU 29200 BREST</t>
   </si>
   <si>
     <t>11/09/1991</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE GENERAL TECHNO DIT DHUODA</t>
   </si>
   <si>
     <t>GRETA DU GARD</t>
   </si>
   <si>
     <t>17 RUE DHUODA 30900 NIMES</t>
   </si>
   <si>
     <t>26/04/1989</t>
   </si>
   <si>
     <t>9130P018430</t>
   </si>
   <si>
     <t>LYCEE ELLA FITZGERALD</t>
   </si>
   <si>
     <t>GRETA NORD ISERE</t>
   </si>
   <si>
     <t>LE TRANSALPIN 2 33 AVENUE D’ITALIE 38300 BOURGOIN-JALLIEU</t>
   </si>
   <si>
     <t>01/11/2011</t>
@@ -374,53 +368,50 @@
     <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
   </si>
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NIEPCE BALLEURE</t>
   </si>
   <si>
     <t>GRETA 71 - SUD BOURGOGNE</t>
   </si>
   <si>
     <t>33 T AVENUE DE PARIS 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>24/08/2015</t>
   </si>
   <si>
     <t>18/07/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>2671P002171</t>
   </si>
   <si>
     <t>UNIVERSITE SAVOIE MONT BLANC</t>
   </si>
   <si>
     <t>27 RUE MARCOZ 73000 CHAMBERY</t>
   </si>
   <si>
     <t>8273P000273</t>
   </si>
   <si>
     <t>CENTRE NATIONAL D'ENSEIGNEMENT A DISTANCE</t>
   </si>
   <si>
     <t>CNED-DIRECTION GENERALE</t>
   </si>
   <si>
     <t>TELEPORT 2 2 BOULEVARD NICEPHORE NIEPCE 86360 CHASSENEUIL-DU-POITOU</t>
   </si>
   <si>
     <t>01/11/2001</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
@@ -2461,51 +2452,51 @@
         <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19202583100020</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G12" s="2"/>
@@ -2531,5573 +2522,5553 @@
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19290346600295</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="G14" s="2" t="s">
+      <c r="H14" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="H14" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19300026200025</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19380081000031</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19430020800031</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19450855200016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19561718800600</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19580050300037</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19630021400042</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19660014200059</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19710012600048</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19752905000183</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19890005200020</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19910620400027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>24180050700139</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>24180128718</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>25171059600015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>30570850500022</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I31" s="3">
         <v>93132056113</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>30587453900060</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="3">
         <v>21510031351</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>30710942100015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="I33" s="3">
         <v>44670816067</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>31065677200202</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>82690049869</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>31335136300038</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="I35" s="3">
         <v>23760073976</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>31727304300081</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>11930434393</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>32001811200138</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="I37" s="3">
         <v>26580067458</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>32031684700054</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="I38" s="3">
         <v>74870009187</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>32159164600328</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>53350111635</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>32159164600377</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>53350111635</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>32159164600419</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I41" s="3">
         <v>53350111635</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>32159164600492</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I42" s="3">
         <v>53350111635</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>32159164600500</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I43" s="3">
         <v>53350111635</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>32396166400121</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I44" s="3">
         <v>83630030163</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>32396166400170</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>83630030163</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>32441928200680</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>11753781075</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>32441928200847</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I47" s="3">
         <v>11753781075</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>32441928200920</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>11753781075</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>11753781075</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>32441928201142</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I50" s="3">
         <v>11753781075</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>32441928201175</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I51" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>32441928201233</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>11753781075</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>32441928201274</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D53" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="E53" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="E53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>11753781075</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>32441928201308</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>11753781075</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>32441928201340</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>11753781075</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>32441928201373</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>11753781075</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>32441928201381</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I57" s="3">
         <v>11753781075</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>32441928201415</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I58" s="3">
         <v>11753781075</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>32441928201423</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>11753781075</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>32449844300054</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I60" s="3">
         <v>25140016014</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>32512320600048</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I61" s="3">
         <v>82690007969</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>32618259900026</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="I62" s="3">
         <v>93060044306</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>32962634500071</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I63" s="3">
         <v>72330729233</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>33143308600021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I64" s="3">
         <v>82690191169</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>33373482000041</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I65" s="3">
         <v>53350870835</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>33377152500032</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I66" s="3">
         <v>93050009405</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>33397544900021</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I67" s="3">
         <v>73310545631</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>33810464900102</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I68" s="3">
         <v>73310070431</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>34185728200055</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>82690203369</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>34825058000068</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I70" s="3">
         <v>54860027286</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>34952539400038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I71" s="3">
         <v>24370095137</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>35029923600041</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>35029923600108</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I73" s="3"/>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>35146922600044</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I74" s="3">
         <v>83630122763</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>35164441400044</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I75" s="3">
         <v>11755538275</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>35213015700030</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I76" s="3">
         <v>52440156844</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>35308765300062</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I77" s="3">
         <v>73310076131</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>35355787900049</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="I78" s="3">
         <v>11751571975</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>37785754500042</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I79" s="3">
         <v>23760243776</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>37841608500033</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>38194021200065</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="3">
         <v>84740397074</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>38465538700023</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="3">
         <v>73820012182</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>39094956800039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I83" s="3">
         <v>82070020007</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>39207204700021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I84" s="3">
         <v>43900003390</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>39895184800041</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I85" s="3">
         <v>91340629034</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>40102945900054</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I86" s="3">
         <v>93130594713</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>40144581200035</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I87" s="3">
         <v>31620099862</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>40332561600049</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I88" s="3">
         <v>21520013052</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>40332561600072</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I89" s="3">
         <v>21520013052</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>40362196400044</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I90" s="3">
         <v>54170150217</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>40519376400058</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I91" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>40857063800036</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>40904808900059</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I93" s="3">
         <v>22800081780</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>41000945000017</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="I94" s="3">
         <v>11753814075</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>41055004000019</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I95" s="3">
         <v>83030299303</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>41159185200073</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I96" s="3">
         <v>96973018697</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>41184582900042</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I97" s="3">
         <v>23760421476</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>41522541600064</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I98" s="3">
         <v>93130804913</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>42177295500033</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I99" s="3">
         <v>82380395038</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>42243262500032</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="I100" s="3">
         <v>52850096585</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>42302346400021</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="I101" s="3">
         <v>95970093097</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>42878484700017</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I102" s="3"/>
       <c r="J102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>43410211700018</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I103" s="3">
         <v>24450197345</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>43421489600020</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I104" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>43980075600033</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I105" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I105" s="3"/>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>44022666000015</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I106" s="3">
         <v>91300310730</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>44029914700023</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I107" s="3"/>
+      <c r="I107" s="3">
+        <v>24370535937</v>
+      </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>44062052400015</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I108" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>44437182700015</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I109" s="3">
         <v>23760404876</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>44762111100049</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I110" s="3">
         <v>42670451567</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>45079795600031</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I111" s="3">
         <v>73320045932</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>47912630200062</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I112" s="3">
         <v>11922138492</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>47997149100028</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="F113" s="2" t="s">
         <v>388</v>
-      </c>
-[...7 lines deleted...]
-        <v>391</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I113" s="3">
         <v>73310445131</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>48012645700013</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I114" s="3">
         <v>91660123566</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>48039900500028</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I115" s="3">
         <v>52530052653</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>48084257400042</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>48853727500049</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I117" s="3">
         <v>82690922169</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>48981995300014</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
         <v>49426969900026</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I119" s="3">
         <v>24450292045</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
         <v>49781091100022</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I120" s="3">
         <v>11921615092</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
         <v>49973512400012</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I121" s="3">
         <v>24280124728</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
         <v>50471568100038</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I122" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I122" s="3"/>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
         <v>51136363200056</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I123" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>51475599000017</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="3">
         <v>42670430167</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
         <v>52834039100010</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I125" s="3">
         <v>72640312564</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
         <v>53037976700037</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="I126" s="3">
         <v>41540293954</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
         <v>53873565500010</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I127" s="3">
         <v>82691227969</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
         <v>53939708300020</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I128" s="3">
         <v>42670468267</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
         <v>75302503000010</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I129" s="3">
         <v>11756059575</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>77571367000039</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I130" s="3">
         <v>93830003283</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>77694410000010</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="3">
         <v>73310040131</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>77694494400045</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="I132" s="3">
         <v>73310124431</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>77694516400064</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I133" s="3">
         <v>73310006031</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>77906632300030</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I134" s="3">
         <v>83030006903</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>78146080300021</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I135" s="3">
         <v>54790000579</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>78250972300030</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>78268823800040</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I137" s="3">
         <v>93130016613</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>78288657600035</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I138" s="3">
         <v>93131187913</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I139" s="3">
         <v>52490001049</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>79024598900047</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I140" s="3">
         <v>22600270560</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>79814425900024</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I141" s="3">
         <v>32800195980</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>79911301400051</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>79915748200016</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="H143" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I143" s="3"/>
       <c r="J143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
         <v>79969005200011</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="F144" s="2" t="s">
         <v>482</v>
-      </c>
-[...7 lines deleted...]
-        <v>485</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I144" s="3">
         <v>75640397864</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
         <v>80235447200044</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>80785063100019</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I146" s="3">
         <v>42680249568</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
         <v>80897250900042</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I147" s="3">
         <v>11755575875</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>81964881700016</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="I148" s="3">
         <v>24450333045</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>83088975400016</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="I149" s="3"/>
       <c r="J149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>83291438600020</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I150" s="3"/>
       <c r="J150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>83834643500020</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="I151" s="3">
         <v>24180128218</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>84089334100015</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="I152" s="3"/>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>84462511100027</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I153" s="3" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>85238870100033</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I154" s="3">
         <v>11788421378</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>85239212500021</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I155" s="3">
         <v>11941002394</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>88407991400021</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I156" s="3">
         <v>11941336294</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>89120942100025</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="I157" s="3"/>
       <c r="J157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>89217217200017</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>529</v>
-      </c>
-[...7 lines deleted...]
-        <v>532</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I158" s="3">
         <v>11910900791</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>89481547100012</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="I159" s="3">
         <v>93131890813</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>90833941900016</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I160" s="3">
         <v>11770761277</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>91074573600017</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="I161" s="3">
         <v>76341167034</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -8125,31 +8096,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 23:44:16</dc:description>
+  <dc:description>Export en date du 03/21/2026 19:08:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>