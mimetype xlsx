--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -682,504 +682,504 @@
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE DE MAYOTTE</t>
   </si>
   <si>
     <t>COCONI 97670 OUANGANI</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>06970000197</t>
   </si>
   <si>
     <t>ENTENTE INTERDEPARTEMENTALE POUR LA DEMOUSTICATION DU LITTORAL MEDITERRANEEN</t>
   </si>
   <si>
     <t>165 RUE PAUL RIMBAUD 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1959</t>
   </si>
   <si>
+    <t>LA COOPERATION AGRICOLE OCCITANIE</t>
+  </si>
+  <si>
+    <t>BP 82256 AUZEVILLE TOLOSANE 2 AVENUE DANIEL BRISEBOIS 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>08/06/2018</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE SUD</t>
+  </si>
+  <si>
+    <t>198 CHEMIN DES ENTRAGES 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>FEDERA DEPART SYNDICAT EXPLOITA AGRICOLE</t>
+  </si>
+  <si>
+    <t>TERRE SAINTE - LOCAL 9 12 CHEMIN DE LA CROIX DE JUBILE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>FEDERATION DEPARTEMENTALE DES GROUPEMENTS DE DEFENSE CONTRE LES ORGANISMES NUISIBLES</t>
+  </si>
+  <si>
+    <t>COUR DE L'USINE SAVANNAH 23 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>BOURBOURG FORMATION 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>ASS POUR LA FORMATION NATIONALE AGRICOLE</t>
+  </si>
+  <si>
+    <t>CS 80004 LES RURALIES 79230 PRAHECQ</t>
+  </si>
+  <si>
+    <t>22/05/1989</t>
+  </si>
+  <si>
+    <t>AGUF VIVARAIS FORMATION</t>
+  </si>
+  <si>
+    <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
+  </si>
+  <si>
+    <t>29/09/1998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CUCHE PASCAL PAUL JEAN </t>
+  </si>
+  <si>
+    <t>CHEMIN DES DONNEUSES D’EAU 97118 SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>81.30Z</t>
+  </si>
+  <si>
+    <t>FREDON AURA</t>
+  </si>
+  <si>
+    <t>ZI CHAMP DOLIN 2 ALLEE DU LAZIO 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>RACINE SUD AGRO PERRET</t>
+  </si>
+  <si>
+    <t>RACINE SAP</t>
+  </si>
+  <si>
+    <t>90 RUE DES ROMARINS 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>31/07/2007</t>
+  </si>
+  <si>
+    <t>46.75Z</t>
+  </si>
+  <si>
+    <t>AMT FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 RUE DIDEROT 30300 BEAUCAIRE</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>GENECH CONSEIL</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
+    <t>FEDE REG DEFEN ORGANISMES NUISIBLES PACA</t>
+  </si>
+  <si>
+    <t>39 RUE ALEXANDRE BLANC 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>16/12/2014</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>TECHNIQUES ETUDES ET  ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>25 RUE MILLET 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>23/02/1998</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>FREDON NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>20/06/2018</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>930 CHEMIN DU GRAND MAS 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
     <t>FEDER.REGION.DEFENSE CONTRE ORGANIS.NUIS</t>
   </si>
   <si>
     <t>21 RUE JEAN BAPTISTE GAMBUT 21200 BEAUNE</t>
   </si>
   <si>
     <t>05/07/2004</t>
   </si>
   <si>
-    <t>94.12Z</t>
+    <t>FEDERATION REGIONALE DEFENSE CONTRE LES ORGANISMES NUISIBLES  DU GRAND EST</t>
+  </si>
+  <si>
+    <t>C.R.E.A 2 ESPLANADE ROLAND GARROS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>FREDON ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>16 B RUE DE PARIS 91160 CHAMPLAN</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>PROXALYS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>5 RUE ANTOINE DE SAINT-EXUPERY 35235 THORIGNE-FOUILLARD</t>
+  </si>
+  <si>
+    <t>10/07/2006</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>C R DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>LIEU DIT GODEFROY LD GODEFROY 33270 BOULIAC</t>
+  </si>
+  <si>
+    <t>19/03/1990</t>
+  </si>
+  <si>
+    <t>46.76Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PASSERAT DE SILANS FRANCOIS   </t>
+  </si>
+  <si>
+    <t>6 RUE DE CAMPEYRAUT 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>MORNE VERGAIN 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>15/07/2006</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>58 AVENUE DES CARAIBES 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>446 ROUTE DE ROUJOL 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>ID2 JARDIN</t>
+  </si>
+  <si>
+    <t>ZONE AGRICOLE DE VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAPP ISABELLE COLETTE FRANCOISE </t>
+  </si>
+  <si>
+    <t>9 LOTISSEMENT LES CEDRES 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>03973270497</t>
   </si>
   <si>
     <t xml:space="preserve">SCHMITT MICHEL   </t>
   </si>
   <si>
     <t>4 RUE DU DOCTEUR CALMETTE 45700 VILLEMANDEUR</t>
   </si>
   <si>
     <t>18/05/2011</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...20 lines deleted...]
-    <t>03973270497</t>
+    <t>RAISOVERT</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA GARENNE 30600 VAUVERT</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATAR SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>AGRIVERT EXPERT</t>
+  </si>
+  <si>
+    <t>219 CHEMIN DU CASTERAS 31600 SAINT-CLAR-DE-RIVIERE</t>
+  </si>
+  <si>
+    <t>12/07/2014</t>
   </si>
   <si>
     <t>INSTITUT TECHNOLOGIQUE FCBA (FORET CELLULOSE BOIS...)</t>
   </si>
   <si>
     <t>10 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/11/2014</t>
   </si>
   <si>
-    <t>72.19Z</t>
-[...124 lines deleted...]
-  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>IZIPEST</t>
   </si>
   <si>
     <t>13 RUE DES EMERAUDES 69006 LYON</t>
   </si>
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t xml:space="preserve">ANZALA FABIOLA JOHANA  </t>
   </si>
   <si>
     <t>GROW UP</t>
   </si>
   <si>
     <t>IMM FORUM 29 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>01973172397</t>
   </si>
   <si>
-    <t>ISTAV</t>
-[...121 lines deleted...]
-  <si>
     <t>SHINGI L'EXPERTISE ENVIRONNEMENTALE</t>
   </si>
   <si>
     <t>140 CHE DE LA CORBIERE 38490 LES ABRETS-EN-DAUPHINE</t>
   </si>
   <si>
     <t>22/06/2022</t>
   </si>
   <si>
     <t>AIR9 CONSEIL</t>
   </si>
   <si>
     <t>24 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>06/03/2014</t>
   </si>
   <si>
     <t>SAS BIOVA</t>
   </si>
   <si>
     <t>PARC TECHNOLOGIQUE DU CANAL, BATIMENT 3 RUE ARIANE 31520 RAMONVILLE-SAINT-AGNE</t>
   </si>
   <si>
     <t>01/02/2015</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>COACH AU JARDIN</t>
   </si>
   <si>
     <t>870 ROUTE DE BARJAC 30500 SAINT-AMBROIX</t>
   </si>
   <si>
     <t>11/10/2021</t>
-  </si>
-[...67 lines deleted...]
-    <t>24/01/1986</t>
   </si>
   <si>
     <t>CERTIF'AGRI</t>
   </si>
   <si>
     <t>75 RUE DE NORMANDIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>29/10/2024</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES METIERS DE LA VILLE DE DEMAIN-CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>5 PLACE DE LA GARE DES SAULES 94310 ORLY</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>SEEDEVOL</t>
   </si>
@@ -3581,1819 +3581,1813 @@
       <c r="F52" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>76340900734</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>42860273400025</v>
+        <v>30185924500062</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>225</v>
+        <v>22</v>
       </c>
       <c r="I53" s="3">
-        <v>26210222621</v>
+        <v>91340245234</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>53252460000014</v>
+        <v>31015997500039</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I54" s="3">
-        <v>24450284045</v>
+        <v>93130483113</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>45239747400043</v>
+        <v>31138229500013</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I55" s="3">
-        <v>72330645133</v>
+        <v>72400086640</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>51429711800028</v>
+        <v>31350031600010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>33</v>
+      </c>
+      <c r="I56" s="3">
+        <v>31620042362</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77568090300132</v>
+        <v>32470021000051</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="I57" s="3">
-        <v>11750079975</v>
+        <v>98970329097</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>35124920600019</v>
+        <v>33055941000023</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="I58" s="3">
-        <v>54790024579</v>
+        <v>98970211097</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>38881118400026</v>
+        <v>33348856700046</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>33</v>
+        <v>245</v>
       </c>
       <c r="I59" s="3">
-        <v>82070016507</v>
+        <v>31590286359</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>39165789700040</v>
+        <v>33453512700016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>250</v>
+        <v>33</v>
       </c>
       <c r="I60" s="3">
-        <v>95970114497</v>
+        <v>53560861756</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39228359400035</v>
+        <v>35124920600019</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>22</v>
+        <v>245</v>
       </c>
       <c r="I61" s="3">
-        <v>82690874369</v>
+        <v>54790024579</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>39337298200016</v>
+        <v>38881118400026</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I62" s="3">
-        <v>31590348259</v>
+        <v>82070016507</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>39396208900024</v>
+        <v>39165789700040</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>22</v>
+        <v>258</v>
       </c>
       <c r="I63" s="3">
-        <v>93840310084</v>
+        <v>95970114497</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>44040917500013</v>
+        <v>39228359400035</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>225</v>
+        <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>21510126951</v>
+        <v>82690874369</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>44065706200020</v>
+        <v>55262109600171</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>28</v>
+        <v>266</v>
       </c>
       <c r="I65" s="3">
-        <v>95970114297</v>
+        <v>93830347783</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>44361417700022</v>
+        <v>48881562200011</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>225</v>
+        <v>28</v>
       </c>
       <c r="I66" s="3">
-        <v>11940748894</v>
+        <v>91300262030</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>41479762100011</v>
+        <v>39337298200016</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
-        <v>72330001333</v>
+        <v>31590348259</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>41780245100019</v>
+        <v>39396208900024</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>275</v>
+        <v>22</v>
       </c>
       <c r="I68" s="3">
-        <v>72240149824</v>
+        <v>93840310084</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>42086946300034</v>
+        <v>41479762100011</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>225</v>
+        <v>28</v>
       </c>
       <c r="I69" s="3">
-        <v>25140229714</v>
+        <v>72330001333</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>42117322000011</v>
+        <v>41780245100019</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>33</v>
+        <v>282</v>
       </c>
       <c r="I70" s="3">
-        <v>91300014630</v>
+        <v>72240149824</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77660306000018</v>
+        <v>42086946300034</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>33</v>
+        <v>228</v>
       </c>
       <c r="I71" s="3">
-        <v>82740107174</v>
+        <v>25140229714</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78174099800013</v>
+        <v>42117322000011</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="3">
-        <v>72240033624</v>
+        <v>91300014630</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>79099412300020</v>
+        <v>42860273400025</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="I73" s="3">
-        <v>84691556269</v>
+        <v>26210222621</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>79159502800022</v>
+        <v>44040917500013</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D74" s="2" t="s">
         <v>292</v>
       </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>228</v>
+      </c>
+      <c r="I74" s="3">
+        <v>21510126951</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>49983805000015</v>
+        <v>44065706200020</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>229</v>
+        <v>28</v>
       </c>
       <c r="I75" s="3">
-        <v>11930559793</v>
+        <v>95970114297</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>45389014700029</v>
+        <v>44361417700022</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>302</v>
+        <v>228</v>
       </c>
       <c r="I76" s="3">
-        <v>53350842535</v>
+        <v>11940748894</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>47020214400023</v>
+        <v>45239747400043</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>306</v>
+        <v>28</v>
       </c>
       <c r="I77" s="3">
-        <v>75331193333</v>
+        <v>72330645133</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>48388176900028</v>
+        <v>45389014700029</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="I78" s="3">
-        <v>72330667733</v>
+        <v>53350842535</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>48881562200011</v>
+        <v>47020214400023</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>28</v>
+        <v>311</v>
       </c>
       <c r="I79" s="3">
-        <v>91300262030</v>
+        <v>75331193333</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>49154650300013</v>
+        <v>48388176900028</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>229</v>
+        <v>282</v>
       </c>
       <c r="I80" s="3">
-        <v>95970138897</v>
+        <v>72330667733</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>49154650300021</v>
+        <v>49154650300013</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>13</v>
+        <v>315</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="F81" s="2" t="s">
+      <c r="G81" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>49154650300039</v>
+        <v>49154650300021</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>316</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>316</v>
+      </c>
       <c r="E82" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="I82" s="3">
         <v>95970138897</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>49291145800015</v>
+        <v>49154650300039</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>322</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="I83" s="3"/>
+        <v>245</v>
+      </c>
+      <c r="I83" s="3">
+        <v>95970138897</v>
+      </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>53451561400012</v>
+        <v>49291145800015</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>53749927900033</v>
+        <v>49983805000015</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="I85" s="3">
-        <v>73310783131</v>
+        <v>11930559793</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>55262109600171</v>
+        <v>51429711800028</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>93830347783</v>
+        <v>28</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>333</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>79893398200026</v>
+        <v>53252460000014</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>290</v>
+        <v>245</v>
       </c>
       <c r="I87" s="3">
-        <v>82380533338</v>
+        <v>24450284045</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>80083053100011</v>
+        <v>53451561400012</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>275</v>
+        <v>28</v>
       </c>
       <c r="I88" s="3">
-        <v>11788401278</v>
+        <v>91300323030</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>80991562200017</v>
+        <v>53749927900033</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="D89" s="2"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>347</v>
+        <v>28</v>
       </c>
       <c r="I89" s="3">
-        <v>73310784131</v>
+        <v>73310783131</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>81108972100021</v>
+        <v>77568090300132</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="I90" s="3">
-        <v>91300387030</v>
+        <v>11750079975</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>30185924500062</v>
+        <v>77660306000018</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>353</v>
+        <v>231</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I91" s="3">
-        <v>91340245234</v>
+        <v>82740107174</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>31015997500039</v>
+        <v>78174099800013</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>356</v>
+        <v>231</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>225</v>
+        <v>33</v>
       </c>
       <c r="I92" s="3">
-        <v>93130483113</v>
+        <v>72240033624</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>31138229500013</v>
+        <v>79099412300020</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>284</v>
+        <v>353</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>33</v>
+        <v>354</v>
       </c>
       <c r="I93" s="3">
-        <v>72400086640</v>
+        <v>84691556269</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>31350031600010</v>
+        <v>79159502800022</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="D94" s="2"/>
+        <v>355</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>356</v>
+      </c>
       <c r="E94" s="2" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>31620042362</v>
+        <v>28</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>359</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>32470021000051</v>
+        <v>79893398200026</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>225</v>
+        <v>354</v>
       </c>
       <c r="I95" s="3">
-        <v>98970329097</v>
+        <v>82380533338</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>33055941000023</v>
+        <v>80083053100011</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="I96" s="3">
-        <v>98970211097</v>
+        <v>11788401278</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>33348856700046</v>
+        <v>80991562200017</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>315</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="G97" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="F97" s="2" t="s">
+      <c r="H97" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="G97" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I97" s="3"/>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>33453512700016</v>
+        <v>81108972100021</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>371</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>373</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I98" s="3">
-        <v>53560861756</v>
+        <v>91300387030</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>85313648900012</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>376</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>377</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I99" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I99" s="3"/>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>88944585400025</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>229</v>
+        <v>245</v>
       </c>
       <c r="I100" s="3">
         <v>11941043994</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>89796337700022</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
@@ -5458,31 +5452,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 03:08:29</dc:description>
+  <dc:description>Export en date du 03/05/2026 09:23:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>