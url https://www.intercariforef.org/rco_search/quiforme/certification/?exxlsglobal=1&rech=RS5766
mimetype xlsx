--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -73,393 +73,399 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DE L’ECONOMIE, DES FINANCES ET DE LA SOUVERAINETE INDUSTRIELLE, ENERGETIQUE ET NUMERIQUE</t>
   </si>
   <si>
     <t>TELEDOC 151 139 RUE DE BERCY 75012 PARIS</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>TELEPERFORMANCE  FRANCE</t>
+    <t>EURHEKA</t>
+  </si>
+  <si>
+    <t>103 AVENUE DU PRESIDENT WILSON 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>VALORIALE FORMATION</t>
+  </si>
+  <si>
+    <t>109 IMPASSE DU CANTADU CHEMIN DE CANTADU 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VELSIA</t>
   </si>
   <si>
     <t>228 A 230 ET 18 A 22 RUE C. BOUCHER 228 BOULEVARD GODARD 33300 BORDEAUX</t>
   </si>
   <si>
     <t>31/12/2011</t>
   </si>
   <si>
     <t>82.20Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>JMP CONSEIL</t>
   </si>
   <si>
     <t>235 AVENUE ALSACE LORRAINE 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/04/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>GIE AXA FRANCE</t>
   </si>
   <si>
     <t>DOMAINE DE FREMIGNY 91850 BOURAY-SUR-JUINE</t>
   </si>
   <si>
     <t>01/04/1998</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
+    <t>ASSURANCES ET INSTITUT DE FORMATION</t>
+  </si>
+  <si>
+    <t>47 RUE DE BELFORT 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t>ESSYCA</t>
+  </si>
+  <si>
+    <t>LES ESPACES DE SOPHIA BATIMENT M2 80 ROUTE DES LUCIOLES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>17/07/2020</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETRICOUL JEAN-LUC LUC MARIUS </t>
+  </si>
+  <si>
+    <t>JLP CONSULTANT</t>
+  </si>
+  <si>
+    <t>LIEU-DIT PORCILI HAM DE PEVANI 20111 CALCATOGGIO</t>
+  </si>
+  <si>
+    <t>05/02/2019</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>MEILLEURTAUX FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE DE SAINT-PETERSBOURG 75008 PARIS</t>
+  </si>
+  <si>
+    <t>26/04/2017</t>
+  </si>
+  <si>
+    <t>STRADI CONSEILS</t>
+  </si>
+  <si>
+    <t>RUE DES PLUMASSIERES 31450 MONTESQUIEU-LAURAGAIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>CREFORMA PLUS</t>
+  </si>
+  <si>
+    <t>80 RUE FAVENTINES 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>FORMATIOB</t>
+  </si>
+  <si>
+    <t>36 E RUE DES VINGT TOISES 38950 SAINT-MARTIN-LE-VINOUX</t>
+  </si>
+  <si>
+    <t>26/03/2012</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES INTERMEDIAIRES EN OPERATIONS DE BANQUE</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>23/10/2013</t>
+  </si>
+  <si>
+    <t>PRODEMIAL BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>11 AVENUE PARMENTIER 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/01/2018</t>
+  </si>
+  <si>
+    <t>EASYFLEX</t>
+  </si>
+  <si>
+    <t>ESPACE GARONNE, BAT 10 ET 11 DU BAT C 5 AVENUE JEAN ALFONSEA 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>66.19B</t>
+  </si>
+  <si>
+    <t>B &amp; D CONSULTING</t>
+  </si>
+  <si>
+    <t>27 RUE MAURICE FLANDIN 69003 LYON</t>
+  </si>
+  <si>
+    <t>09/10/2017</t>
+  </si>
+  <si>
+    <t>SOPHIA</t>
+  </si>
+  <si>
+    <t>SOPHIA FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>1 ER ETAGE 2 RUE DES FRERES VOIRIN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>LUNEL</t>
+  </si>
+  <si>
+    <t>14/04/2014</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ICC DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>12 ALLEE DU ROUERGUE 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>15/10/2014</t>
+  </si>
+  <si>
+    <t>64.92Z</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE DE FORMATION PROFESSIONNELLE DES INTERMEDIAIRES</t>
+  </si>
+  <si>
+    <t>ENFPI</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>17/06/2015</t>
+  </si>
+  <si>
+    <t>IFIB</t>
+  </si>
+  <si>
+    <t>3 B RUE BARTHELEMY THIMONNIER 78120 RAMBOUILLET</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>AXELERANCE</t>
+  </si>
+  <si>
+    <t>4 RUE BAILEY 14000 CAEN</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>CYBERPRET</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA REPUBLIQUE 69002 LYON</t>
+  </si>
+  <si>
+    <t>17/04/2009</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>THESEIS</t>
+  </si>
+  <si>
+    <t>33-43 33 AVENUE GEORGES POMPIDOU 31130 BALMA</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>68.31Z</t>
+  </si>
+  <si>
+    <t>ASSURANCE FORMATION AUDIT ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>64 RUE DE MIROMESNIL 75008 PARIS</t>
+  </si>
+  <si>
+    <t>05/02/2003</t>
+  </si>
+  <si>
+    <t>JURISCAMPUS</t>
+  </si>
+  <si>
+    <t>TECHNOPARC 10 1202 L’OCCITANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>CJC GROUP</t>
+  </si>
+  <si>
+    <t>IEPB</t>
+  </si>
+  <si>
+    <t>135 RUE DE LA CHARRIERE 38210 LA RIVIERE</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
     <t>SUMATRA BY AF2A</t>
   </si>
   <si>
     <t>79 RUE DES ORANGERS 83140 SIX-FOURS-LES-PLAGES</t>
   </si>
   <si>
     <t>04/01/2018</t>
   </si>
   <si>
-    <t>VALORIALE FORMATION</t>
-[...115 lines deleted...]
-  <si>
     <t>ECOLE SUPERIEURE D'ASSURANCE</t>
   </si>
   <si>
     <t>13 RUE FERNAND LEGER 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2007</t>
   </si>
   <si>
-    <t>ASSURANCES ET INSTITUT DE FORMATION</t>
-[...109 lines deleted...]
-  <si>
     <t>MAYAK SERVICES</t>
   </si>
   <si>
     <t>5 B AVENUE MARCEL PROUST 28000 CHARTRES</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ISA ASSURANCES</t>
   </si>
   <si>
     <t>118-130 118 AVENUE JEAN JAURES 75019 PARIS</t>
   </si>
   <si>
     <t>25/02/2016</t>
   </si>
   <si>
     <t>VENUS CONSULTING</t>
   </si>
   <si>
     <t>97 RUE SAUVEUR TOBELEM 13007 MARSEILLE</t>
   </si>
   <si>
     <t>19/08/2016</t>
-  </si>
-[...31 lines deleted...]
-    <t>05/02/2003</t>
   </si>
   <si>
     <t>IFPASS SERVICES</t>
   </si>
   <si>
     <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>13/09/2017</t>
   </si>
   <si>
     <t>CIB FORMATION</t>
   </si>
   <si>
     <t>14 RUE DEDIEU 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>20/07/2017</t>
   </si>
   <si>
     <t>ORICA</t>
   </si>
   <si>
     <t>ENTREE B 33 RUE DUPLEIX 59100 ROUBAIX</t>
   </si>
@@ -971,1533 +977,1537 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35338079300136</v>
+        <v>51512960900035</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>72750861433</v>
+        <v>91340671334</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>37998968400020</v>
+        <v>53208617000034</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>82730159573</v>
+        <v>91340722534</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38271779100109</v>
+        <v>35338079300136</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>11910532591</v>
+        <v>72750861433</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53049735300025</v>
+        <v>37998968400020</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I6" s="3">
-        <v>11757290175</v>
+        <v>82730159573</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53208617000034</v>
+        <v>38271779100109</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>91340722534</v>
+        <v>11910532591</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53338553000019</v>
+        <v>79035539000028</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="G8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="3">
-        <v>73310651731</v>
+        <v>27250311025</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53881543200033</v>
+        <v>40854495500045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="3">
-        <v>82260214026</v>
+        <v>93060351606</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>75052873900022</v>
+        <v>40885662300066</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>82380532638</v>
+        <v>94202105820</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>75315949000022</v>
+        <v>41315419600054</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I11" s="3">
-        <v>11754922175</v>
+        <v>11753978475</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>75345962700026</v>
+        <v>53338553000019</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3">
-        <v>73310676931</v>
+        <v>73310651731</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>75348389000038</v>
+        <v>53881543200033</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>58</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>75331097133</v>
+        <v>82260214026</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>75401036100022</v>
+        <v>75052873900022</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G14" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>82691234269</v>
+        <v>82380532638</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40854495500045</v>
+        <v>75315949000022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I15" s="3">
-        <v>93060351606</v>
+        <v>11754922175</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40885662300066</v>
+        <v>75345962700026</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="G16" s="2" t="s">
         <v>70</v>
       </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="3">
-        <v>94202105820</v>
+        <v>73310676931</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41315419600054</v>
+        <v>75348389000038</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="I17" s="3">
-        <v>11753978475</v>
+        <v>75331097133</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>32006002300050</v>
+        <v>75401036100022</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="3">
-        <v>11753072075</v>
+        <v>82691234269</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>79035539000028</v>
+        <v>80102235100051</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>81</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="H19" s="2" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="I19" s="3">
-        <v>27250311025</v>
+        <v>41540331354</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>80102235100051</v>
+        <v>80213729900011</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="I20" s="3">
-        <v>41540331354</v>
+        <v>91340862234</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80213729900011</v>
+        <v>80521573800016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I21" s="3">
-        <v>91340862234</v>
+        <v>73310758931</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>80521573800016</v>
+        <v>81239748700016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="I22" s="3">
-        <v>73310758931</v>
+        <v>11755354975</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>50495313400013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="3">
         <v>11788092378</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>51164901400046</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3">
         <v>25140225314</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>51512960900035</v>
+        <v>43319423000036</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="I25" s="3">
-        <v>91340671334</v>
+        <v>84691687069</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>51772736800030</v>
+        <v>44052487400052</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="I26" s="3">
-        <v>73310556131</v>
+        <v>73310690631</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>51955288900031</v>
+        <v>44449588100021</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>82990598138</v>
+        <v>11753777775</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>81239748700016</v>
+        <v>51772736800030</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>11755354975</v>
+        <v>73310556131</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>81837561000032</v>
+        <v>51955288900031</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D29" s="2"/>
+        <v>117</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="E29" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="I29" s="3">
-        <v>24280163228</v>
+        <v>82990598138</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>81961103900010</v>
+        <v>53049735300025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>11756388475</v>
+        <v>11757290175</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82214273300010</v>
+        <v>32006002300050</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>93131678213</v>
+        <v>11753072075</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>43319423000036</v>
+        <v>81837561000032</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>84691687069</v>
+        <v>24280163228</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>44052487400052</v>
+        <v>81961103900010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>130</v>
+        <v>41</v>
       </c>
       <c r="I33" s="3">
-        <v>73310690631</v>
+        <v>11756388475</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>44449588100021</v>
+        <v>82214273300010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>11753777775</v>
+        <v>93131678213</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>82379935800028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
         <v>11922182692</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83127227300010</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3">
         <v>84691524269</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>83392657900024</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
         <v>32590953859</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>83459512600014</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
         <v>76120120212</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>85258350900017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
         <v>84380725438</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>89337802600015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="I40" s="3">
         <v>11756295475</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>90912073500016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3">
         <v>76311123631</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>91273345800018</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3">
         <v>11922513392</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2529,31 +2539,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 09:18:04</dc:description>
+  <dc:description>Export en date du 12/31/2025 21:40:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>