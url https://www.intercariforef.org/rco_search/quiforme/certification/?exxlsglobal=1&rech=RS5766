--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -73,227 +73,320 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DE L’ECONOMIE, DES FINANCES ET DE LA SOUVERAINETE INDUSTRIELLE, ENERGETIQUE ET NUMERIQUE</t>
   </si>
   <si>
     <t>TELEDOC 151 139 RUE DE BERCY 75012 PARIS</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>CREFORMA PLUS</t>
+  </si>
+  <si>
+    <t>80 RUE FAVENTINES 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>EURHEKA</t>
   </si>
   <si>
     <t>103 AVENUE DU PRESIDENT WILSON 34500 BEZIERS</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>VRAI</t>
+    <t>JURISCAMPUS</t>
+  </si>
+  <si>
+    <t>TECHNOPARC 10 1202 L’OCCITANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CYBERPRET</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA REPUBLIQUE 69002 LYON</t>
+  </si>
+  <si>
+    <t>17/04/2009</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>66.19B</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE D'ASSURANCE</t>
+  </si>
+  <si>
+    <t>13 RUE FERNAND LEGER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>VELSIA</t>
+  </si>
+  <si>
+    <t>228 A 230 ET 18 A 22 RUE C. BOUCHER 228 BOULEVARD GODARD 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>31/12/2011</t>
+  </si>
+  <si>
+    <t>82.20Z</t>
+  </si>
+  <si>
+    <t>JMP CONSEIL</t>
+  </si>
+  <si>
+    <t>235 AVENUE ALSACE LORRAINE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/04/2009</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>GIE AXA FRANCE</t>
+  </si>
+  <si>
+    <t>DOMAINE DE FREMIGNY 91850 BOURAY-SUR-JUINE</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>ESSYCA</t>
+  </si>
+  <si>
+    <t>LES ESPACES DE SOPHIA BATIMENT M2 80 ROUTE DES LUCIOLES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>17/07/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETRICOUL JEAN-LUC LUC MARIUS </t>
+  </si>
+  <si>
+    <t>JLP CONSULTANT</t>
+  </si>
+  <si>
+    <t>LIEU-DIT PORCILI HAM DE PEVANI 20111 CALCATOGGIO</t>
+  </si>
+  <si>
+    <t>05/02/2019</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>MEILLEURTAUX FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE DE SAINT-PETERSBOURG 75008 PARIS</t>
+  </si>
+  <si>
+    <t>26/04/2017</t>
+  </si>
+  <si>
+    <t>THESEIS</t>
+  </si>
+  <si>
+    <t>33-43 33 AVENUE GEORGES POMPIDOU 31130 BALMA</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>68.31Z</t>
+  </si>
+  <si>
+    <t>ASSURANCE FORMATION AUDIT ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>64 RUE DE MIROMESNIL 75008 PARIS</t>
+  </si>
+  <si>
+    <t>05/02/2003</t>
+  </si>
+  <si>
+    <t>IFIB</t>
+  </si>
+  <si>
+    <t>3 B RUE BARTHELEMY THIMONNIER 78120 RAMBOUILLET</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>AXELERANCE</t>
+  </si>
+  <si>
+    <t>4 RUE BAILEY 14000 CAEN</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>CJC GROUP</t>
+  </si>
+  <si>
+    <t>IEPB</t>
+  </si>
+  <si>
+    <t>135 RUE DE LA CHARRIERE 38210 LA RIVIERE</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t>SUMATRA BY AF2A</t>
+  </si>
+  <si>
+    <t>79 RUE DES ORANGERS 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>04/01/2018</t>
   </si>
   <si>
     <t>VALORIALE FORMATION</t>
   </si>
   <si>
     <t>109 IMPASSE DU CANTADU CHEMIN DE CANTADU 34400 LUNEL</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...32 lines deleted...]
-    <t>74.90B</t>
+    <t>STRADI CONSEILS</t>
+  </si>
+  <si>
+    <t>RUE DES PLUMASSIERES 31450 MONTESQUIEU-LAURAGAIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>FORMATIOB</t>
+  </si>
+  <si>
+    <t>36 E RUE DES VINGT TOISES 38950 SAINT-MARTIN-LE-VINOUX</t>
+  </si>
+  <si>
+    <t>26/03/2012</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES INTERMEDIAIRES EN OPERATIONS DE BANQUE</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>23/10/2013</t>
+  </si>
+  <si>
+    <t>PRODEMIAL BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>11 AVENUE PARMENTIER 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/01/2018</t>
+  </si>
+  <si>
+    <t>EASYFLEX</t>
+  </si>
+  <si>
+    <t>ESPACE GARONNE, BAT 10 ET 11 DU BAT C 5 AVENUE JEAN ALFONSEA 33270 FLOIRAC</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>B &amp; D CONSULTING</t>
+  </si>
+  <si>
+    <t>27 RUE MAURICE FLANDIN 69003 LYON</t>
+  </si>
+  <si>
+    <t>09/10/2017</t>
   </si>
   <si>
     <t>ASSURANCES ET INSTITUT DE FORMATION</t>
   </si>
   <si>
     <t>47 RUE DE BELFORT 25200 MONTBELIARD</t>
   </si>
   <si>
-    <t>66.22Z</t>
-[...109 lines deleted...]
-  <si>
     <t>SOPHIA</t>
   </si>
   <si>
     <t>SOPHIA FORMATION CONSEIL</t>
   </si>
   <si>
     <t>1 ER ETAGE 2 RUE DES FRERES VOIRIN 54000 NANCY</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>LUNEL</t>
   </si>
   <si>
     <t>14/04/2014</t>
@@ -307,147 +400,60 @@
   <si>
     <t>ICC DEVELOPPEMENT</t>
   </si>
   <si>
     <t>12 ALLEE DU ROUERGUE 31770 COLOMIERS</t>
   </si>
   <si>
     <t>15/10/2014</t>
   </si>
   <si>
     <t>64.92Z</t>
   </si>
   <si>
     <t>ECOLE NATIONALE DE FORMATION PROFESSIONNELLE DES INTERMEDIAIRES</t>
   </si>
   <si>
     <t>ENFPI</t>
   </si>
   <si>
     <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
   </si>
   <si>
     <t>17/06/2015</t>
   </si>
   <si>
-    <t>IFIB</t>
-[...88 lines deleted...]
-  <si>
     <t>MAYAK SERVICES</t>
   </si>
   <si>
     <t>5 B AVENUE MARCEL PROUST 28000 CHARTRES</t>
   </si>
   <si>
     <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
   </si>
   <si>
     <t>ISA ASSURANCES</t>
   </si>
   <si>
     <t>118-130 118 AVENUE JEAN JAURES 75019 PARIS</t>
   </si>
   <si>
     <t>25/02/2016</t>
   </si>
   <si>
     <t>VENUS CONSULTING</t>
   </si>
   <si>
     <t>97 RUE SAUVEUR TOBELEM 13007 MARSEILLE</t>
   </si>
   <si>
     <t>19/08/2016</t>
   </si>
   <si>
     <t>IFPASS SERVICES</t>
   </si>
   <si>
     <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
   </si>
@@ -977,1541 +983,1527 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>51512960900035</v>
+        <v>53881543200033</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>19</v>
+      </c>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>91340671334</v>
+        <v>82260214026</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53208617000034</v>
+        <v>51512960900035</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>91340722534</v>
+        <v>91340671334</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35338079300136</v>
+        <v>51772736800030</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3">
-        <v>72750861433</v>
+        <v>73310556131</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>37998968400020</v>
+        <v>43319423000036</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38271779100109</v>
+        <v>32006002300050</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>11910532591</v>
+        <v>11753072075</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79035539000028</v>
+        <v>35338079300136</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>27250311025</v>
+        <v>72750861433</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40854495500045</v>
+        <v>37998968400020</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>40885662300066</v>
+        <v>38271779100109</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G10" s="2" t="s">
         <v>50</v>
       </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="I10" s="3">
-        <v>94202105820</v>
+        <v>11910532591</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41315419600054</v>
+        <v>40854495500045</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11753978475</v>
+        <v>93060351606</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>53338553000019</v>
+        <v>40885662300066</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>55</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>53881543200033</v>
+        <v>41315419600054</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>82260214026</v>
+        <v>11753978475</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>75052873900022</v>
+        <v>44052487400052</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="I14" s="3">
-        <v>82380532638</v>
+        <v>73310690631</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>75315949000022</v>
+        <v>44449588100021</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>11754922175</v>
+        <v>11753777775</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>75345962700026</v>
+        <v>50495313400013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>73310676931</v>
+        <v>11788092378</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>75348389000038</v>
+        <v>51164901400046</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>75331097133</v>
+        <v>25140225314</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>75401036100022</v>
+        <v>51955288900031</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>76</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
-        <v>82691234269</v>
+        <v>82990598138</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>80102235100051</v>
+        <v>53049735300025</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>80213729900011</v>
+        <v>53208617000034</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D20" s="2" t="s">
         <v>84</v>
       </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="G20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>91340862234</v>
+        <v>91340722534</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80521573800016</v>
+        <v>53338553000019</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>81239748700016</v>
+        <v>75052873900022</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E22" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>50495313400013</v>
+        <v>75315949000022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>11788092378</v>
+        <v>11754922175</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>51164901400046</v>
+        <v>75345962700026</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>25140225314</v>
+        <v>73310676931</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>43319423000036</v>
+        <v>75348389000038</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="I25" s="3">
-        <v>84691687069</v>
+        <v>75331097133</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44052487400052</v>
+        <v>75401036100022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>73310690631</v>
+        <v>82691234269</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>44449588100021</v>
+        <v>79035539000028</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
-        <v>11753777775</v>
+        <v>27250311025</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>51772736800030</v>
+        <v>80102235100051</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>109</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>112</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>113</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51955288900031</v>
+        <v>80213729900011</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="G29" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="H29" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>53049735300025</v>
+        <v>80521573800016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>27</v>
+        <v>123</v>
       </c>
       <c r="I30" s="3">
-        <v>11757290175</v>
+        <v>73310758931</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>32006002300050</v>
+        <v>81239748700016</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="2"/>
+      <c r="D31" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I31" s="3">
-        <v>11753072075</v>
+        <v>11755354975</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>81837561000032</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="G32" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="H32" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>81961103900010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="I33" s="3">
         <v>11756388475</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>82214273300010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I34" s="3">
         <v>93131678213</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>82379935800028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I35" s="3">
         <v>11922182692</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>83127227300010</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I36" s="3">
         <v>84691524269</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>83392657900024</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I37" s="3">
         <v>32590953859</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>83459512600014</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>85258350900017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I39" s="3">
         <v>84380725438</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>89337802600015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I40" s="3">
         <v>11756295475</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>90912073500016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I41" s="3">
         <v>76311123631</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>91273345800018</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I42" s="3">
         <v>11922513392</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2539,31 +2531,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 21:40:40</dc:description>
+  <dc:description>Export en date du 02/17/2026 05:00:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>