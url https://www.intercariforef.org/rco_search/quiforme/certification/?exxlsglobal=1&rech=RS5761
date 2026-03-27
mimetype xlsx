--- v0 (2026-02-04)
+++ v1 (2026-03-27)
@@ -73,146 +73,158 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DE LA TRANSITION ECOLOGIQUE, DE LA BIODIVERSITE ET DES NEGOCIATIONS INTERNATIONALES SUR LE CLIMAT ET LA NATURE</t>
   </si>
   <si>
     <t>HOTEL DE ROQUELAURE 246 BOULEVARD SAINT-GERMAIN 75007 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FLY FORM</t>
+  </si>
+  <si>
+    <t>78 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CLEF JOB ACADEMY</t>
+  </si>
+  <si>
+    <t>165 AVENUE DU BOIS DE LA PIE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>10/06/2020</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>CLASSES AFFAIRES FORMATIONS</t>
+  </si>
+  <si>
+    <t>150 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>15/06/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT ENSEIGNEMENT TECHNIQUE APPLIQUE</t>
+  </si>
+  <si>
+    <t>1-3 1 RUE D'ENGHIEN 75010 PARIS</t>
+  </si>
+  <si>
+    <t>16/03/2010</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>PRISMA FORMATIONS</t>
   </si>
   <si>
     <t>BATIMENT ETOILE 40 AVENUE DES NATIONS 93420 VILLEPINTE</t>
   </si>
   <si>
     <t>15/01/2022</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...13 lines deleted...]
-  <si>
     <t>AIRSUP SAS</t>
   </si>
   <si>
     <t>13-15 13 RUE BALLU 75009 PARIS</t>
   </si>
   <si>
     <t>21/03/2018</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>AEROFORM INTERNATIONAL</t>
   </si>
   <si>
     <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
   </si>
   <si>
     <t>15/11/2011</t>
   </si>
   <si>
     <t>19/03/2025</t>
   </si>
   <si>
     <t>2M TRAINING</t>
   </si>
   <si>
     <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>PHT FORMATION</t>
   </si>
   <si>
     <t>ZAE LUNELAND 90 RUE DE L’INDUSTRIE 34400 LUNEL</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
   <si>
-    <t>CLEF JOB ACADEMY</t>
-[...10 lines deleted...]
-  <si>
     <t>SARL SKYFORM</t>
   </si>
   <si>
     <t>111 RUE MOLIERE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
-    <t>CLASSES AFFAIRES FORMATIONS</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">BENGANA ABDELKRIM   </t>
   </si>
   <si>
     <t>ORLY AEROGARE CEDEX - BT 293 RUE DU CARGO 94310 ORLY</t>
   </si>
   <si>
     <t>25/05/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>SAFE HANDLING TRAINING SHT</t>
   </si>
   <si>
     <t>SHT</t>
   </si>
   <si>
     <t>13-15 13 RUE DU PONT DES HALLES 94150 RUNGIS</t>
   </si>
   <si>
     <t>10/09/2020</t>
   </si>
   <si>
     <t>AIR YAS CONSULTING</t>
@@ -224,62 +236,50 @@
     <t>24/11/2020</t>
   </si>
   <si>
     <t>ALTA FORMATION ET CONSEIL</t>
   </si>
   <si>
     <t>1 RUE LE CORBUSIER 94150 RUNGIS</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>21/08/2023</t>
   </si>
   <si>
     <t>ELEA BY MIRA CONSULTING</t>
   </si>
   <si>
     <t>2 RUE JEAN MERMOZ 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>16/04/2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>30/04/2025</t>
   </si>
   <si>
     <t>POLE FORMATION 93</t>
   </si>
   <si>
     <t>194 AVENUE DU PRESIDENT WILSON 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
     <t>AL BUSINESS ACADEMY</t>
   </si>
   <si>
     <t>34 ROUTE DE GRIGNY 91130 RIS-ORANGIS</t>
   </si>
   <si>
     <t>15/02/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -737,685 +737,675 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39336805500041</v>
+        <v>90778738600016</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="G3" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32672881300022</v>
+        <v>79911301400051</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49239829200051</v>
+        <v>82065220400018</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49434401300029</v>
+        <v>32672881300022</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>11950450495</v>
+        <v>11750709675</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>75320095500049</v>
+        <v>39336805500041</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>11930647393</v>
+        <v>11756156675</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79264686100049</v>
+        <v>49239829200051</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>91340788534</v>
+        <v>11754380275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79911301400051</v>
+        <v>49434401300029</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>80488455900027</v>
+        <v>75320095500049</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>11940952194</v>
+        <v>11930647393</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82065220400018</v>
+        <v>79264686100049</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3">
+        <v>91340788534</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82122866500039</v>
+        <v>80488455900027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>11941062594</v>
+        <v>11940952194</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82249509900035</v>
+        <v>82122866500039</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I13" s="3">
-        <v>11755549375</v>
+        <v>11941062594</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>88762529100026</v>
+        <v>82249509900035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>11910882391</v>
+        <v>11755549375</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>89096961100015</v>
+        <v>88762529100026</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G15" s="2" t="s">
         <v>65</v>
       </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>11941046094</v>
+        <v>11910882391</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>90108412900021</v>
+        <v>89096961100015</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>90778738600016</v>
+        <v>90108412900021</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>91003211900018</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>91014640600012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>11910944691</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1428,31 +1418,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 09:33:30</dc:description>
+  <dc:description>Export en date du 03/27/2026 17:08:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>