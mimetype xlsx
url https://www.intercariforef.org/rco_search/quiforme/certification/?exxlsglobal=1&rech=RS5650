--- v0 (2025-12-01)
+++ v1 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -430,549 +430,555 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE TERNOIS</t>
+  </si>
+  <si>
+    <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>SOC CENTRALE CANINE AMELIOR RACES CHIENS</t>
+  </si>
+  <si>
+    <t>155 AVENUE JEAN JAURES 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>21/02/1991</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DESMONTS NATHALIE   </t>
+  </si>
+  <si>
+    <t>LIMEUR 44240 CHAPELLE-SUR-ERDRE (LA)</t>
+  </si>
+  <si>
+    <t>06/06/2005</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>75.00Z</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DE LA REGION GRAND EST</t>
+  </si>
+  <si>
+    <t>9 RUE LUC DESSANTE 55290 MONTIERS-SUR-SAULX</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>CL TRAINING FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>L'USINE GRANDS BOIS 249 RUE DU GENERAL DE GAULLE 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ANIMAL UNIVERSITY</t>
+  </si>
+  <si>
+    <t>24 RUE LEON MAURICE NORDMANN 92250 LA GARENNE-COLOMBES</t>
+  </si>
+  <si>
+    <t>11/05/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DHUMETZ DIDIER   </t>
+  </si>
+  <si>
+    <t>37 T ROUTE DE LENS 62223 SAINTE-CATHERINE</t>
+  </si>
+  <si>
+    <t>16/06/2017</t>
+  </si>
+  <si>
+    <t>96.09Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOSSET ARNAUD CLAUDE  </t>
+  </si>
+  <si>
+    <t>11 LOTISSEMENT LES ESCARRANTS 83570 CARCES</t>
+  </si>
+  <si>
+    <t>20/07/2025</t>
+  </si>
+  <si>
+    <t>ASS FEDERATION POUR GESTION DU LOOF</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/02/2011</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>LD GOLCONDE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/1998</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>8 RUE DE ROME 37370 NEUVY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/09/1977</t>
+  </si>
+  <si>
+    <t>NOOE</t>
+  </si>
+  <si>
+    <t>22 RUE DE FONTENAY 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUGUET SANDRIC   </t>
+  </si>
+  <si>
+    <t>3 ROUTE DE COQUEREL 27110 CROSVILLE-LA-VIEILLE</t>
+  </si>
+  <si>
+    <t>19/10/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VEILLARD FRANCOISE ESTELLE  </t>
+  </si>
+  <si>
+    <t>CAMPUS CANIN</t>
+  </si>
+  <si>
+    <t>FERME DE VERCHAUS 1659 CHEMIN DU COLOMBIER 07220 VIVIERS</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>01.45Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUMAILLEAU MARIELLE   </t>
+  </si>
+  <si>
+    <t>LA BOUTINIERE 85470 BRETIGNOLLES-SUR-MER</t>
+  </si>
+  <si>
+    <t>17/04/2005</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>5 RUE JULES BARBIER 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>EDUCATION ET REEDUCATION CANINE</t>
+  </si>
+  <si>
+    <t>E.R.C</t>
+  </si>
+  <si>
+    <t>385 CHEMIN DE LA BEDOULE 13540 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>ANIMALSUP</t>
+  </si>
+  <si>
+    <t>170 IMPASSE DE SARRAUTON 40350 GAAS</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>ZOOPRO</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>LAURENCE BRUDER SERGENT</t>
+  </si>
+  <si>
+    <t>5A RUE DU CHEMIN NEUF 67280 NIEDERHASLACH</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>SIANE - SOCIETE D'INTERVENTION ANIMALIERE</t>
+  </si>
+  <si>
+    <t>503 ROUTE DU CARRE 42800 SAINTE-CROIX-EN-JAREZ</t>
+  </si>
+  <si>
+    <t>11/05/2016</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
     <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
   </si>
   <si>
     <t>C.N.F. PRO CANIN ET FELIN</t>
   </si>
   <si>
     <t>239 RUE DES BOTTES 01320 CHALAMONT</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
-    <t>ISTAV</t>
-[...139 lines deleted...]
-  <si>
     <t>I.F.O.A.</t>
   </si>
   <si>
     <t>QUARTIER KILMAINE BOULEVARD JULES FERRY 13150 TARASCON</t>
   </si>
   <si>
     <t>16/07/2014</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DE LA REGION GRAND EST</t>
-[...95 lines deleted...]
-    <t>75.00Z</t>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
+  </si>
+  <si>
+    <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
+  </si>
+  <si>
+    <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
+  </si>
+  <si>
+    <t>4 AVENUE DES CANADIENS 76270 NEUFCHATEL-EN-BRAY</t>
+  </si>
+  <si>
+    <t>17/09/2012</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>FRECUL FRECUL 79130 SECONDIGNY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>DOMAINE DE PONTCHEVRON 40180 OEYRELUY</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
+  </si>
+  <si>
+    <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE -  I R E O</t>
+  </si>
+  <si>
+    <t>1 CHE D'AVAUD 85310 RIVES DE L'YON</t>
+  </si>
+  <si>
+    <t>WIZZVET</t>
+  </si>
+  <si>
+    <t>4 RUE BOUSSINGAULT 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>09/04/2013</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION AGATEA</t>
+  </si>
+  <si>
+    <t>15 RUE DE TURCKHEIM 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>L.A.Q.A.</t>
+  </si>
+  <si>
+    <t>205 ROUTE DE TOULOUSE 81370 SAINT-SULPICE-LA-POINTE</t>
+  </si>
+  <si>
+    <t>16/10/2013</t>
+  </si>
+  <si>
+    <t>YOUSCHOOL</t>
+  </si>
+  <si>
+    <t>22 RUE RENE BOULANGER 75010 PARIS</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>CANIDELITE</t>
+  </si>
+  <si>
+    <t>25 CHEMIN DE LA PLAINE ANDRAU 31140 AUCAMVILLE</t>
+  </si>
+  <si>
+    <t>17/03/2014</t>
+  </si>
+  <si>
+    <t>EMINEO FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>38 B RUE DE RENNES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>ANIMACONSULT</t>
+  </si>
+  <si>
+    <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>29/05/2014</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>MANTES-LA-JOLIE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>SAS BIOVA</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DU CANAL CAMPUS 1 1 AVENUE DE L'EUROPE 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>EFM</t>
+  </si>
+  <si>
+    <t>BATIMENT ALLURE 1 RUE MAURICE HOLLANDE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>CENTRE DU BIEN-ETRE ANIMAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>LA CAVE GREFFIERS 11 B RUE DE LA MARE 78120 SONCHAMP</t>
+  </si>
+  <si>
+    <t>14/09/2017</t>
+  </si>
+  <si>
+    <t>NATURE DE CHIEN</t>
+  </si>
+  <si>
+    <t>4 RUE DU DAHOMEY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2016</t>
   </si>
   <si>
     <t>GROUPE DE RESSOURCES ET D'ACCOMPAGNEMENTS PAR DES MEDIATIONS ET LA MEDIATION ANIMALE</t>
   </si>
   <si>
     <t>FERME PEDAGOGIQUE HAUT DE LA COTE DE GER 65420 IBOS</t>
   </si>
   <si>
     <t>05/01/2017</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>GAZZO PADOVANO</t>
   </si>
   <si>
     <t>30 CHEMIN DES PLANCHETTES 45530 SURY-AUX-BOIS</t>
   </si>
   <si>
     <t>02/01/2017</t>
   </si>
   <si>
     <t>LA FORMATION ET MOI</t>
   </si>
   <si>
     <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
-[...184 lines deleted...]
-  <si>
     <t>ASSISTANCE BUSINESS ENTREPRISES</t>
   </si>
   <si>
     <t>12/05/2025</t>
   </si>
   <si>
     <t>ELOCE</t>
   </si>
   <si>
     <t>29 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
   </si>
   <si>
     <t>18/03/2022</t>
   </si>
   <si>
     <t>AGATEA R&amp;C BORDEAUX</t>
   </si>
   <si>
     <t>16 PLACE DES QUINCONCES 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
   </si>
   <si>
     <t>AGATEA R&amp;C - PARIS</t>
   </si>
   <si>
     <t>01/08/2021</t>
   </si>
   <si>
     <t>AGATEA R&amp;C - LYON</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>BARBAIRA</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>58.11Z</t>
   </si>
   <si>
     <t>LDDA-LE DOMAINE DES ANIMAUX</t>
   </si>
@@ -2210,51 +2216,51 @@
       </c>
       <c r="C22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>93</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19680003100011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2"/>
@@ -2645,2152 +2651,2156 @@
       <c r="F33" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
         <v>98970084497</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>53316970200032</v>
+        <v>30703566700012</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="I34" s="3">
-        <v>84010189301</v>
+        <v>32620283262</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>49983805000015</v>
+        <v>31477549500026</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="I35" s="3">
-        <v>11930559793</v>
+        <v>11930643593</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44953814900047</v>
+        <v>32538747000041</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="G36" s="2"/>
+      <c r="G36" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="H36" s="2" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>45267029200047</v>
+        <v>88003468100010</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
         <v>151</v>
       </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
       <c r="I37" s="3">
-        <v>84070128507</v>
+        <v>44550054155</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>40482271000038</v>
+        <v>49115994300050</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="I38" s="3">
-        <v>31620112962</v>
+        <v>98970442897</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>40807744400052</v>
+        <v>83385878000020</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>158</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I39" s="3">
-        <v>93131559513</v>
+        <v>11922201392</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41075702500037</v>
+        <v>40482271000038</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="I40" s="3">
-        <v>11930478293</v>
+        <v>31620112962</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42045519800028</v>
+        <v>40807744400052</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>168</v>
+        <v>112</v>
       </c>
       <c r="I41" s="3">
-        <v>95970104897</v>
+        <v>93131559513</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42045519800036</v>
+        <v>41075702500037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D42" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="I42" s="3">
-        <v>95970104897</v>
+        <v>11930478293</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42090267800010</v>
+        <v>42045519800028</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="I43" s="3">
-        <v>24370340737</v>
+        <v>95970104897</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42511560700052</v>
+        <v>42045519800036</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="I44" s="3">
-        <v>11921173992</v>
+        <v>95970104897</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>48221032500015</v>
+        <v>42090267800010</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="I45" s="3">
-        <v>52850204685</v>
+        <v>24370340737</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>48834744400033</v>
+        <v>42511560700052</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>112</v>
+        <v>184</v>
       </c>
       <c r="I46" s="3">
-        <v>11922488592</v>
+        <v>11921173992</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>49115994300050</v>
+        <v>44953814900047</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="I47" s="3">
-        <v>98970442897</v>
+        <v>28270231527</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>75305581300020</v>
+        <v>45267029200047</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>112</v>
+        <v>192</v>
       </c>
       <c r="I48" s="3">
-        <v>93131519413</v>
+        <v>84070128507</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>88003468100010</v>
+        <v>48221032500015</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="I49" s="3">
-        <v>44550054155</v>
+        <v>52850204685</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>51938113100027</v>
+        <v>48834744400033</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D50" s="2" t="s">
         <v>196</v>
       </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="I50" s="3">
-        <v>93131498013</v>
+        <v>11922488592</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>52814402500087</v>
+        <v>49983805000015</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
       <c r="I51" s="3">
-        <v>75640568264</v>
+        <v>11930559793</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>52832282900037</v>
+        <v>51938113100027</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>203</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>204</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="I52" s="3">
-        <v>93830554383</v>
+        <v>93131498013</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>52934435000028</v>
+        <v>52814402500087</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>112</v>
+        <v>202</v>
       </c>
       <c r="I53" s="3">
-        <v>42670397067</v>
+        <v>75640568264</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>52968701400033</v>
+        <v>52832282900037</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="I54" s="3">
-        <v>84420314742</v>
+        <v>93830554383</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>53018898600059</v>
+        <v>52934435000028</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="I55" s="3">
-        <v>11922302792</v>
+        <v>42670397067</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30703566700012</v>
+        <v>52968701400033</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>22</v>
+        <v>164</v>
       </c>
       <c r="I56" s="3">
-        <v>32620283262</v>
+        <v>84420314742</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>31477549500026</v>
+        <v>53018898600059</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>164</v>
+        <v>222</v>
       </c>
       <c r="I57" s="3">
-        <v>11930643593</v>
+        <v>11922302792</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>32538747000041</v>
+        <v>53316970200032</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>223</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="I58" s="3"/>
+        <v>112</v>
+      </c>
+      <c r="I58" s="3">
+        <v>84010189301</v>
+      </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82536691700011</v>
+        <v>75305581300020</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>228</v>
+        <v>112</v>
       </c>
       <c r="I59" s="3">
-        <v>76650085765</v>
+        <v>93131519413</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82751829100014</v>
+        <v>77719323600018</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>231</v>
+        <v>140</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="I60" s="3">
-        <v>24450408845</v>
+        <v>73810014281</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82759989500030</v>
+        <v>77782252900015</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>234</v>
+        <v>140</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="I61" s="3">
-        <v>11756708475</v>
+        <v>53560052356</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77719323600018</v>
+        <v>78096827700019</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>235</v>
+        <v>178</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="I62" s="3">
-        <v>73810014281</v>
+        <v>25610014961</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77782252900015</v>
+        <v>78098734300024</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>217</v>
+        <v>237</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I63" s="3">
-        <v>53560052356</v>
+        <v>28760539476</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78096827700019</v>
+        <v>78148515600017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>172</v>
+        <v>238</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>25610014961</v>
+        <v>54790012179</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78098734300024</v>
+        <v>78210329500013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I65" s="3">
-        <v>28760539476</v>
+        <v>75400144040</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78148515600017</v>
+        <v>78362626000013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="I66" s="3">
-        <v>54790012179</v>
+        <v>31590008059</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78210329500013</v>
+        <v>78613651500016</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I67" s="3">
-        <v>75400144040</v>
+        <v>52490312749</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78362626000013</v>
+        <v>78645791100018</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I68" s="3">
-        <v>31590008059</v>
+        <v>52850032685</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78613651500016</v>
+        <v>79323061600013</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="I69" s="3">
-        <v>52490312749</v>
+        <v>42670544367</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78645791100018</v>
+        <v>79508520800010</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>217</v>
+        <v>254</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="I70" s="3">
-        <v>52850032685</v>
+        <v>42680237468</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79323061600013</v>
+        <v>79934279500017</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>256</v>
+        <v>112</v>
       </c>
       <c r="I71" s="3">
-        <v>42670544367</v>
+        <v>73810117981</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>79508520800010</v>
+        <v>80038554400096</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I72" s="3">
-        <v>42680237468</v>
+        <v>11755293475</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>79934279500017</v>
+        <v>80082813900017</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="I73" s="3">
-        <v>73810117981</v>
+        <v>76311141931</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>80038554400096</v>
+        <v>80090246200046</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I74" s="3">
-        <v>11755293475</v>
+        <v>53350949635</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>80082813900017</v>
+        <v>80324966300011</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="G75" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>270</v>
+      </c>
       <c r="H75" s="2" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="I75" s="3">
-        <v>76311141931</v>
+        <v>91340830734</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>80090246200046</v>
+        <v>80823525300040</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>271</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="I76" s="3">
-        <v>53350949635</v>
+        <v>11788326278</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>80324966300011</v>
+        <v>80991562200025</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>272</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>112</v>
+        <v>278</v>
       </c>
       <c r="I77" s="3">
-        <v>91340830734</v>
+        <v>73310784131</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>80823525300040</v>
+        <v>81161637400021</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="I78" s="3">
-        <v>11788326278</v>
+        <v>44510181951</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>80991562200025</v>
+        <v>81846520500024</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>284</v>
+        <v>112</v>
       </c>
       <c r="I79" s="3">
-        <v>73310784131</v>
+        <v>11788314278</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>81161637400021</v>
+        <v>82114692500010</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>287</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>112</v>
+        <v>164</v>
       </c>
       <c r="I80" s="3">
-        <v>44510181951</v>
+        <v>11755528775</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>81846520500024</v>
+        <v>82536691700011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>288</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>112</v>
+        <v>291</v>
       </c>
       <c r="I81" s="3">
-        <v>11788314278</v>
+        <v>76650085765</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>82114692500010</v>
+        <v>82751829100014</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="I82" s="3">
-        <v>11755528775</v>
+        <v>24450408845</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>83385878000020</v>
+        <v>82759989500030</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>112</v>
+        <v>157</v>
       </c>
       <c r="I83" s="3">
-        <v>11922201392</v>
+        <v>11756708475</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>83769205200025</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>233</v>
+        <v>296</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>188</v>
+        <v>157</v>
       </c>
       <c r="I84" s="3">
         <v>11757284475</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>84338240900020</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
       <c r="I85" s="3">
         <v>93131742713</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>90190131400020</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="G86" s="2"/>
+        <v>305</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>306</v>
+      </c>
       <c r="H86" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I86" s="3">
         <v>75331371833</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>90200167600011</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>233</v>
+        <v>296</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I87" s="3">
         <v>11756347975</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>90205786800017</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I88" s="3">
         <v>84691898069</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>91323936400031</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="I89" s="3">
         <v>76110192111</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>94942524300019</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="I90" s="3">
         <v>75331550633</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4818,31 +4828,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 17:21:57</dc:description>
+  <dc:description>Export en date du 02/07/2026 23:38:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>