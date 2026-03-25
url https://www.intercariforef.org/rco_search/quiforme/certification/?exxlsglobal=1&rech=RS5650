--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -430,585 +430,588 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>ELOCE</t>
+  </si>
+  <si>
+    <t>29 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>18/03/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
+  </si>
+  <si>
+    <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
+  </si>
+  <si>
+    <t>4 AVENUE DES CANADIENS 76270 NEUFCHATEL-EN-BRAY</t>
+  </si>
+  <si>
+    <t>17/09/2012</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE TERNOIS</t>
   </si>
   <si>
     <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>SOC CENTRALE CANINE AMELIOR RACES CHIENS</t>
   </si>
   <si>
     <t>155 AVENUE JEAN JAURES 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>21/02/1991</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t xml:space="preserve">DESMONTS NATHALIE   </t>
   </si>
   <si>
     <t>LIMEUR 44240 CHAPELLE-SUR-ERDRE (LA)</t>
   </si>
   <si>
     <t>06/06/2005</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>75.00Z</t>
   </si>
   <si>
+    <t xml:space="preserve">DHUMETZ DIDIER   </t>
+  </si>
+  <si>
+    <t>37 T ROUTE DE LENS 62223 SAINTE-CATHERINE</t>
+  </si>
+  <si>
+    <t>16/06/2017</t>
+  </si>
+  <si>
+    <t>96.09Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOSSET ARNAUD CLAUDE  </t>
+  </si>
+  <si>
+    <t>11 LOTISSEMENT LES ESCARRANTS 83570 CARCES</t>
+  </si>
+  <si>
+    <t>20/07/2025</t>
+  </si>
+  <si>
+    <t>ASS FEDERATION POUR GESTION DU LOOF</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/02/2011</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>LD GOLCONDE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/1998</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>8 RUE DE ROME 37370 NEUVY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/09/1977</t>
+  </si>
+  <si>
+    <t>NOOE</t>
+  </si>
+  <si>
+    <t>22 RUE DE FONTENAY 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUGUET SANDRIC   </t>
+  </si>
+  <si>
+    <t>3 ROUTE DE COQUEREL 27110 CROSVILLE-LA-VIEILLE</t>
+  </si>
+  <si>
+    <t>19/10/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VEILLARD FRANCOISE ESTELLE  </t>
+  </si>
+  <si>
+    <t>CAMPUS CANIN</t>
+  </si>
+  <si>
+    <t>FERME DE VERCHAUS 1659 CHEMIN DU COLOMBIER 07220 VIVIERS</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>01.45Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COUMAILLEAU MARIELLE   </t>
+  </si>
+  <si>
+    <t>LA BOUTINIERE 85470 BRETIGNOLLES-SUR-MER</t>
+  </si>
+  <si>
+    <t>17/04/2005</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>5 RUE JULES BARBIER 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>CL TRAINING FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>L'USINE GRANDS BOIS 249 RUE DU GENERAL DE GAULLE 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>EDUCATION ET REEDUCATION CANINE</t>
+  </si>
+  <si>
+    <t>E.R.C</t>
+  </si>
+  <si>
+    <t>385 CHEMIN DE LA BEDOULE 13540 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>ANIMALSUP</t>
+  </si>
+  <si>
+    <t>170 IMPASSE DE SARRAUTON 40350 GAAS</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>ZOOPRO</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>LAURENCE BRUDER SERGENT</t>
+  </si>
+  <si>
+    <t>5A RUE DU CHEMIN NEUF 67280 NIEDERHASLACH</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>SIANE - SOCIETE D'INTERVENTION ANIMALIERE</t>
+  </si>
+  <si>
+    <t>503 ROUTE DU CARRE 42800 SAINTE-CROIX-EN-JAREZ</t>
+  </si>
+  <si>
+    <t>11/05/2016</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
+  </si>
+  <si>
+    <t>C.N.F. PRO CANIN ET FELIN</t>
+  </si>
+  <si>
+    <t>239 RUE DES BOTTES 01320 CHALAMONT</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>I.F.O.A.</t>
+  </si>
+  <si>
+    <t>QUARTIER KILMAINE BOULEVARD JULES FERRY 13150 TARASCON</t>
+  </si>
+  <si>
+    <t>16/07/2014</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>FRECUL FRECUL 79130 SECONDIGNY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>DOMAINE DE PONTCHEVRON 40180 OEYRELUY</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
+  </si>
+  <si>
+    <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE -  I R E O</t>
+  </si>
+  <si>
+    <t>1 CHE D'AVAUD 85310 RIVES DE L'YON</t>
+  </si>
+  <si>
+    <t>WIZZVET</t>
+  </si>
+  <si>
+    <t>4 RUE BOUSSINGAULT 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>09/04/2013</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION AGATEA</t>
+  </si>
+  <si>
+    <t>15 RUE DE TURCKHEIM 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>L.A.Q.A.</t>
+  </si>
+  <si>
+    <t>205 ROUTE DE TOULOUSE 81370 SAINT-SULPICE-LA-POINTE</t>
+  </si>
+  <si>
+    <t>16/10/2013</t>
+  </si>
+  <si>
+    <t>YOUSCHOOL</t>
+  </si>
+  <si>
+    <t>22 RUE RENE BOULANGER 75010 PARIS</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>CANIDELITE</t>
+  </si>
+  <si>
+    <t>25 CHEMIN DE LA PLAINE ANDRAU 31140 AUCAMVILLE</t>
+  </si>
+  <si>
+    <t>17/03/2014</t>
+  </si>
+  <si>
+    <t>EMINEO FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>38 B RUE DE RENNES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>ANIMACONSULT</t>
+  </si>
+  <si>
+    <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>29/05/2014</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>MANTES-LA-JOLIE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>SAS BIOVA</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DU CANAL CAMPUS 1 1 AVENUE DE L'EUROPE 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>EFM</t>
+  </si>
+  <si>
+    <t>BATIMENT ALLURE 1 RUE MAURICE HOLLANDE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>CENTRE DU BIEN-ETRE ANIMAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>LA CAVE GREFFIERS 11 B RUE DE LA MARE 78120 SONCHAMP</t>
+  </si>
+  <si>
+    <t>14/09/2017</t>
+  </si>
+  <si>
+    <t>NATURE DE CHIEN</t>
+  </si>
+  <si>
+    <t>4 RUE DU DAHOMEY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/2016</t>
+  </si>
+  <si>
+    <t>GROUPE DE RESSOURCES ET D'ACCOMPAGNEMENTS PAR DES MEDIATIONS ET LA MEDIATION ANIMALE</t>
+  </si>
+  <si>
+    <t>FERME PEDAGOGIQUE HAUT DE LA COTE DE GER 65420 IBOS</t>
+  </si>
+  <si>
+    <t>05/01/2017</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>GAZZO PADOVANO</t>
+  </si>
+  <si>
+    <t>30 CHEMIN DES PLANCHETTES 45530 SURY-AUX-BOIS</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>LA FORMATION ET MOI</t>
+  </si>
+  <si>
+    <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>ANIMAL UNIVERSITY</t>
+  </si>
+  <si>
+    <t>24 RUE LEON MAURICE NORDMANN 92250 LA GARENNE-COLOMBES</t>
+  </si>
+  <si>
+    <t>11/05/2022</t>
+  </si>
+  <si>
+    <t>ASSISTANCE BUSINESS ENTREPRISES</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DE LA REGION GRAND EST</t>
   </si>
   <si>
     <t>9 RUE LUC DESSANTE 55290 MONTIERS-SUR-SAULX</t>
   </si>
   <si>
     <t>12/07/2019</t>
   </si>
   <si>
-    <t>CL TRAINING FORMATION CONSEIL</t>
-[...445 lines deleted...]
-  <si>
     <t>AGATEA R&amp;C BORDEAUX</t>
   </si>
   <si>
     <t>16 PLACE DES QUINCONCES 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>AGATEA R&amp;C - PARIS</t>
   </si>
   <si>
     <t>01/08/2021</t>
   </si>
   <si>
     <t>AGATEA R&amp;C - LYON</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>BARBAIRA</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>58.11Z</t>
   </si>
   <si>
     <t>LDDA-LE DOMAINE DES ANIMAUX</t>
   </si>
   <si>
     <t>15 RUE DU CHATEAU D'EAU 33600 PESSAC</t>
   </si>
   <si>
     <t>28/02/2023</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2651,2036 +2654,2032 @@
       <c r="F33" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
         <v>98970084497</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30703566700012</v>
+        <v>84338240900020</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="I34" s="3">
-        <v>32620283262</v>
+        <v>93131742713</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>31477549500026</v>
+        <v>77782252900015</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>11930643593</v>
+        <v>53560052356</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32538747000041</v>
+        <v>78096827700019</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="I36" s="3"/>
+        <v>101</v>
+      </c>
+      <c r="I36" s="3">
+        <v>25610014961</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>88003468100010</v>
+        <v>78098734300024</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="I37" s="3">
-        <v>44550054155</v>
+        <v>28760539476</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>49115994300050</v>
+        <v>30703566700012</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>157</v>
+        <v>22</v>
       </c>
       <c r="I38" s="3">
-        <v>98970442897</v>
+        <v>32620283262</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>83385878000020</v>
+        <v>31477549500026</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="I39" s="3">
-        <v>11922201392</v>
+        <v>11930643593</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>40482271000038</v>
+        <v>32538747000041</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="G40" s="2"/>
+        <v>159</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="H40" s="2" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>40807744400052</v>
+        <v>40482271000038</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I41" s="3">
-        <v>93131559513</v>
+        <v>31620112962</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>41075702500037</v>
+        <v>40807744400052</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="I42" s="3">
-        <v>11930478293</v>
+        <v>93131559513</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42045519800028</v>
+        <v>41075702500037</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="I43" s="3">
-        <v>95970104897</v>
+        <v>11930478293</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42045519800036</v>
+        <v>42045519800028</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I44" s="3">
         <v>95970104897</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42090267800010</v>
+        <v>42045519800036</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>178</v>
-      </c>
-[...5 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
       <c r="I45" s="3">
-        <v>24370340737</v>
+        <v>95970104897</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>42511560700052</v>
+        <v>42090267800010</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>181</v>
+        <v>145</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>184</v>
+        <v>22</v>
       </c>
       <c r="I46" s="3">
-        <v>11921173992</v>
+        <v>24370340737</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>44953814900047</v>
+        <v>42511560700052</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="I47" s="3">
-        <v>28270231527</v>
+        <v>11921173992</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>45267029200047</v>
+        <v>44953814900047</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>192</v>
+        <v>165</v>
       </c>
       <c r="I48" s="3">
-        <v>84070128507</v>
+        <v>28270231527</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>48221032500015</v>
+        <v>45267029200047</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+        <v>188</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>189</v>
+      </c>
       <c r="E49" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>164</v>
+        <v>192</v>
       </c>
       <c r="I49" s="3">
-        <v>52850204685</v>
+        <v>84070128507</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>48834744400033</v>
+        <v>48221032500015</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I50" s="3">
-        <v>11922488592</v>
+        <v>52850204685</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49983805000015</v>
+        <v>48834744400033</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>202</v>
+        <v>112</v>
       </c>
       <c r="I51" s="3">
-        <v>11930559793</v>
+        <v>11922488592</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>51938113100027</v>
+        <v>49115994300050</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>164</v>
+        <v>202</v>
       </c>
       <c r="I52" s="3">
-        <v>93131498013</v>
+        <v>98970442897</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>52814402500087</v>
+        <v>49983805000015</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>202</v>
+        <v>141</v>
       </c>
       <c r="I53" s="3">
-        <v>75640568264</v>
+        <v>11930559793</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>52832282900037</v>
+        <v>51938113100027</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>206</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I54" s="3">
-        <v>93830554383</v>
+        <v>93131498013</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>52934435000028</v>
+        <v>52814402500087</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>112</v>
+        <v>141</v>
       </c>
       <c r="I55" s="3">
-        <v>42670397067</v>
+        <v>75640568264</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>52968701400033</v>
+        <v>52832282900037</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>164</v>
+        <v>112</v>
       </c>
       <c r="I56" s="3">
-        <v>84420314742</v>
+        <v>93830554383</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>53018898600059</v>
+        <v>52934435000028</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>222</v>
+        <v>112</v>
       </c>
       <c r="I57" s="3">
-        <v>11922302792</v>
+        <v>42670397067</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>53316970200032</v>
+        <v>52968701400033</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I58" s="3">
-        <v>84010189301</v>
+        <v>84420314742</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>75305581300020</v>
+        <v>53018898600059</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>112</v>
+        <v>225</v>
       </c>
       <c r="I59" s="3">
-        <v>93131519413</v>
+        <v>11922302792</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77719323600018</v>
+        <v>53316970200032</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>226</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>227</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>140</v>
+        <v>229</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="I60" s="3">
-        <v>73810014281</v>
+        <v>84010189301</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77782252900015</v>
+        <v>75305581300020</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>140</v>
+        <v>232</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="I61" s="3">
-        <v>53560052356</v>
+        <v>93131519413</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78096827700019</v>
+        <v>77719323600018</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>178</v>
+        <v>233</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I62" s="3">
-        <v>25610014961</v>
+        <v>73810014281</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78098734300024</v>
+        <v>78148515600017</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>237</v>
+        <v>144</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I63" s="3">
-        <v>28760539476</v>
+        <v>54790012179</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78148515600017</v>
+        <v>78210329500013</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>54790012179</v>
+        <v>75400144040</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78210329500013</v>
+        <v>78362626000013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="I65" s="3">
-        <v>75400144040</v>
+        <v>31590008059</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78362626000013</v>
+        <v>78613651500016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I66" s="3">
-        <v>31590008059</v>
+        <v>52490312749</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78613651500016</v>
+        <v>78645791100018</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I67" s="3">
-        <v>52490312749</v>
+        <v>52850032685</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78645791100018</v>
+        <v>79323061600013</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="I68" s="3">
-        <v>52850032685</v>
+        <v>42670544367</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>79323061600013</v>
+        <v>79508520800010</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>251</v>
+        <v>112</v>
       </c>
       <c r="I69" s="3">
-        <v>42670544367</v>
+        <v>42680237468</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>79508520800010</v>
+        <v>79934279500017</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I70" s="3">
-        <v>42680237468</v>
+        <v>73810117981</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79934279500017</v>
+        <v>80038554400096</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I71" s="3">
-        <v>73810117981</v>
+        <v>11755293475</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>80038554400096</v>
+        <v>80082813900017</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>258</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>260</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I72" s="3">
-        <v>11755293475</v>
+        <v>76311141931</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>80082813900017</v>
+        <v>80090246200046</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>263</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>164</v>
+        <v>112</v>
       </c>
       <c r="I73" s="3">
-        <v>76311141931</v>
+        <v>53350949635</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>80090246200046</v>
+        <v>80324966300011</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="G74" s="2"/>
+      <c r="G74" s="2" t="s">
+        <v>267</v>
+      </c>
       <c r="H74" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="I74" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>80324966300011</v>
+        <v>80823525300040</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D75" s="2"/>
+        <v>268</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="E75" s="2" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I75" s="3">
-        <v>91340830734</v>
+        <v>11788326278</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>80823525300040</v>
+        <v>80991562200025</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D76" s="2" t="s">
         <v>272</v>
       </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="I76" s="3">
-        <v>11788326278</v>
+        <v>73310784131</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>80991562200025</v>
+        <v>81161637400021</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>278</v>
+        <v>112</v>
       </c>
       <c r="I77" s="3">
-        <v>73310784131</v>
+        <v>44510181951</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>81161637400021</v>
+        <v>81846520500024</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I78" s="3">
-        <v>44510181951</v>
+        <v>11788314278</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>81846520500024</v>
+        <v>82114692500010</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="I79" s="3">
-        <v>11788314278</v>
+        <v>11755528775</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>82114692500010</v>
+        <v>82536691700011</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>287</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>164</v>
+        <v>288</v>
       </c>
       <c r="I80" s="3">
-        <v>11755528775</v>
+        <v>76650085765</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>82536691700011</v>
+        <v>82751829100014</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>291</v>
+        <v>165</v>
       </c>
       <c r="I81" s="3">
-        <v>76650085765</v>
+        <v>24450408845</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>82751829100014</v>
+        <v>82759989500030</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>292</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>164</v>
+        <v>202</v>
       </c>
       <c r="I82" s="3">
-        <v>24450408845</v>
+        <v>11756708475</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>82759989500030</v>
+        <v>83385878000020</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>157</v>
+        <v>112</v>
       </c>
       <c r="I83" s="3">
-        <v>11756708475</v>
+        <v>11922201392</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>83769205200025</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>298</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>299</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>157</v>
+        <v>202</v>
       </c>
       <c r="I84" s="3">
         <v>11757284475</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>84338240900020</v>
+        <v>88003468100010</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>300</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>301</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>302</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>202</v>
+        <v>112</v>
       </c>
       <c r="I85" s="3">
-        <v>93131742713</v>
+        <v>44550054155</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>90190131400020</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>305</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>306</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="I86" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>90200167600011</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>307</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I87" s="3">
         <v>11756347975</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
@@ -4706,116 +4705,116 @@
       </c>
       <c r="I88" s="3">
         <v>84691898069</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>91323936400031</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>313</v>
       </c>
       <c r="I89" s="3">
         <v>76110192111</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>94942524300019</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>156</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G90" s="2"/>
+      <c r="G90" s="2" t="s">
+        <v>317</v>
+      </c>
       <c r="H90" s="2" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4828,31 +4827,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/07/2026 23:38:13</dc:description>
+  <dc:description>Export en date du 03/25/2026 14:27:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>