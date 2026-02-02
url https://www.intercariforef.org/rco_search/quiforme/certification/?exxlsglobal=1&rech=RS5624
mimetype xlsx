--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -139,126 +139,126 @@
   <si>
     <t>LYCEE POLYVALENT JEAN TARIS - LYCEE POLYVALENT DES METIERS DE L'AERONAUTIQUE</t>
   </si>
   <si>
     <t>AVENUE JEAN DUPAYA 40300 PEYREHORADE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN ZAY</t>
   </si>
   <si>
     <t>2 RUE DE LA TUILERIE 54800 JARNY</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ROGER CLAUSTRES - LYCEE DES METIERS DES REALISATIONS INDUSTRIELLES ET ARTISANALES</t>
   </si>
   <si>
     <t>127 RUE DOCTEUR HOSPITAL 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>CFA MFR LES DRONIERES</t>
+  </si>
+  <si>
+    <t>826 ROUTE DES DRONIERES 74350 CRUSEILLES</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>NOVAE SERVICES</t>
+  </si>
+  <si>
+    <t>130 BOULEVARD HAUSSMANN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>09/05/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CFAI  ITII  PACA</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHE DE CAPEAU 13118 ISTRES</t>
+  </si>
+  <si>
+    <t>24/07/2013</t>
+  </si>
+  <si>
+    <t>27/05/2015</t>
+  </si>
+  <si>
+    <t>FRENCH DEFENCE AERONAUTICAL INSTITUTE</t>
+  </si>
+  <si>
+    <t>27-29-IMMEUBLE ARC OUEST 27 RUE LEBLANC 75015 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/2017</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>AIR FORMATION</t>
+  </si>
+  <si>
+    <t>AIR FORMATION - CFM 66</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'ESCADRILLE NORMANDIE-NIEMEN 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
     <t>AEROCAMPUS AQUITAINE</t>
   </si>
   <si>
     <t>1 ROUTE DE CENAC 33360 LATRESNE</t>
   </si>
   <si>
     <t>01/05/2011</t>
   </si>
   <si>
-    <t>NOVAE SERVICES</t>
-[...37 lines deleted...]
-  <si>
     <t>INSTITUT AERONAUTIQUE AMAURY DE LA GRANGE</t>
   </si>
   <si>
     <t>CHATEAU DE LA MOTTE AUX BOIS PLACE AMAURY DE LA GRANGE 59190 MORBECQUE</t>
   </si>
   <si>
     <t>30/06/2023</t>
-  </si>
-[...19 lines deleted...]
-    <t>24/01/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -912,71 +912,73 @@
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53205054900015</v>
+        <v>33453366800011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>72330850033</v>
+        <v>84740369874</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>37972361200170</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
@@ -1058,149 +1060,147 @@
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79307691000033</v>
+        <v>48953264800040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>31590832959</v>
+        <v>73310467631</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48953264800040</v>
+        <v>53205054900015</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
         <v>61</v>
       </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>73310467631</v>
+        <v>72330850033</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33453366800011</v>
+        <v>79307691000033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="I15" s="3">
-        <v>84740369874</v>
+        <v>31590832959</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1225,31 +1225,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 01:39:32</dc:description>
+  <dc:description>Export en date du 02/02/2026 04:40:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>