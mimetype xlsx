--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -215,50 +215,53 @@
     <t>AIR FORMATION - CFM 66</t>
   </si>
   <si>
     <t>14 AVENUE DE L'ESCADRILLE NORMANDIE-NIEMEN 31700 BLAGNAC</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>AEROCAMPUS AQUITAINE</t>
   </si>
   <si>
     <t>1 ROUTE DE CENAC 33360 LATRESNE</t>
   </si>
   <si>
     <t>01/05/2011</t>
   </si>
   <si>
     <t>INSTITUT AERONAUTIQUE AMAURY DE LA GRANGE</t>
   </si>
   <si>
     <t>CHATEAU DE LA MOTTE AUX BOIS PLACE AMAURY DE LA GRANGE 59190 MORBECQUE</t>
   </si>
   <si>
     <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1139,80 +1142,80 @@
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="3">
         <v>72330850033</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>79307691000033</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="G15" s="2"/>
+      <c r="G15" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="H15" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1225,31 +1228,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:40:34</dc:description>
+  <dc:description>Export en date du 03/22/2026 12:21:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>