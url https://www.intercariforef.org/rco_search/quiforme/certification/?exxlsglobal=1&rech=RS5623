--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -166,135 +166,135 @@
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALEXANDRE DENIS, LYCEE DES METIERS DE L'AERONAUTIQUE, DU TRANSPORT ET DE LA LOGISTIQUE</t>
   </si>
   <si>
     <t>RUE DES 2 PARCS 91590 CERNY</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ARISTIDE BRIAND-LYCEE DES METIERS DE L'INDUSTRIE AERONAUTIQUE 4.0</t>
   </si>
   <si>
     <t>120 AVENUE ARISTIDE BRIAND 93150 LE BLANC-MESNIL</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GERARD ETHEVE</t>
   </si>
   <si>
     <t>LE PITON ST LEU CHEMIN DEPARTEMENTAL 11 97424 SAINT-LEU</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
+    <t>CFA MFR LES DRONIERES</t>
+  </si>
+  <si>
+    <t>826 ROUTE DES DRONIERES 74350 CRUSEILLES</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
     <t>NOVAE SERVICES</t>
   </si>
   <si>
     <t>130 BOULEVARD HAUSSMANN 75008 PARIS</t>
   </si>
   <si>
     <t>09/05/2022</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CFAI  ITII  PACA</t>
   </si>
   <si>
     <t>ZAC DE TRIGANCE 8 CHE DE CAPEAU 13118 ISTRES</t>
   </si>
   <si>
     <t>24/07/2013</t>
   </si>
   <si>
     <t>27/05/2015</t>
   </si>
   <si>
+    <t>ASS FORMATION AUX METIERS DE L'AERIEN</t>
+  </si>
+  <si>
+    <t>BATIMENT 385 CHEMIN DE LA PISTE 95500 BONNEUIL-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
     <t>FRENCH DEFENCE AERONAUTICAL INSTITUTE</t>
   </si>
   <si>
     <t>27-29-IMMEUBLE ARC OUEST 27 RUE LEBLANC 75015 PARIS</t>
   </si>
   <si>
     <t>15/12/2017</t>
   </si>
   <si>
     <t>82.11Z</t>
   </si>
   <si>
+    <t>AIR FORMATION</t>
+  </si>
+  <si>
+    <t>AIR FORMATION - CFM 66</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'ESCADRILLE NORMANDIE-NIEMEN 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>AEROCAMPUS AQUITAINE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE CENAC 33360 LATRESNE</t>
+  </si>
+  <si>
+    <t>01/05/2011</t>
+  </si>
+  <si>
     <t>INSTITUT AERONAUTIQUE AMAURY DE LA GRANGE</t>
   </si>
   <si>
     <t>CHATEAU DE LA MOTTE AUX BOIS PLACE AMAURY DE LA GRANGE 59190 MORBECQUE</t>
   </si>
   <si>
     <t>30/06/2023</t>
-  </si>
-[...37 lines deleted...]
-    <t>01/05/2011</t>
   </si>
   <si>
     <t>AIRWAYS AVIATION ACADEMY</t>
   </si>
   <si>
     <t>ANEE AEROPORT M MEDITERRANEE 34130 MAUGUIO</t>
   </si>
   <si>
     <t>15/10/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1097,381 +1097,379 @@
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>37972361200170</v>
+        <v>33453366800011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="I13" s="3">
-        <v>11780296478</v>
+        <v>84740369874</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38786086900032</v>
+        <v>37972361200170</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I14" s="3"/>
+      <c r="I14" s="3">
+        <v>11780296478</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>45069609100021</v>
+        <v>38786086900032</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79307691000033</v>
+        <v>40989592700021</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="I16" s="3">
-        <v>31590832959</v>
+        <v>11910714291</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48953264800040</v>
+        <v>45069609100021</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>33453366800011</v>
+        <v>48953264800040</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
-        <v>84740369874</v>
+        <v>73310467631</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40989592700021</v>
+        <v>53205054900015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>11910714291</v>
+        <v>72330850033</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>53205054900015</v>
+        <v>79307691000033</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>72330850033</v>
+        <v>31590832959</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>87835164200029</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1484,31 +1482,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 07:19:45</dc:description>
+  <dc:description>Export en date du 02/02/2026 05:48:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>