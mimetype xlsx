--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -251,50 +251,53 @@
     <t>AIR FORMATION - CFM 66</t>
   </si>
   <si>
     <t>14 AVENUE DE L'ESCADRILLE NORMANDIE-NIEMEN 31700 BLAGNAC</t>
   </si>
   <si>
     <t>01/10/2015</t>
   </si>
   <si>
     <t>AEROCAMPUS AQUITAINE</t>
   </si>
   <si>
     <t>1 ROUTE DE CENAC 33360 LATRESNE</t>
   </si>
   <si>
     <t>01/05/2011</t>
   </si>
   <si>
     <t>INSTITUT AERONAUTIQUE AMAURY DE LA GRANGE</t>
   </si>
   <si>
     <t>CHATEAU DE LA MOTTE AUX BOIS PLACE AMAURY DE LA GRANGE 59190 MORBECQUE</t>
   </si>
   <si>
     <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
   </si>
   <si>
     <t>AIRWAYS AVIATION ACADEMY</t>
   </si>
   <si>
     <t>ANEE AEROPORT M MEDITERRANEE 34130 MAUGUIO</t>
   </si>
   <si>
     <t>15/10/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1361,98 +1364,98 @@
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>72330850033</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>79307691000033</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="G20" s="2"/>
+      <c r="G20" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="H20" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>87835164200029</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -1482,31 +1485,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 05:48:44</dc:description>
+  <dc:description>Export en date du 03/22/2026 12:39:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>