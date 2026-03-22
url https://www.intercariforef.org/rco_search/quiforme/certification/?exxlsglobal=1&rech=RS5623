--- v2 (2026-03-22)
+++ v3 (2026-03-22)
@@ -1485,31 +1485,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/22/2026 12:39:19</dc:description>
+  <dc:description>Export en date du 03/22/2026 13:57:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>