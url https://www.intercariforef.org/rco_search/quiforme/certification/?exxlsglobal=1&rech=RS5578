--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -5089,31 +5089,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 04:53:30</dc:description>
+  <dc:description>Export en date du 12/14/2025 17:09:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>