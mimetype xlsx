--- v1 (2025-12-14)
+++ v2 (2026-02-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -691,57 +691,60 @@
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE LOIR ET CHER</t>
   </si>
   <si>
     <t>16 RUE DE LA VALLEE MAILLARD 41000 BLOIS</t>
   </si>
   <si>
     <t>2441P001841</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU LOIRET</t>
   </si>
   <si>
     <t>CITEVOLIA 1 PLACE RIVIERRE CASALIS 45400 FLEURY-LES-AUBRAIS</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t>2445P000945</t>
   </si>
   <si>
-    <t>CHAMB COMME ET INDUSTRIE LOT ET GARONNE</t>
+    <t>CHAMBRE DE COMMERCE ET D’INDUSTRIE DE LOT ET GARONNE</t>
   </si>
   <si>
     <t>49 ROUTE D’AGEN 47310 ESTILLAC</t>
   </si>
   <si>
     <t>02/01/2021</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE GRAND NANCY METROPOLE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>53 RUE STANISLAS 54000 NANCY</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
   </si>
   <si>
     <t>21 QUAI DES INDES 56100 LORIENT</t>
   </si>
   <si>
     <t>5356P001456</t>
   </si>
@@ -3803,1261 +3806,1263 @@
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>224</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>18470141500046</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="G64" s="2"/>
+      <c r="G64" s="2" t="s">
+        <v>228</v>
+      </c>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3">
         <v>72470103947</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="3">
         <v>52530049653</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>18542202900016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>18560005300010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>18640002400011</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>18640005700011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>18640005700078</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>18720092800013</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="3">
         <v>52720101272</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>18720092800112</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="3">
         <v>52720101272</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>18733001400015</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="3">
         <v>82730146473</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>18770918300235</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>18840001400018</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="3">
         <v>52850109285</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>18860003500144</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="3">
         <v>54860109086</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>18870801000114</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>18890911300121</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>18910002700052</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>18972002200012</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>18973302500069</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="3">
         <v>96973075197</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>18974211700014</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="3">
         <v>98970017797</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>40457548200033</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>47991356800024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="3">
         <v>73820050682</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>78803676200037</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="3">
         <v>73320039232</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I93" s="3">
         <v>44540389954</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I94" s="3">
         <v>76341086134</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>90003816700012</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I95" s="3">
         <v>76120101012</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="3">
         <v>84691862869</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -5089,31 +5094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 17:09:02</dc:description>
+  <dc:description>Export en date du 02/02/2026 00:46:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>