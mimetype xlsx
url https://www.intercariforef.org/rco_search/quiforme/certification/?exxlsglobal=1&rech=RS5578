--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -496,62 +496,62 @@
   <si>
     <t>2514P001014</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
   </si>
   <si>
     <t>44 BOULEVARD DU PONT ROUGE 15000 AURILLAC</t>
   </si>
   <si>
     <t>24/11/1992</t>
   </si>
   <si>
     <t>8315P000115</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU CHER</t>
   </si>
   <si>
     <t>AVENUE D'ISSOUDUN 18000 BOURGES</t>
   </si>
   <si>
     <t>19/09/2024</t>
   </si>
   <si>
+    <t>FORMATION</t>
+  </si>
+  <si>
+    <t>BATIMENT B 14 ALLEE CHARLES PATHE 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>10/07/1990</t>
+  </si>
+  <si>
     <t>2418P000118</t>
   </si>
   <si>
-    <t>FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>5322P001722</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DE GUERET</t>
   </si>
   <si>
     <t>CENTRE DE LA FORMATION DE LA CCI</t>
   </si>
   <si>
     <t>MAISON DE L'ECONOMIE 8 AVENUE D'AUVERGNE 23000 GUERET</t>
   </si>
   <si>
     <t>01/03/2017</t>
   </si>
   <si>
     <t>7423P000223</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE INDUSTRIE DORDOGNE</t>
@@ -623,53 +623,50 @@
     <t>PLACE JEAN DAVID 32000 AUCH</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE TOURAINE</t>
   </si>
   <si>
     <t>1 RUE SCHILLER 37200 TOURS</t>
   </si>
   <si>
     <t>19/12/2019</t>
   </si>
   <si>
     <t>03/07/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>2437P000237</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>5 A 7 - 9EME ETAGE-SERVICE PARTICULIER 5 PLACE ROBERT SCHUMAN 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
@@ -1681,53 +1678,51 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13000810500012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13001310500056</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>42</v>
@@ -1877,57 +1872,57 @@
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>94202111120</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>13001727000013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
@@ -2626,134 +2621,134 @@
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3">
         <v>27210429021</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3">
         <v>75170269817</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>18013001500019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>124</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>18040001200019</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>127</v>
@@ -3070,91 +3065,89 @@
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18180001200013</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>159</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18180001200021</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D45" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18220005500016</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D46" s="2"/>
@@ -3524,1545 +3517,1539 @@
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>18370001200051</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>202</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>18383001700210</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>18383001700236</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D58" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E58" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="E58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>18383002500015</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>18390002600018</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3">
         <v>27390131439</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>18400002400010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>18410001400010</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>18450001500153</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>18470141500046</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="F64" s="2" t="s">
+      <c r="G64" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="G64" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I64" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I65" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>18542202900016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>18560005300010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D68" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="E68" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="D69" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="D69" s="2" t="s">
+      <c r="E69" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="F69" s="2" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>18640002400011</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D70" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="D70" s="2" t="s">
+      <c r="E70" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>18640005700011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>18640005700078</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D72" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="E72" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>18720092800013</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="3">
         <v>52720101272</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>18720092800112</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D74" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="3">
         <v>52720101272</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>18733001400015</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D75" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="D75" s="2" t="s">
+      <c r="E75" s="2" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="3">
         <v>82730146473</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>18770918300235</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="D79" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D79" s="2" t="s">
+      <c r="E79" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>18840001400018</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="3">
         <v>52850109285</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>18860003500144</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="3">
         <v>54860109086</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>18870801000114</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D83" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="D83" s="2" t="s">
+      <c r="E83" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>18890911300121</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>18910002700052</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>18972002200012</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>18973302500069</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D88" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D88" s="2" t="s">
+      <c r="E88" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="3">
         <v>96973075197</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>18974211700014</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="3">
         <v>98970017797</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>40457548200033</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>47991356800024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="3">
         <v>73820050682</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>78803676200037</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="3">
         <v>73320039232</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I93" s="3">
         <v>44540389954</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I94" s="3">
         <v>76341086134</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>90003816700012</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I95" s="3">
         <v>76120101012</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="3">
         <v>84691862869</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -5094,31 +5081,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 00:46:23</dc:description>
+  <dc:description>Export en date du 03/19/2026 23:11:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>