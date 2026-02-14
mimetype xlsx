--- v0 (2025-12-26)
+++ v1 (2026-02-14)
@@ -523,225 +523,225 @@
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>INSTITUT DE L'ELEVAGE</t>
+  </si>
+  <si>
+    <t>149 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>ALLEE JARDY 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>08/10/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
     <t>AVIPOLE FORMATION</t>
   </si>
   <si>
     <t>ZOOPOLE LES CROIX 1 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>23/03/1999</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
     <t>3 RUE PAUL AUBERT 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>ASS FEDERATION POUR GESTION DU LOOF</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/02/2011</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
     <t>RC SERVICES SAS</t>
   </si>
   <si>
     <t>20 B RUE EDOUARD BRANLY 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>SOCIETE HERPETOLOGIQUE FRANCE</t>
   </si>
   <si>
     <t>MUSEUM D HISTOIRE NATURELLE 57 RUE CUVIER 75005 PARIS</t>
   </si>
   <si>
     <t>17/12/2010</t>
   </si>
   <si>
-    <t>94.99Z</t>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>SOCSA AGROALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>11 RUE D'ARIANE 31240 L'UNION</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>ASS DU CENTRE MFR DU POLE DES METIERS DU PAYS DE LANDIVISIAU</t>
+  </si>
+  <si>
+    <t>MOULIN DE LA GARE 29400 LOC-EGUINER</t>
+  </si>
+  <si>
+    <t>13/03/2020</t>
+  </si>
+  <si>
+    <t>R.G CONSULTING FRANCE</t>
+  </si>
+  <si>
+    <t>LA MARTINAIS 22130 CORSEUL</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>ZOOPRO</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>IFIP-INSTITUT DU PORC</t>
+  </si>
+  <si>
+    <t>5 RUE LESPAGNOL 75020 PARIS</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
   </si>
   <si>
     <t>ECOLEGARDEEQUESTRE</t>
   </si>
   <si>
     <t>193 RUE JACQUES YVES COUSTEAU 33910 SAINT-CIERS-D'ABZAC</t>
   </si>
   <si>
     <t>26/11/2020</t>
   </si>
   <si>
-    <t>INSTITUT DE L'ELEVAGE</t>
-[...100 lines deleted...]
-  <si>
     <t>ANALYSE DES SITUATIONS DE TRAVAIL ET EXPRESSION DES COMPETENCES ASTEC IAA</t>
   </si>
   <si>
     <t>95 ROUTE DE SAVIGNY 21200 BEAUNE</t>
   </si>
   <si>
     <t>15/10/2018</t>
-  </si>
-[...7 lines deleted...]
-    <t>10/09/2007</t>
   </si>
   <si>
     <t>ASPHALTE FORMATION</t>
   </si>
   <si>
     <t>RN160 85140 SAINTE-FLORENCE</t>
   </si>
   <si>
     <t>21/04/2022</t>
   </si>
   <si>
     <t>IMPULSION FORMATION</t>
   </si>
   <si>
     <t>1 CHEMIN DU VAL TOUTAIN 61160 RONAI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -2194,51 +2194,51 @@
       </c>
       <c r="C28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>121</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19640220000014</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="2"/>
@@ -2666,665 +2666,665 @@
       <c r="F40" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3">
         <v>98970084497</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>34849419600028</v>
+        <v>30298415800022</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>172</v>
       </c>
       <c r="I41" s="3">
-        <v>53220016222</v>
+        <v>11750057775</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>38466091600014</v>
+        <v>31804341100046</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>176</v>
+        <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>93050012705</v>
+        <v>22600245060</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44120102700048</v>
+        <v>33495719800016</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>180</v>
+        <v>27</v>
       </c>
       <c r="I43" s="3">
-        <v>52850124085</v>
+        <v>83150302415</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>44224207900022</v>
+        <v>34849419600028</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="I44" s="3">
-        <v>11756775575</v>
+        <v>53220016222</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78992072500031</v>
+        <v>38466091600014</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="I45" s="3">
-        <v>72330908633</v>
+        <v>93050012705</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>30298415800022</v>
+        <v>41075702500037</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="I46" s="3">
-        <v>11750057775</v>
+        <v>11930478293</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>31804341100046</v>
+        <v>42045519800036</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D47" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="I47" s="3">
-        <v>22600245060</v>
+        <v>95970104897</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>33495719800016</v>
+        <v>44120102700048</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="I48" s="3">
-        <v>83150302415</v>
+        <v>52850124085</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>50529910700019</v>
+        <v>44224207900022</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="I49" s="3">
-        <v>73310534631</v>
+        <v>11756775575</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>51290740300020</v>
+        <v>49983805000015</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="I50" s="3">
-        <v>53290835029</v>
+        <v>11930559793</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>52347579600018</v>
+        <v>50529910700019</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="I51" s="3">
-        <v>53220832122</v>
+        <v>73310534631</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>52832282900037</v>
+        <v>51290740300020</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="I52" s="3">
-        <v>93830554383</v>
+        <v>53290835029</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77568132300108</v>
+        <v>52347579600018</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>191</v>
+        <v>215</v>
       </c>
       <c r="I53" s="3">
-        <v>11750055275</v>
+        <v>53220832122</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41075702500037</v>
+        <v>52832282900037</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="I54" s="3">
-        <v>11930478293</v>
+        <v>93830554383</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>42045519800036</v>
+        <v>77568132300108</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>221</v>
+        <v>172</v>
       </c>
       <c r="I55" s="3">
-        <v>95970104897</v>
+        <v>11750055275</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>81428726400034</v>
+        <v>78992072500031</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="I56" s="3">
-        <v>26710249571</v>
+        <v>72330908633</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>49983805000015</v>
+        <v>81428726400034</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>227</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="I57" s="3">
-        <v>11930559793</v>
+        <v>26710249571</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>91294400600010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D58" s="2"/>
@@ -3347,55 +3347,55 @@
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>95183633700026</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>231</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="I59" s="3">
         <v>28610113261</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3423,31 +3423,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 14:17:02</dc:description>
+  <dc:description>Export en date du 02/14/2026 20:09:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>