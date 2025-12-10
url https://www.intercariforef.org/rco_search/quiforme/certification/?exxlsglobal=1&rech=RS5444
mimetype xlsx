--- v0 (2025-10-19)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -358,50 +358,62 @@
   <si>
     <t>2428P000128</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION-CFSA CAMPUS CENTRE</t>
   </si>
   <si>
     <t>6 RUE ANNE DE BRETAGNE 41000 BLOIS</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
+    <t>CHAMBRE COMMERCE ET D'INDUSTRIE TOURAINE</t>
+  </si>
+  <si>
+    <t>5 ALLEE PINA BAUSCH 37200 TOURS</t>
+  </si>
+  <si>
+    <t>03/07/2025</t>
+  </si>
+  <si>
+    <t>2437P000237</t>
+  </si>
+  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
@@ -538,105 +550,105 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>AS FO BEARN SOULE BIGORRE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CCI FORMATION GERS</t>
+  </si>
+  <si>
+    <t>10 RUE DIDEROT 32000 AUCH</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
-  </si>
-[...46 lines deleted...]
-    <t>29/08/2009</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
@@ -1011,51 +1023,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M52"/>
+  <dimension ref="A1:M53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2063,986 +2075,1023 @@
       <c r="F27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>110</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>18383001700236</v>
+        <v>18370001200069</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>18383002500015</v>
+        <v>18383001700236</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>18530044900062</v>
+        <v>18383002500015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I30" s="3">
-        <v>52530049653</v>
+      <c r="I30" s="3" t="s">
+        <v>125</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>18572202200125</v>
+        <v>18530044900062</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D31" s="2" t="s">
         <v>126</v>
       </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>17</v>
+      </c>
+      <c r="I31" s="3">
+        <v>52530049653</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>18640005700078</v>
+        <v>18572202200125</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="E32" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>18720092800112</v>
+        <v>18640005700078</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="E33" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>52720101272</v>
+        <v>44</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>138</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>18733001400015</v>
+        <v>18720092800112</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I34" s="3">
-        <v>82730146473</v>
+        <v>52720101272</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>18743001200067</v>
+        <v>18733001400015</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>143</v>
+        <v>85</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I35" s="3" t="s">
-        <v>144</v>
+      <c r="I35" s="3">
+        <v>82730146473</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>18750002000073</v>
+        <v>18743001200067</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>148</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>18830001600261</v>
+        <v>18750002000073</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>18860003500177</v>
+        <v>18830001600261</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>54860109086</v>
+        <v>44</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>157</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>18870801000114</v>
+        <v>18860003500177</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D39" s="2" t="s">
         <v>158</v>
       </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>17</v>
+      </c>
+      <c r="I39" s="3">
+        <v>54860109086</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>18890911300121</v>
+        <v>18870801000114</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>165</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>18972002200210</v>
+        <v>18890911300121</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>18974211700014</v>
+        <v>18972002200210</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>98970017797</v>
+        <v>33</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>174</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>38980220800014</v>
+        <v>18974211700014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I43" s="3">
-        <v>72470033047</v>
+        <v>98970017797</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>47991356800024</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="3">
         <v>73820050682</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>78235540800025</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="I45" s="3">
         <v>72640000764</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>78803676200037</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
         <v>73320039232</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
         <v>54170132917</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>51402217700018</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
         <v>43250236725</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>88280019600017</v>
+        <v>38980220800014</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>44540389954</v>
+        <v>72470033047</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>90003816700012</v>
+        <v>88280019600017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I50" s="3">
-        <v>76120101012</v>
+        <v>44540389954</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>90007495600013</v>
+        <v>90003816700012</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I51" s="3">
-        <v>84691862869</v>
+        <v>76120101012</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>90170349600017</v>
+        <v>90007495600013</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="3">
+        <v>84691862869</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13">
+      <c r="A53" s="1">
+        <v>90170349600017</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I53" s="3">
         <v>28760644876</v>
       </c>
-      <c r="J52" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M52" s="2" t="s">
+      <c r="J53" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L53" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3056,31 +3105,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 14:47:32</dc:description>
+  <dc:description>Export en date du 12/10/2025 01:22:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>