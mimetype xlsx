--- v1 (2025-12-10)
+++ v2 (2026-01-29)
@@ -550,105 +550,105 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
     <t>CCI FORMATION 82</t>
   </si>
   <si>
     <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/03/2006</t>
   </si>
   <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
-  </si>
-[...25 lines deleted...]
-    <t>04/01/1993</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
@@ -2683,265 +2683,265 @@
       <c r="F43" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3">
         <v>98970017797</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>47991356800024</v>
+        <v>38980220800014</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="3">
-        <v>73820050682</v>
+        <v>72470033047</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78235540800025</v>
+        <v>47991356800024</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>184</v>
+        <v>33</v>
       </c>
       <c r="I45" s="3">
-        <v>72640000764</v>
+        <v>73820050682</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78803676200037</v>
+        <v>51176260100017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
-        <v>73320039232</v>
+        <v>54170132917</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>51176260100017</v>
+        <v>51402217700018</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>54170132917</v>
+        <v>43250236725</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>51402217700018</v>
+        <v>78235540800025</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>33</v>
+        <v>193</v>
       </c>
       <c r="I48" s="3">
-        <v>43250236725</v>
+        <v>72640000764</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>38980220800014</v>
+        <v>78803676200037</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>72470033047</v>
+        <v>73320039232</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>44</v>
@@ -3105,31 +3105,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 01:22:34</dc:description>
+  <dc:description>Export en date du 01/30/2026 00:02:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>