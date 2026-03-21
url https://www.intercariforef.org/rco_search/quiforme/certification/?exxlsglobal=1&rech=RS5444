--- v2 (2026-01-29)
+++ v3 (2026-03-21)
@@ -1343,57 +1343,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002175100156</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
@@ -1720,94 +1720,94 @@
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>27210429021</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>75170269817</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18130002100019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
@@ -3105,31 +3105,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 00:02:09</dc:description>
+  <dc:description>Export en date du 03/22/2026 00:16:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>