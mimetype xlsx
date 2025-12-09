--- v0 (2025-10-21)
+++ v1 (2025-12-09)
@@ -562,87 +562,87 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>AS FO BEARN SOULE BIGORRE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
-  </si>
-[...28 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
@@ -2783,191 +2783,191 @@
       <c r="F46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3">
         <v>98970017797</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>38980220800014</v>
+        <v>78235540800025</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="I47" s="3">
-        <v>72470033047</v>
+        <v>72640000764</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
         <v>54170132917</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>51402217700018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3">
         <v>43250236725</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78235540800025</v>
+        <v>38980220800014</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>194</v>
+        <v>33</v>
       </c>
       <c r="I50" s="3">
-        <v>72640000764</v>
+        <v>72470033047</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>44</v>
@@ -3094,31 +3094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 08:05:05</dc:description>
+  <dc:description>Export en date du 12/09/2025 22:39:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>