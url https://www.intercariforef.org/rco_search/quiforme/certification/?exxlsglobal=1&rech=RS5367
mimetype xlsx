--- v1 (2025-12-09)
+++ v2 (2026-01-29)
@@ -562,87 +562,87 @@
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>SOCIETE D'INTERVENTION EN FORMATION ET CONSEIL - SIFCO</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/08/2009</t>
+  </si>
+  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...25 lines deleted...]
-    <t>04/01/1993</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>CCI FORMATION PRO</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>11/05/2021</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
@@ -2783,191 +2783,191 @@
       <c r="F46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="3">
         <v>98970017797</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78235540800025</v>
+        <v>38980220800014</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>72640000764</v>
+        <v>72470033047</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>51176260100017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
         <v>54170132917</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>51402217700018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3">
         <v>43250236725</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>38980220800014</v>
+        <v>78235540800025</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="I50" s="3">
-        <v>72470033047</v>
+        <v>72640000764</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>44</v>
@@ -3094,31 +3094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/09/2025 22:39:42</dc:description>
+  <dc:description>Export en date du 01/30/2026 00:02:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>