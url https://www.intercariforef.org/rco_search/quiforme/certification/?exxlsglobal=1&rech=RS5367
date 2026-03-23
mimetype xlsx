--- v2 (2026-01-29)
+++ v3 (2026-03-23)
@@ -1328,57 +1328,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002172800014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>25500110350</v>
@@ -1744,94 +1744,94 @@
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>27210429021</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>75170269817</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18130002100019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
@@ -3094,31 +3094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 00:02:10</dc:description>
+  <dc:description>Export en date du 03/23/2026 06:34:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>