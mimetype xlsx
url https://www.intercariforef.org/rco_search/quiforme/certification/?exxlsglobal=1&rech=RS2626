--- v0 (2025-12-01)
+++ v1 (2026-02-07)
@@ -478,212 +478,224 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE TERNOIS</t>
+  </si>
+  <si>
+    <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>SOC CENTRALE CANINE AMELIOR RACES CHIENS</t>
+  </si>
+  <si>
+    <t>155 AVENUE JEAN JAURES 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>21/02/1991</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUC ORIENTATION</t>
+  </si>
+  <si>
+    <t>31450 DONNEVILLE</t>
+  </si>
+  <si>
+    <t>03/10/1980</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>ANIMAL UNIVERSITY</t>
+  </si>
+  <si>
+    <t>8 RUE YBRY 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>02/11/2017</t>
+  </si>
+  <si>
+    <t>11/05/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOSSET ARNAUD CLAUDE  </t>
+  </si>
+  <si>
+    <t>LES AUCHES 07690 SAINT-JULIEN-VOCANCE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>02/01/2022</t>
+  </si>
+  <si>
+    <t>ASS FEDERATION POUR GESTION DU LOOF</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/02/2011</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>8 RUE DE ROME 37370 NEUVY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/09/1977</t>
+  </si>
+  <si>
+    <t>NOOE</t>
+  </si>
+  <si>
+    <t>22 RUE DE FONTENAY 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>EDUCATION ET REEDUCATION CANINE</t>
+  </si>
+  <si>
+    <t>E.R.C</t>
+  </si>
+  <si>
+    <t>1150 ROUTE DU PUY SAINTE-REPARADE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>ANIMALSUP</t>
+  </si>
+  <si>
+    <t>1147 CHEMIN D'ESLAYAS 64300 ORTHEZ</t>
+  </si>
+  <si>
+    <t>03/02/2020</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>ZOOPRO</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>LAURENCE BRUDER SERGENT</t>
+  </si>
+  <si>
+    <t>5A RUE DU CHEMIN NEUF 67280 NIEDERHASLACH</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
     <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
   </si>
   <si>
     <t>C.N.F. PRO CANIN ET FELIN</t>
   </si>
   <si>
     <t>44 RUE DES HALLES 01320 CHALAMONT</t>
   </si>
   <si>
     <t>08/03/2018</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
-    <t>ISTAV</t>
-[...142 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
   </si>
   <si>
     <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
   </si>
   <si>
     <t>10 RUE DU COUVENT 21140 SEMUR-EN-AUXOIS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE VILLIE-MORGON</t>
   </si>
   <si>
     <t>194 MONTEE DES GAUDETS 69910 VILLIE-MORGON</t>
   </si>
   <si>
     <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
@@ -718,84 +730,72 @@
   <si>
     <t>1 CHE D'AVAUD 85310 RIVES DE L'YON</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION AGATEA</t>
   </si>
   <si>
     <t>15 RUE DE TURCKHEIM 68000 COLMAR</t>
   </si>
   <si>
     <t>01/08/2013</t>
   </si>
   <si>
     <t>YOU WEB</t>
   </si>
   <si>
     <t>YOU WEB FORMATION</t>
   </si>
   <si>
     <t>PERFORMANCE LA FLEURIAYE 1 RUE ALESSANDRO VOLTA 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
-    <t>APIVET</t>
+    <t>EMINEO FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE SAINT-MAUR 35330 MERNEL</t>
   </si>
   <si>
     <t>01/04/2014</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
     <t>ANIMACONSULT</t>
   </si>
   <si>
     <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
   </si>
   <si>
     <t>29/05/2014</t>
   </si>
   <si>
     <t>01/01/2025</t>
-  </si>
-[...10 lines deleted...]
-    <t>11/05/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1923,51 +1923,51 @@
       </c>
       <c r="C20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19680003100037</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G21" s="2"/>
@@ -2514,1129 +2514,1129 @@
       <c r="F35" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
         <v>98970035397</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>53316970200024</v>
+        <v>30703566700012</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>84010189301</v>
+        <v>32620283262</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>49983805000015</v>
+        <v>31477549500026</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="I37" s="3">
-        <v>11930559793</v>
+        <v>11930643593</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>40807744400037</v>
+        <v>32352935400017</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>32</v>
+        <v>164</v>
       </c>
       <c r="I38" s="3">
-        <v>93131559513</v>
+        <v>76311033731</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41075702500037</v>
+        <v>83385878000012</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G39" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>171</v>
+        <v>32</v>
       </c>
       <c r="I39" s="3">
-        <v>11930478293</v>
+        <v>11922201392</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42045519800036</v>
+        <v>40807744400037</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="G40" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="I40" s="3">
-        <v>95970104897</v>
+        <v>93131559513</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42090267800010</v>
+        <v>41075702500037</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="I41" s="3">
-        <v>24370340737</v>
+        <v>11930478293</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42511560700052</v>
+        <v>42045519800036</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>180</v>
-      </c>
-[...5 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="I42" s="3">
-        <v>11921173992</v>
+        <v>95970104897</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>51938113100019</v>
+        <v>42090267800010</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D43" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="3">
-        <v>93131498013</v>
+        <v>24370340737</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>52814402500061</v>
+        <v>42511560700052</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="I44" s="3">
-        <v>75640568264</v>
+        <v>11921173992</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>52832282900037</v>
+        <v>49983805000015</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="I45" s="3">
-        <v>93830554383</v>
+        <v>11930559793</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>52934435000028</v>
+        <v>51938113100019</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="D46" s="2"/>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I46" s="3">
-        <v>42670397067</v>
+        <v>93131498013</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>30703566700012</v>
+        <v>52814402500061</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="F47" s="2" t="s">
+      <c r="G47" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
+        <v>192</v>
       </c>
       <c r="I47" s="3">
-        <v>32620283262</v>
+        <v>75640568264</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>31477549500026</v>
+        <v>52832282900037</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>203</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>171</v>
+        <v>32</v>
       </c>
       <c r="I48" s="3">
-        <v>11930643593</v>
+        <v>93830554383</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>32352935400017</v>
+        <v>52934435000028</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>207</v>
+        <v>32</v>
       </c>
       <c r="I49" s="3">
-        <v>76311033731</v>
+        <v>42670397067</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77719323600018</v>
+        <v>53316970200024</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="G50" s="2"/>
+        <v>210</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="H50" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I50" s="3">
-        <v>73810014281</v>
+        <v>84010189301</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77782252900015</v>
+        <v>77719323600018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3">
-        <v>53560052356</v>
+        <v>73810014281</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77825876400019</v>
+        <v>77782252900015</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>177</v>
+        <v>214</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="3">
-        <v>26210336121</v>
+        <v>53560052356</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77978834800018</v>
+        <v>77825876400019</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="3">
-        <v>82691375669</v>
+        <v>26210336121</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78096827700019</v>
+        <v>77978834800018</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>177</v>
+        <v>217</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="I54" s="3">
-        <v>25610014961</v>
+        <v>82691375669</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78098734300024</v>
+        <v>78096827700019</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>216</v>
+        <v>182</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>218</v>
+        <v>156</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="I55" s="3">
-        <v>28760539476</v>
+        <v>25610014961</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78135632400017</v>
+        <v>78098734300024</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>54170134917</v>
+        <v>28760539476</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78148515600017</v>
+        <v>78135632400017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>54790012179</v>
+        <v>54170134917</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78613651500016</v>
+        <v>78148515600017</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>52490312749</v>
+        <v>54790012179</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78645791100018</v>
+        <v>78613651500016</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>52850032685</v>
+        <v>52490312749</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>79508520800010</v>
+        <v>78645791100018</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>229</v>
+        <v>156</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I60" s="3">
-        <v>42680237468</v>
+        <v>52850032685</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>79975732300040</v>
+        <v>79508520800010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D61" s="2" t="s">
         <v>231</v>
       </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I61" s="3">
-        <v>52440827344</v>
+        <v>42680237468</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>80090246200012</v>
+        <v>79975732300040</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="D62" s="2"/>
+      <c r="D62" s="2" t="s">
+        <v>235</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="G62" s="2" t="s">
         <v>237</v>
       </c>
+      <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I62" s="3">
-        <v>53350949635</v>
+        <v>52440827344</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>80324966300011</v>
+        <v>80090246200012</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>241</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I63" s="3">
-        <v>91340830734</v>
+        <v>53350949635</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>83385878000012</v>
+        <v>80324966300011</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>245</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I64" s="3">
-        <v>11922201392</v>
+        <v>91340830734</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3661,31 +3661,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 17:18:05</dc:description>
+  <dc:description>Export en date du 02/07/2026 22:24:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>