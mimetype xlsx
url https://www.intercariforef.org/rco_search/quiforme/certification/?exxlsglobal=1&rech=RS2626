--- v1 (2026-02-07)
+++ v2 (2026-03-25)
@@ -478,324 +478,324 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTA</t>
+  </si>
+  <si>
+    <t>22 ROUTE DE JOSSELIN 56490 GUILLIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>10 RUE DU COUVENT 21140 SEMUR-EN-AUXOIS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE VILLIE-MORGON</t>
+  </si>
+  <si>
+    <t>194 MONTEE DES GAUDETS 69910 VILLIE-MORGON</t>
+  </si>
+  <si>
+    <t>50 RUE DES QUINZE FUSILLES 61400 MORTAGNE-AU-PERCHE</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENTATION DE NEUFCHATEL EN BRAY</t>
+  </si>
+  <si>
+    <t>4 AVENUE DES CANADIENS 76270 NEUFCHATEL-EN-BRAY</t>
+  </si>
+  <si>
+    <t>17/09/2012</t>
+  </si>
+  <si>
+    <t>MFR DE LA SAINTONGE ET DE L AUNIS</t>
+  </si>
+  <si>
+    <t>15 AVENUE DE SAINTES 17240 SAINT-GENIS-DE-SAINTONGE</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE TERNOIS</t>
   </si>
   <si>
     <t>161 RUE DE GRAND RULLECOURT 62810 BERLENCOURT-LE-CAUROY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>SOC CENTRALE CANINE AMELIOR RACES CHIENS</t>
   </si>
   <si>
     <t>155 AVENUE JEAN JAURES 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>21/02/1991</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUC ORIENTATION</t>
   </si>
   <si>
     <t>31450 DONNEVILLE</t>
   </si>
   <si>
     <t>03/10/1980</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...1 lines deleted...]
-  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t xml:space="preserve">FOSSET ARNAUD CLAUDE  </t>
+  </si>
+  <si>
+    <t>LES AUCHES 07690 SAINT-JULIEN-VOCANCE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>02/01/2022</t>
+  </si>
+  <si>
+    <t>ASS FEDERATION POUR GESTION DU LOOF</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>22/02/2011</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>8 RUE DE ROME 37370 NEUVY-LE-ROI</t>
+  </si>
+  <si>
+    <t>01/09/1977</t>
+  </si>
+  <si>
+    <t>NOOE</t>
+  </si>
+  <si>
+    <t>22 RUE DE FONTENAY 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>EDUCATION ET REEDUCATION CANINE</t>
+  </si>
+  <si>
+    <t>E.R.C</t>
+  </si>
+  <si>
+    <t>1150 ROUTE DU PUY SAINTE-REPARADE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>ANIMALSUP</t>
+  </si>
+  <si>
+    <t>1147 CHEMIN D'ESLAYAS 64300 ORTHEZ</t>
+  </si>
+  <si>
+    <t>03/02/2020</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>ZOOPRO</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>LAURENCE BRUDER SERGENT</t>
+  </si>
+  <si>
+    <t>5A RUE DU CHEMIN NEUF 67280 NIEDERHASLACH</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>CENTRE NATIONAL DE FORMATION PERMANENTE DES PROFESSIONS DU CHIEN ET DU CHAT</t>
+  </si>
+  <si>
+    <t>C.N.F. PRO CANIN ET FELIN</t>
+  </si>
+  <si>
+    <t>44 RUE DES HALLES 01320 CHALAMONT</t>
+  </si>
+  <si>
+    <t>08/03/2018</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>FRECUL FRECUL 79130 SECONDIGNY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
+  </si>
+  <si>
+    <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE -  I R E O</t>
+  </si>
+  <si>
+    <t>1 CHE D'AVAUD 85310 RIVES DE L'YON</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION AGATEA</t>
+  </si>
+  <si>
+    <t>15 RUE DE TURCKHEIM 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>YOU WEB</t>
+  </si>
+  <si>
+    <t>YOU WEB FORMATION</t>
+  </si>
+  <si>
+    <t>PERFORMANCE LA FLEURIAYE 1 RUE ALESSANDRO VOLTA 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>EMINEO FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>8 RUE SAINT-MAUR 35330 MERNEL</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>24/07/2023</t>
+  </si>
+  <si>
+    <t>ANIMACONSULT</t>
+  </si>
+  <si>
+    <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>29/05/2014</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
     <t>ANIMAL UNIVERSITY</t>
   </si>
   <si>
     <t>8 RUE YBRY 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>02/11/2017</t>
   </si>
   <si>
     <t>11/05/2022</t>
-  </si>
-[...226 lines deleted...]
-    <t>01/01/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2514,1130 +2514,1116 @@
       <c r="F35" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
         <v>98970035397</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30703566700012</v>
+        <v>77782252900015</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>32620283262</v>
+        <v>53560052356</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>31477549500026</v>
+        <v>77825876400019</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>11930643593</v>
+        <v>26210336121</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32352935400017</v>
+        <v>77978834800018</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>76311033731</v>
+        <v>82691375669</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>83385878000012</v>
+        <v>78096827700019</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>32</v>
+        <v>162</v>
       </c>
       <c r="I39" s="3">
-        <v>11922201392</v>
+        <v>25610014961</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>40807744400037</v>
+        <v>78098734300024</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>93131559513</v>
+        <v>28760539476</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>41075702500037</v>
+        <v>78135632400017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>11930478293</v>
+        <v>54170134917</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42045519800036</v>
+        <v>30703566700012</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>95970104897</v>
+        <v>32620283262</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42090267800010</v>
+        <v>31477549500026</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>173</v>
       </c>
       <c r="I43" s="3">
-        <v>24370340737</v>
+        <v>11930643593</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42511560700052</v>
+        <v>32352935400017</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="I44" s="3">
-        <v>11921173992</v>
+        <v>76311033731</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>49983805000015</v>
+        <v>40807744400037</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="G45" s="2"/>
+        <v>180</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>181</v>
+      </c>
       <c r="H45" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>51938113100019</v>
+        <v>41075702500037</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>27</v>
+        <v>173</v>
       </c>
       <c r="I46" s="3">
-        <v>93131498013</v>
+        <v>11930478293</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>52814402500061</v>
+        <v>42045519800036</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>185</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="I47" s="3">
-        <v>75640568264</v>
+        <v>95970104897</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52832282900037</v>
+        <v>42090267800010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>201</v>
+        <v>157</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I48" s="3">
-        <v>93830554383</v>
+        <v>24370340737</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>52934435000028</v>
+        <v>42511560700052</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>32</v>
+        <v>195</v>
       </c>
       <c r="I49" s="3">
-        <v>42670397067</v>
+        <v>11921173992</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>53316970200024</v>
+        <v>49983805000015</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>32</v>
+        <v>199</v>
       </c>
       <c r="I50" s="3">
-        <v>84010189301</v>
+        <v>11930559793</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77719323600018</v>
+        <v>51938113100019</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>200</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="G51" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>203</v>
+      </c>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I51" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77782252900015</v>
+        <v>52814402500061</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="G52" s="2"/>
+        <v>206</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>207</v>
+      </c>
       <c r="H52" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77825876400019</v>
+        <v>52832282900037</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>182</v>
+        <v>208</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I53" s="3">
-        <v>26210336121</v>
+        <v>93830554383</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77978834800018</v>
+        <v>52934435000028</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I54" s="3">
-        <v>82691375669</v>
+        <v>42670397067</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78096827700019</v>
+        <v>53316970200024</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>214</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>215</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="G55" s="2"/>
+        <v>217</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>218</v>
+      </c>
       <c r="H55" s="2" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78098734300024</v>
+        <v>77719323600018</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>28760539476</v>
+        <v>73810014281</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78135632400017</v>
+        <v>78148515600017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>54170134917</v>
+        <v>54790012179</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78148515600017</v>
+        <v>78613651500016</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>54790012179</v>
+        <v>52490312749</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78613651500016</v>
+        <v>78645791100018</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>52490312749</v>
+        <v>52850032685</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78645791100018</v>
+        <v>79508520800010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>156</v>
+        <v>229</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I60" s="3">
-        <v>52850032685</v>
+        <v>42680237468</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>79508520800010</v>
+        <v>79975732300040</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D61" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I61" s="3">
-        <v>42680237468</v>
+        <v>52440827344</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>79975732300040</v>
+        <v>80090246200012</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="D62" s="2"/>
+      <c r="E62" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="F62" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="F62" s="2" t="s">
+      <c r="G62" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I62" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>80090246200012</v>
+        <v>80324966300011</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>241</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I63" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>80324966300011</v>
+        <v>83385878000012</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>245</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I64" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -3661,31 +3647,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/07/2026 22:24:12</dc:description>
+  <dc:description>Export en date du 03/25/2026 13:05:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>