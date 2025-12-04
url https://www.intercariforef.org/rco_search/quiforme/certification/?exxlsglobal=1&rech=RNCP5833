--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VERVINS</t>
   </si>
   <si>
     <t>LEGTA DE THIERACHE</t>
   </si>
   <si>
     <t>LD DU PONT DE PIERRE 02140 FONTAINE-LES-VERVINS</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
@@ -307,66 +307,66 @@
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
+  </si>
+  <si>
+    <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASS FAMILIALE DE GESTION DE L EAP</t>
   </si>
   <si>
     <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
   </si>
   <si>
     <t>04/12/2012</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1539,114 +1539,114 @@
       <c r="F21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>96</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>33348856700038</v>
+        <v>78397621000014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>31590286359</v>
+        <v>31620047762</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78397621000014</v>
+        <v>33348856700038</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>31620047762</v>
+        <v>31590286359</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1665,31 +1665,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 20:04:07</dc:description>
+  <dc:description>Export en date du 12/04/2025 04:24:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>