--- v1 (2025-12-04)
+++ v2 (2026-01-23)
@@ -307,66 +307,66 @@
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
   </si>
   <si>
     <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>04/12/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1539,114 +1539,114 @@
       <c r="F21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>96</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78397621000014</v>
+        <v>33348856700038</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>31620047762</v>
+        <v>31590286359</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>33348856700038</v>
+        <v>78397621000014</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>31590286359</v>
+        <v>31620047762</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1665,31 +1665,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 04:24:14</dc:description>
+  <dc:description>Export en date du 01/23/2026 13:52:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>