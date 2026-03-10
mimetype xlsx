--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1665,31 +1665,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 13:52:01</dc:description>
+  <dc:description>Export en date du 03/10/2026 12:50:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>