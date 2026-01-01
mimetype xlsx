--- v0 (2025-11-05)
+++ v1 (2026-01-01)
@@ -169,105 +169,105 @@
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CPO FC CENTRE DE FORMATION PROFESIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>CPO FC EST</t>
   </si>
   <si>
     <t>ZAC DES ESCARNOTIERES 14 RUE HIPPOLYTE FONTAINE 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
+    <t>AFOR TP</t>
+  </si>
+  <si>
+    <t>11 RUE MAURICE BOUCHOR 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>07/04/1980</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
     <t>CPO.A BTP</t>
   </si>
   <si>
     <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
   </si>
   <si>
     <t>29/07/2005</t>
   </si>
   <si>
-    <t>AFOR TP</t>
-[...5 lines deleted...]
-    <t>07/04/1980</t>
+    <t>ECOLE TRAVAUX PUBLICS NORMANDE J FRERET FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>PLAINE SAINT-GILLES 72610 SAINT-PATERNE - LE CHEVAIN</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
   </si>
   <si>
     <t>ELFE FORMATION BTP</t>
   </si>
   <si>
     <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>71.12B</t>
-  </si>
-[...25 lines deleted...]
-    <t>15/10/2007</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>RUE DE SARRAN 19300 EGLETONS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>LES SABLONS 95340 BERNES-SUR-OISE</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t xml:space="preserve">BANLIAT ANTOINE ALFRED FRANCOIS </t>
   </si>
   <si>
     <t>63 CHEMIN DE LA PISCINE 97411 SAINT-PAUL</t>
   </si>
@@ -1010,256 +1010,256 @@
         <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43219258100028</v>
+        <v>31955718700022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11780689578</v>
+        <v>11930025493</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31955718700022</v>
+        <v>51871742600036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11930025493</v>
+        <v>73310556031</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>80355996200011</v>
+        <v>43219258100028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>31620265862</v>
+        <v>11780689578</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>51871742600036</v>
+        <v>43519221600016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>73310556031</v>
+        <v>52720103072</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>43519221600016</v>
+        <v>45398962600032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>52720103072</v>
+        <v>72240122924</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>45398962600032</v>
+        <v>80355996200011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="I15" s="3">
-        <v>72240122924</v>
+        <v>31620265862</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82422814200967</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2"/>
@@ -1471,31 +1471,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 21:19:09</dc:description>
+  <dc:description>Export en date du 01/01/2026 07:21:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>