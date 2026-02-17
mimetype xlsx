--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -133,177 +133,174 @@
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>CFPPA LA BROSSE</t>
   </si>
   <si>
     <t>89290 VENOY</t>
   </si>
   <si>
     <t>07/08/1992</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>AFOR TP</t>
+  </si>
+  <si>
+    <t>11 RUE MAURICE BOUCHOR 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>07/04/1980</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION DU BATIMENT TRAVAUX PUBLICS RHONE-ALPES</t>
   </si>
   <si>
     <t>3 PLACE DU PAISY 3 PAISY 69570 DARDILLY</t>
   </si>
   <si>
     <t>23/03/1993</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
+    <t>CPO.A BTP</t>
+  </si>
+  <si>
+    <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>29/07/2005</t>
+  </si>
+  <si>
+    <t>ECOLE TRAVAUX PUBLICS NORMANDE J FRERET FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>PLAINE SAINT-GILLES 72610 SAINT-PATERNE - LE CHEVAIN</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CPO FC CENTRE DE FORMATION PROFESIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>CPO FC EST</t>
   </si>
   <si>
     <t>ZAC DES ESCARNOTIERES 14 RUE HIPPOLYTE FONTAINE 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
-    <t>AFOR TP</t>
-[...43 lines deleted...]
-  <si>
     <t>ELFE FORMATION BTP</t>
   </si>
   <si>
     <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>RUE DE SARRAN 19300 EGLETONS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>LES SABLONS 95340 BERNES-SUR-OISE</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t xml:space="preserve">BANLIAT ANTOINE ALFRED FRANCOIS </t>
   </si>
   <si>
     <t>63 CHEMIN DE LA PISCINE 97411 SAINT-PAUL</t>
   </si>
   <si>
     <t>05/01/2018</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>74.90A</t>
-  </si>
-[...1 lines deleted...]
-    <t>04973725397</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -899,342 +896,342 @@
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34902150100029</v>
+        <v>31955718700022</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I7" s="3"/>
+      <c r="I7" s="3">
+        <v>11930025493</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78273830600011</v>
+        <v>34902150100029</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78510456300081</v>
+        <v>43219258100028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3"/>
+      <c r="I9" s="3">
+        <v>11780689578</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31955718700022</v>
+        <v>43519221600016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11930025493</v>
+        <v>52720103072</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>51871742600036</v>
+        <v>45398962600032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>73310556031</v>
+        <v>72240122924</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43219258100028</v>
+        <v>51871742600036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>11780689578</v>
+        <v>73310556031</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>43519221600016</v>
+        <v>78273830600011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>52720103072</v>
+        <v>93130003813</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>45398962600032</v>
+        <v>78510456300081</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>80355996200011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I15" s="3">
         <v>31620265862</v>
@@ -1383,71 +1380,69 @@
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
         <v>11930743393</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>83358983100027</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="I20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1471,31 +1466,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 07:21:16</dc:description>
+  <dc:description>Export en date du 02/17/2026 10:19:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>