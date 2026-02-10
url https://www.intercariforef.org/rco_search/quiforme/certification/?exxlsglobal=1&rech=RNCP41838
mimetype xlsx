--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -331,96 +331,96 @@
   <si>
     <t>5479P001579</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES TARN ET GARONNE</t>
   </si>
   <si>
     <t>LEGTPA DE MONTAUBAN</t>
   </si>
   <si>
     <t>DOMAINE DE CAPOU 1915 ROUTE DE BORDEAUX 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>7382P000782</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA ROCHE SUR YON</t>
   </si>
   <si>
     <t>LEGTPA</t>
   </si>
   <si>
     <t>RTE DE FONTENAY ALL DES DRUIDES 85000 ROCHE SUR YON (LA)</t>
   </si>
   <si>
+    <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
+  </si>
+  <si>
+    <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
     <t>DELTA SUD FORMATION</t>
   </si>
   <si>
     <t>8 AVENUE FREDERIC MISTRAL 13210 SAINT-REMY-DE-PROVENCE</t>
   </si>
   <si>
     <t>26/05/1997</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
+  </si>
+  <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>CNPH PIVERDIERE</t>
   </si>
   <si>
     <t>RUE DU ROI RENE 49250 LA MENITRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
-  </si>
-[...16 lines deleted...]
-    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1753,254 +1753,254 @@
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
         <v>52850109685</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>39112427800022</v>
+        <v>30621667200015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78346979400011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>41880003688</v>
+        <v>53290326929</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78611740800025</v>
+        <v>39112427800022</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I28" s="3">
-        <v>52490004349</v>
+        <v>93130111113</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>30621667200015</v>
+        <v>77774619900010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I29" s="3"/>
+      <c r="I29" s="3">
+        <v>53350117135</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>30754662200019</v>
+        <v>78346979400011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3">
-        <v>53290326929</v>
+        <v>41880003688</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>77774619900010</v>
+        <v>78611740800025</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>113</v>
       </c>
       <c r="I31" s="3">
-        <v>53350117135</v>
+        <v>52490004349</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2025,31 +2025,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 07:45:33</dc:description>
+  <dc:description>Export en date du 02/10/2026 12:14:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>