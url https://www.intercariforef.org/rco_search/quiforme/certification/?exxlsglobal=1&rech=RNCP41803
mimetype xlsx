--- v0 (2026-01-01)
+++ v1 (2026-02-19)
@@ -88,81 +88,81 @@
   <si>
     <t>02/03/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE ETUDES EUROPEEN RHONE ALPES</t>
   </si>
   <si>
     <t>25 RUE DE L'UNIVERSITE 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
+    <t>ADEFI FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE ANITA CONTI 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/01/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MBA INSTITUTE</t>
+  </si>
+  <si>
+    <t>43 QUAI DE GRENELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>29/09/2017</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
     <t>CENTRE D'ETUDES ET DE FORMATION ALPES SAVOIE</t>
   </si>
   <si>
     <t>SAVOIE TECHNOLAC 12 AVENUE DU LAC D'ANNECY 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>27/07/2012</t>
-  </si>
-[...22 lines deleted...]
-    <t>85.60Z</t>
   </si>
   <si>
     <t>CENTRE D'ETUDES EUROPEEN OUEST</t>
   </si>
   <si>
     <t>31 RUE MONSEIGNEUR DUCHESNE 35000 RENNES</t>
   </si>
   <si>
     <t>20/06/2022</t>
   </si>
   <si>
     <t>CENTRE D'ETUDES EUROPEEN MEDITERRANEE</t>
   </si>
   <si>
     <t>IMMEUBLE LE PATIO 21 RUE MIRES 13002 MARSEILLE</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -659,147 +659,147 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>82691384769</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>75313914600017</v>
+        <v>49815719700068</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>82730158973</v>
+        <v>73310493031</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49815719700068</v>
+        <v>50388652500024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>73310493031</v>
+        <v>11755509875</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>50388652500024</v>
+        <v>75313914600017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11755509875</v>
+        <v>82730158973</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>91487009200022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
@@ -898,31 +898,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 01:49:14</dc:description>
+  <dc:description>Export en date du 02/19/2026 06:29:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>