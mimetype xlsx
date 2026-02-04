--- v0 (2025-12-12)
+++ v1 (2026-02-04)
@@ -88,107 +88,194 @@
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE GRENOBLE ALPES</t>
   </si>
   <si>
     <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>04/11/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>IRTS NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>17 RUE GROISON 37100 TOURS</t>
+  </si>
+  <si>
+    <t>06/07/1981</t>
+  </si>
+  <si>
+    <t>ARDEQAF</t>
+  </si>
+  <si>
+    <t>ERTS</t>
+  </si>
+  <si>
+    <t>2032 RUE DU GENERAL DE GAULLE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/06/2006</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEM SOCIAL &amp; CULTUR INTERNAT</t>
+  </si>
+  <si>
+    <t>ROUTE DE DUCLAIR 76380 CANTELEU</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>ASSOC REGIONALE DES CEMEA IDF</t>
+  </si>
+  <si>
+    <t>65 RUE DES CITES 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>31/12/2012</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>SITE D ARTOIS</t>
+  </si>
+  <si>
+    <t>5 RUE MAURICE SCHUMAN 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>SITE GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE DE L ETOILE RUE GALILEE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>02/03/2009</t>
+  </si>
+  <si>
+    <t>136 AVENUE ALAN TURING 59410 ANZIN</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION EUROPEENNE SUPERIEUR DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>22 RUE HALEVY 59000 LILLE</t>
+  </si>
+  <si>
+    <t>02/06/1986</t>
+  </si>
+  <si>
     <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
   </si>
   <si>
     <t>8 COURS LEON BERARD 64000 PAU</t>
   </si>
   <si>
     <t>01/09/2003</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>INST REGIONAL TRAVAIL SOCIAL PACA CORSE</t>
   </si>
   <si>
     <t>20 BOULEVARD DES SALYENS 13008 MARSEILLE</t>
   </si>
   <si>
     <t>06/07/1988</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT REGIONAL DU TRAVAIL SOCIAL DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE ALFRED DE VIGNY 25000 BESANCON</t>
   </si>
   <si>
     <t>15/12/2005</t>
   </si>
   <si>
     <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
   </si>
   <si>
     <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>INST REG TRAVAIL SOCIAL CHAMP-ARDENNE</t>
   </si>
   <si>
     <t>8 RUE FREDERIC ET IRENE JOLIOT-CURIE 51100 REIMS</t>
   </si>
   <si>
-    <t>ASSOC REGIONALE DES CEMEA IDF</t>
-[...7 lines deleted...]
-  <si>
     <t>IRTESS</t>
   </si>
   <si>
     <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>IRTS NORMANDIE-CAEN ARRFIS</t>
   </si>
   <si>
     <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>18/06/2020</t>
   </si>
   <si>
     <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
   </si>
   <si>
     <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
   </si>
   <si>
     <t>01/08/2001</t>
@@ -220,204 +307,117 @@
   <si>
     <t>2117 CHEMIN DU BACHAS 30000 NIMES</t>
   </si>
   <si>
     <t>09/02/2009</t>
   </si>
   <si>
     <t>ASS GUADE FORMAT TRAVAILLEURS SOCIAUX</t>
   </si>
   <si>
     <t>RTE DE LA ROCADE LD GRAND CAMP 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/06/1999</t>
   </si>
   <si>
     <t>ARFRIPS</t>
   </si>
   <si>
     <t>10 IMPASSE PIERRE BAIZET 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2010</t>
   </si>
   <si>
-    <t>ARDEQAF</t>
-[...10 lines deleted...]
-  <si>
     <t>INSTITUT DU TRAVAIL SOCIAL DE LA REGION AUVERGNE</t>
   </si>
   <si>
     <t>62 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
-    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
-[...73 lines deleted...]
-  <si>
     <t>ASSOC REG SAUVEGARDE ENFANT ADO ADUL</t>
   </si>
   <si>
     <t>INKIPIT L'ECOLE DU PRENDRE SOIN</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL DE CROUTTE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>24/09/1985</t>
   </si>
   <si>
     <t>ARFISS</t>
   </si>
   <si>
     <t>1 RUE GEORGES GUYNEMER 86000 POITIERS</t>
   </si>
   <si>
+    <t>POLARIS FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU BUISSON 87170 ISLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
     <t>APRADIS</t>
   </si>
   <si>
     <t>6 RUE DES DEUX PONTS 80000 AMIENS</t>
   </si>
   <si>
     <t>HAUTE ECOLE DU TRAVAIL ET DE L'INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>6 RUE CHANOINE RANCE-BOURREY 06100 NICE</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>TOUR MAINE MONTPARNASSE 33 AVENUE DU MAINE 75015 PARIS</t>
   </si>
   <si>
     <t>01/12/2020</t>
   </si>
   <si>
     <t>ASKORIA</t>
   </si>
   <si>
     <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
   </si>
   <si>
     <t>11/04/2013</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/2015</t>
   </si>
   <si>
     <t>INSTITUT CORSE DE FORMATION ET RECHERCHE EN TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>IMMEUBLE LOUMALAND 2 CHE DE L ANNONCIADE 20200 BASTIA</t>
   </si>
   <si>
     <t>17/02/2014</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LA RECHERCHE EN INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>ESEIS 3 RUE SEDILLOT 67000 STRASBOURG</t>
   </si>
   <si>
     <t>10/10/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -912,975 +912,975 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
         <v>84380736438</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>34396218900027</v>
+        <v>30116880300015</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I4" s="3">
-        <v>72640048164</v>
+        <v>72330005533</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>34937334000018</v>
+        <v>30282378600025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3">
-        <v>93130297513</v>
+        <v>24370008237</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34943244300043</v>
+        <v>48927001700010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>43250012425</v>
+        <v>24450236845</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38036912400017</v>
+        <v>31184406200035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>91340190634</v>
+        <v>23760007876</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38152268900011</v>
+        <v>39408789400108</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>21510015851</v>
+        <v>11750273493</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39408789400108</v>
+        <v>31807145300019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>11750273493</v>
+        <v>31590021959</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41047508100015</v>
+        <v>31807145300076</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>26210346921</v>
+        <v>31590021959</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41398430300029</v>
+        <v>31807145300134</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>25140137614</v>
+        <v>31590021959</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>42100372400034</v>
+        <v>31807145300167</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>98970227397</v>
+        <v>31590021959</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42100372400042</v>
+        <v>33897756400016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
-        <v>98970227397</v>
+        <v>31590674059</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42196824900019</v>
+        <v>34396218900027</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
-        <v>41570177957</v>
+        <v>72640048164</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42196824900027</v>
+        <v>34937334000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="I15" s="3">
-        <v>41570177957</v>
+        <v>93130297513</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42265862500047</v>
+        <v>34943244300043</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>91300251330</v>
+        <v>43250012425</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42342650100015</v>
+        <v>38036912400017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I17" s="3">
+        <v>91340190634</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48121631500046</v>
+        <v>38152268900011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>82691021669</v>
+        <v>21510015851</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48927001700010</v>
+        <v>41047508100015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>24450236845</v>
+        <v>26210346921</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49182702800011</v>
+        <v>41398430300029</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
-        <v>83630383963</v>
+        <v>25140137614</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30116880300015</v>
+        <v>42100372400034</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>72330005533</v>
+        <v>98970227397</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30282378600025</v>
+        <v>42100372400042</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>24370008237</v>
+        <v>98970227397</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>31184406200035</v>
+        <v>42196824900019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="I23" s="3">
-        <v>23760007876</v>
+        <v>41570177957</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>31807145300019</v>
+        <v>42196824900027</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D24" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I24" s="3">
-        <v>31590021959</v>
+        <v>41570177957</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>31807145300076</v>
+        <v>42265862500047</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I25" s="3">
-        <v>31590021959</v>
+        <v>91300251330</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>31807145300134</v>
+        <v>42342650100015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>31807145300167</v>
+        <v>48121631500046</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3">
-        <v>31590021959</v>
+        <v>82691021669</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>33897756400016</v>
+        <v>49182702800011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>31590674059</v>
+        <v>83630383963</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>77558121800218</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
@@ -1899,277 +1899,277 @@
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>77571615200019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3">
         <v>54860002586</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78061259400017</v>
+        <v>77807079700049</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I31" s="3">
-        <v>22800005280</v>
+        <v>74870000187</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78261518100024</v>
+        <v>78061259400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I32" s="3">
-        <v>93060005706</v>
+        <v>22800005280</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78428109900043</v>
+        <v>78261518100024</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="I33" s="3">
-        <v>11750111975</v>
+        <v>93060005706</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>79296161700018</v>
+        <v>78428109900043</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="I34" s="3">
-        <v>53350930635</v>
+        <v>11750111975</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77807079700049</v>
+        <v>79296161700018</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="I35" s="3">
-        <v>74870000187</v>
+        <v>53350930635</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>80146893500011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I36" s="3">
         <v>94202083420</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2234,31 +2234,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/12/2025 09:49:09</dc:description>
+  <dc:description>Export en date du 02/04/2026 16:14:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>