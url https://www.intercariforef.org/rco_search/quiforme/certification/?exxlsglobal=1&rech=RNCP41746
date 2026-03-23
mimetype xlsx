--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -112,243 +112,243 @@
   <si>
     <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>IRTS NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
   </si>
   <si>
     <t>INSTITUT DU TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>17 RUE GROISON 37100 TOURS</t>
   </si>
   <si>
     <t>06/07/1981</t>
   </si>
   <si>
+    <t>ASS DEVELOPPEM SOCIAL &amp; CULTUR INTERNAT</t>
+  </si>
+  <si>
+    <t>ROUTE DE DUCLAIR 76380 CANTELEU</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>SITE D ARTOIS</t>
+  </si>
+  <si>
+    <t>5 RUE MAURICE SCHUMAN 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>SITE GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE DE L ETOILE RUE GALILEE 59760 GRANDE-SYNTHE</t>
+  </si>
+  <si>
+    <t>02/03/2009</t>
+  </si>
+  <si>
+    <t>136 AVENUE ALAN TURING 59410 ANZIN</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION EUROPEENNE SUPERIEUR DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>22 RUE HALEVY 59000 LILLE</t>
+  </si>
+  <si>
+    <t>02/06/1986</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
+  </si>
+  <si>
+    <t>8 COURS LEON BERARD 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INST REGIONAL TRAVAIL SOCIAL PACA CORSE</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD DES SALYENS 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>06/07/1988</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL DU TRAVAIL SOCIAL DE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>1 RUE ALFRED DE VIGNY 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>15/12/2005</t>
+  </si>
+  <si>
+    <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
+  </si>
+  <si>
+    <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>INST REG TRAVAIL SOCIAL CHAMP-ARDENNE</t>
+  </si>
+  <si>
+    <t>8 RUE FREDERIC ET IRENE JOLIOT-CURIE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>ASSOC REGIONALE DES CEMEA IDF</t>
+  </si>
+  <si>
+    <t>65 RUE DES CITES 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>31/12/2012</t>
+  </si>
+  <si>
+    <t>IRTESS</t>
+  </si>
+  <si>
+    <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IRTS NORMANDIE-CAEN ARRFIS</t>
+  </si>
+  <si>
+    <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
+  </si>
+  <si>
+    <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/08/2001</t>
+  </si>
+  <si>
+    <t>IMMEUBLE DJOUMA - ROUTE NATIONALE 1 9, 10, 3BIS ET 4BIS 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>26/02/2016</t>
+  </si>
+  <si>
+    <t>ASS LORRAINE FORMAT.RECHER.ACTION SOCIAL</t>
+  </si>
+  <si>
+    <t>1 AVENUE LECLERC DE HAUTECLOCQUE 57000 METZ</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>IRTS ALFOREAS 41 AVENUE DE LA LIBERTE 57050 LE BAN-SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>ASS APAFASE GARD IFME</t>
+  </si>
+  <si>
+    <t>2117 CHEMIN DU BACHAS 30000 NIMES</t>
+  </si>
+  <si>
+    <t>09/02/2009</t>
+  </si>
+  <si>
+    <t>ASS GUADE FORMAT TRAVAILLEURS SOCIAUX</t>
+  </si>
+  <si>
+    <t>RTE DE LA ROCADE LD GRAND CAMP 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/06/1999</t>
+  </si>
+  <si>
+    <t>ARFRIPS</t>
+  </si>
+  <si>
+    <t>10 IMPASSE PIERRE BAIZET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
     <t>ARDEQAF</t>
   </si>
   <si>
     <t>ERTS</t>
   </si>
   <si>
     <t>2032 RUE DU GENERAL DE GAULLE 45160 OLIVET</t>
   </si>
   <si>
     <t>01/06/2006</t>
-  </si>
-[...181 lines deleted...]
-    <t>01/09/2010</t>
   </si>
   <si>
     <t>INSTITUT DU TRAVAIL SOCIAL DE LA REGION AUVERGNE</t>
   </si>
   <si>
     <t>62 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t>ASSOC REG SAUVEGARDE ENFANT ADO ADUL</t>
   </si>
   <si>
     <t>INKIPIT L'ECOLE DU PRENDRE SOIN</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL DE CROUTTE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>24/09/1985</t>
   </si>
   <si>
     <t>ARFISS</t>
   </si>
@@ -990,863 +990,863 @@
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="3">
         <v>24370008237</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48927001700010</v>
+        <v>31184406200035</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>24450236845</v>
+        <v>23760007876</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>31184406200035</v>
+        <v>31807145300019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>23760007876</v>
+        <v>31590021959</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39408789400108</v>
+        <v>31807145300076</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>40</v>
-      </c>
-[...5 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>11750273493</v>
+        <v>31590021959</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>31807145300019</v>
+        <v>31807145300134</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3">
         <v>31590021959</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31807145300076</v>
+        <v>31807145300167</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
         <v>31590021959</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31807145300134</v>
+        <v>33897756400016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>31590021959</v>
+        <v>31590674059</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>31807145300167</v>
+        <v>34396218900027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I12" s="3">
-        <v>31590021959</v>
+        <v>72640048164</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>33897756400016</v>
+        <v>34937334000018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="I13" s="3">
-        <v>31590674059</v>
+        <v>93130297513</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34396218900027</v>
+        <v>34943244300043</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>72640048164</v>
+        <v>43250012425</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>34937334000018</v>
+        <v>38036912400017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>93130297513</v>
+        <v>91340190634</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>34943244300043</v>
+        <v>38152268900011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>43250012425</v>
+        <v>21510015851</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38036912400017</v>
+        <v>39408789400108</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="I17" s="3">
-        <v>91340190634</v>
+        <v>11750273493</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38152268900011</v>
+        <v>41047508100015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>21510015851</v>
+        <v>26210346921</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41047508100015</v>
+        <v>41398430300029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I19" s="3">
-        <v>26210346921</v>
+        <v>25140137614</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41398430300029</v>
+        <v>42100372400034</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>25140137614</v>
+        <v>98970227397</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>42100372400034</v>
+        <v>42100372400042</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
         <v>98970227397</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42100372400042</v>
+        <v>42196824900019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="I22" s="3">
-        <v>98970227397</v>
+        <v>41570177957</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>42196824900019</v>
+        <v>42196824900027</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="I23" s="3">
         <v>41570177957</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>42196824900027</v>
+        <v>42265862500047</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="I24" s="3">
-        <v>41570177957</v>
+        <v>91300251330</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>42265862500047</v>
+        <v>42342650100015</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>42342650100015</v>
+        <v>48121631500046</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="I26" s="3">
+        <v>82691021669</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>48121631500046</v>
+        <v>48927001700010</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="I27" s="3">
-        <v>82691021669</v>
+        <v>24450236845</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>49182702800011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
@@ -1940,51 +1940,51 @@
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>77807079700049</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="I31" s="3">
         <v>74870000187</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>78061259400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
@@ -2014,88 +2014,88 @@
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>78261518100024</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="I33" s="3">
         <v>93060005706</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>78428109900043</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="I34" s="3">
         <v>11750111975</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>79296161700018</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
@@ -2125,51 +2125,51 @@
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>80146893500011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="I36" s="3">
         <v>94202083420</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2234,31 +2234,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 16:14:19</dc:description>
+  <dc:description>Export en date du 03/23/2026 08:18:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>