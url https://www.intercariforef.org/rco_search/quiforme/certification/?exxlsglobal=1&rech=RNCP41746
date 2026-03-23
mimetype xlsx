--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -2234,31 +2234,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/23/2026 08:18:59</dc:description>
+  <dc:description>Export en date du 03/23/2026 09:54:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>