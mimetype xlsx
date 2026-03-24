--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -82,156 +82,156 @@
   <si>
     <t>ETS PUBLIC LOCAL D'ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLES ET AGRO ALIMENTAIRES SAINT LO THERE</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNEMENT GENERAL TECHNOLOGIQUE AGRICOLE</t>
   </si>
   <si>
     <t>LE HOMMET D'ARTENAY 50620 PONT-HEBERT</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>2550P003050</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE BOURGOGNE ET FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>12 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
     <t>F2O FORMATION ORGANISATION</t>
   </si>
   <si>
     <t>ESPACE DMCI 31 RUE LAURE DIEBOLD 69009 LYON</t>
   </si>
   <si>
     <t>16/06/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>INST FORM REG INDUST AGRO ALIMENT AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
+    <t>IFRIA NORD PAS DE CALAIS - PICARDIE</t>
+  </si>
+  <si>
+    <t>18 RUE ARTHUR DELOBELLE 62223 ATHIES</t>
+  </si>
+  <si>
+    <t>26/09/2024</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
   </si>
   <si>
     <t>MOULIN DES LANDES 5 RUE PIERRE TREMINTIN 29000 QUIMPER</t>
   </si>
   <si>
     <t>26/03/2015</t>
   </si>
   <si>
     <t>INST FORMA REGION INDUS AGRO ALIMEN PACA</t>
   </si>
   <si>
     <t>FOOD IN PACA 885 CHEMIN DE LA FORET 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES OCCITANIE</t>
   </si>
   <si>
     <t>BUSINESS PARK BAT 1C 137 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>ALQUAL CONSEIL ET EXPERTISE (ALIMENTAIRE QUALITE CONSEIL ET EXPERTISE)</t>
   </si>
   <si>
     <t>CAREP 3 57 SQUARE EUGENE HERZOG 54390 FROUARD</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>23 B RUE DE LA GARE 56690 LANDEVANT</t>
   </si>
   <si>
     <t>03/07/2024</t>
   </si>
   <si>
-    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE BOURGOGNE ET FRANCHE-COMTE</t>
-[...7 lines deleted...]
-  <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>CS80013 37 AVENUE DU DOCTEUR ALBERT SCHWEITZER 33600 PESSAC</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CECOP-RH</t>
   </si>
   <si>
     <t>HORIZON 2000 MACH 2 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
   </si>
   <si>
     <t>23/06/2016</t>
   </si>
   <si>
     <t>70.22Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>26/09/2024</t>
   </si>
   <si>
     <t>OCAPIAT</t>
   </si>
   <si>
     <t>CS 60742 153 RUE DE LA POMPE 75016 PARIS</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -687,447 +687,447 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39152793400064</v>
+        <v>42412236400039</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>82690401069</v>
+        <v>27210362821</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39329874000027</v>
+        <v>39152793400064</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>82690413569</v>
+        <v>82690401069</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41093664500044</v>
+        <v>39329874000027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>53290768029</v>
+        <v>82690413569</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41279079200037</v>
+        <v>39876749100044</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I6" s="3">
-        <v>93840173884</v>
+        <v>31590340059</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41330478300066</v>
+        <v>41093664500044</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>91340355834</v>
+        <v>53290768029</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42024773600101</v>
+        <v>41279079200037</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>22020081402</v>
+        <v>93840173884</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42024773600127</v>
+        <v>41330478300066</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>22020081402</v>
+        <v>91340355834</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42412236400039</v>
+        <v>42024773600101</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="I10" s="3">
-        <v>27210362821</v>
+        <v>22020081402</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>45019707400039</v>
+        <v>42024773600127</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I11" s="3">
-        <v>72330648833</v>
+        <v>22020081402</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>79367441700035</v>
+        <v>45019707400039</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I12" s="3">
-        <v>23760537276</v>
+        <v>72330648833</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39876749100044</v>
+        <v>79367441700035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="I13" s="3">
-        <v>31590340059</v>
+        <v>23760537276</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>84475200600024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
@@ -1181,31 +1181,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 14:53:35</dc:description>
+  <dc:description>Export en date du 03/24/2026 14:21:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>