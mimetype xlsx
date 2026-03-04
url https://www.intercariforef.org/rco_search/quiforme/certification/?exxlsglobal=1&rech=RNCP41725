--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -76,96 +76,96 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>ECOLE D'ARTS APPLIQUES</t>
   </si>
   <si>
     <t>34 BOULEVARD DU GRAND CERF 86000 POITIERS</t>
   </si>
   <si>
     <t>30/04/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AUTOGRAF</t>
+  </si>
+  <si>
+    <t>35 RUE SAINT-BLAISE 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2000</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ECOLE EUROPEENNE GRAPHISME PUBLICITAIRE</t>
+  </si>
+  <si>
+    <t>SARL EUROGRAPHIC</t>
+  </si>
+  <si>
+    <t>SAINT SYLVAIN D'ANJOU 3 RUE ROSE NED NAOMI 49112 VERRIERES-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>21/08/2017</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>AFIP FORMATIONS</t>
   </si>
   <si>
     <t>AFIP</t>
   </si>
   <si>
     <t>40 RUE DES ANTONINS 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>AUVERGNE FORMATION</t>
   </si>
   <si>
     <t>EAF</t>
   </si>
   <si>
     <t>2 ALL GROUPE N BOURBAKI 63170 AUBIERE</t>
-  </si>
-[...22 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ACE EDUCATION</t>
   </si>
   <si>
     <t>16-20- 16 RUE PETRARQUE 75016 PARIS</t>
   </si>
   <si>
     <t>26/08/2021</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>CAMPUS SUD DES METIERS 13 AVENUE SIMONE VEIL 06200 NICE</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>ESDAC HOLDING</t>
   </si>
@@ -700,830 +700,818 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>75860167686</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>43261313100049</v>
+        <v>32520687800044</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>82690688169</v>
+        <v>11753344975</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>52425048700021</v>
+        <v>38169745700079</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>83630410763</v>
+        <v>52490336349</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>32520687800044</v>
+        <v>43261313100049</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11753344975</v>
+        <v>82690688169</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38169745700079</v>
+        <v>52425048700021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>52490336349</v>
+        <v>83630410763</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83102401300029</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>83102401300086</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>11756779175</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>85159215400047</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>11756818175</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>85159215400062</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>85159215400070</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85159215400088</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
         <v>11756818175</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>85159215400096</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
         <v>11756818175</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>85159215400104</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>11756818175</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>85159215400112</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>85159215400120</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
         <v>11756818175</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>85159215400138</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I17" s="3">
         <v>11756818175</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>85159215400146</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
         <v>11756818175</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>85159215400153</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
         <v>11756818175</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>85159215400179</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>85159215400187</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I21" s="3">
         <v>11756818175</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>85159215400195</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>62</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>89371474100020</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I23" s="3">
         <v>84730230773</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1551,31 +1539,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 21:16:37</dc:description>
+  <dc:description>Export en date du 03/04/2026 20:53:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>