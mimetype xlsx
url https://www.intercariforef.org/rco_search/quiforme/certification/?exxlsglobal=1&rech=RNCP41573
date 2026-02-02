--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -280,78 +280,84 @@
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
+  </si>
+  <si>
+    <t>BTP CFA GRAND EST</t>
+  </si>
+  <si>
+    <t>ZAC DU BREUIL RUE NICOLAS PIERSON 54700 PONT-A-MOUSSON</t>
+  </si>
+  <si>
+    <t>01/09/1975</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
@@ -711,51 +717,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1492,224 +1498,259 @@
         <v>86</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>93810656400017</v>
+        <v>78334702400052</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="I24" s="3">
-        <v>27250387225</v>
+        <v>41540042054</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>93827139200012</v>
+        <v>93810656400017</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D25" s="2"/>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
+        <v>27250387225</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M25" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I26" s="3">
         <v>76311365631</v>
       </c>
-      <c r="J25" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M25" s="2" t="s">
+      <c r="J26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -1723,31 +1764,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 09:51:23</dc:description>
+  <dc:description>Export en date du 02/02/2026 09:42:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>