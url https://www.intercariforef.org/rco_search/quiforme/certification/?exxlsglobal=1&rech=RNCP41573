--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1764,31 +1764,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 09:42:40</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:20:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>