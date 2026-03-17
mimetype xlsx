--- v0 (2026-01-11)
+++ v1 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -433,53 +433,50 @@
   <si>
     <t>UNIVERSITE DE TOULON</t>
   </si>
   <si>
     <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
   </si>
   <si>
     <t>9383P002683</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
@@ -509,50 +506,62 @@
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>FORMA-SUP SAVOIE MONT BLANC</t>
+  </si>
+  <si>
+    <t>ANNECY-LE-VIEUX 5 CHE DE BELLEVUE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>19/05/2022</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
@@ -933,51 +942,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M51"/>
+  <dimension ref="A1:M52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2382,522 +2391,557 @@
         <v>137</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="E42" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="E43" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3">
         <v>32590996759</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>93810656400017</v>
+        <v>44072836800026</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="I47" s="3">
-        <v>27250387225</v>
+        <v>84740379274</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>93823061200013</v>
+        <v>93810656400017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3">
-        <v>27210481021</v>
+        <v>27250387225</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>93827139200012</v>
+        <v>93823061200013</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>172</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="3">
-        <v>76311365631</v>
+        <v>27210481021</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>93850168100010</v>
+        <v>93827139200012</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="3">
-        <v>84420455442</v>
+        <v>76311365631</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>94129831700012</v>
+        <v>93850168100010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="3">
+        <v>84420455442</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L51" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M51" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13">
+      <c r="A52" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I52" s="3">
         <v>53291016929</v>
       </c>
-      <c r="J51" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M51" s="2" t="s">
+      <c r="J52" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L52" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2911,31 +2955,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 17:30:03</dc:description>
+  <dc:description>Export en date du 03/17/2026 04:20:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>