--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -58,87 +58,87 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>AGIFOPEC</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA TUILERIE 38170 SEYSSINET-PARISET</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ADEFEAP</t>
+  </si>
+  <si>
+    <t>21 RUE MERLET DE LABOULAYE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/09/1977</t>
+  </si>
+  <si>
     <t>CREFI</t>
   </si>
   <si>
     <t>ATALANTE 1 ENTREE C 1 AVENUE MARCELLIN BERTHELOT 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/09/1977</t>
   </si>
   <si>
     <t>ASS RENOVATION ETAABLISSEMENTS SCOLAIRES</t>
   </si>
   <si>
     <t>10 RUE DU PROGRES 93100 MONTREUIL</t>
   </si>
   <si>
     <t>03/03/2021</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CONFEDERATION DE L'ENSEIGNEMENT PRIVE NON LUCRATIF</t>
   </si>
   <si>
     <t>277 RUE SAINT-JACQUES 75005 PARIS</t>
   </si>
   <si>
     <t>20/12/2018</t>
   </si>
 </sst>
 </file>
 
@@ -564,154 +564,154 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40405415700049</v>
+        <v>30876550200023</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>52440252744</v>
+        <v>82380266938</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>30876550200023</v>
+        <v>31914982900016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>82380266938</v>
+        <v>52490107549</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>31914982900016</v>
+        <v>40405415700049</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I4" s="3">
-        <v>52490107549</v>
+        <v>52440252744</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>78426310500040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
@@ -799,31 +799,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 02:22:52</dc:description>
+  <dc:description>Export en date du 02/04/2026 11:35:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>