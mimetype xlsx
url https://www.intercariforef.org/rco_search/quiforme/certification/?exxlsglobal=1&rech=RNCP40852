--- v0 (2025-12-26)
+++ v1 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -115,62 +115,68 @@
   <si>
     <t>18/01/1988</t>
   </si>
   <si>
     <t>5416P000416</t>
   </si>
   <si>
     <t>EPLEFPA AGROCAMPUS DE SAINTONGE</t>
   </si>
   <si>
     <t>LEGTA GEORGES DESCLAUDE - SAINTES</t>
   </si>
   <si>
     <t>RUE GEORGES DESCLAUDE 17100 SAINTES</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5417P000517</t>
   </si>
   <si>
     <t>ETS PUB LOCAL ENS FORMATION PRO AGRI...</t>
   </si>
   <si>
+    <t>CTRE FORMATION PROF PROMOTION AGRICOLE</t>
+  </si>
+  <si>
+    <t>16 AVENUE CHARLES JAFFELIN 21200 BEAUNE</t>
+  </si>
+  <si>
+    <t>04/08/1977</t>
+  </si>
+  <si>
+    <t>2621P000821</t>
+  </si>
+  <si>
     <t>CENTRE DE FROMATION D'APPRENTIS VITICOLE</t>
   </si>
   <si>
-    <t>16 AVENUE CHARLES JAFFELIN 21200 BEAUNE</t>
-[...1 lines deleted...]
-  <si>
     <t>01/01/1981</t>
   </si>
   <si>
-    <t>2621P000821</t>
-[...1 lines deleted...]
-  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU PERIGORD</t>
   </si>
   <si>
     <t>LEGTPA PERIGUEUX</t>
   </si>
   <si>
     <t>DOMAINE PEYROUSE AVENUE WINSTON CHURCHILL 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>7224P004224</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NIMES-RODILHAN</t>
   </si>
   <si>
     <t>LEGTA DE NIMES-RODILHAN</t>
   </si>
   <si>
     <t>DOMAINE DE DONADILLE CHEM DES CANAUX 30230 RODILHAN</t>
   </si>
   <si>
     <t>9130P031930</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION AGRICOLE MIRANDE-RISCLE</t>
@@ -220,50 +226,65 @@
   <si>
     <t>LA PLAINE 37230 FONDETTES</t>
   </si>
   <si>
     <t>12/04/1984</t>
   </si>
   <si>
     <t>2437P000937</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE D'AMBOISE-CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE ET VITICOLE DE LA GABILLIERE</t>
   </si>
   <si>
     <t>46 AVENUE EMILE GOUNIN 37400 AMBOISE</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>2437P001537</t>
   </si>
   <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>CFPPA DE LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>614 AVENUE EDGAR FAURE 39570 MONTMOROT</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>4339P000839</t>
+  </si>
+  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE FIGEAC</t>
   </si>
   <si>
     <t>LEGTA DE FIGEAC</t>
   </si>
   <si>
     <t>DOMAINE DE LA VINADIE LA VINADIE 46100 FIGEAC</t>
   </si>
   <si>
     <t>7346P000446</t>
   </si>
   <si>
     <t>CFPPA DU LOT</t>
   </si>
   <si>
     <t>AVENUE DE LA GARENNE 46500 GRAMAT</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DU LOT ET GARONNE</t>
   </si>
   <si>
     <t>LEGTA ETIENNE RESTAT</t>
@@ -277,153 +298,162 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PAU MONTARDON</t>
   </si>
   <si>
     <t>LEGTA DE PAU-MONTARDON</t>
   </si>
   <si>
     <t>AGROCAMPUS 64 ROUTE DE PAU 64121 MONTARDON</t>
   </si>
   <si>
     <t>7264P006064</t>
   </si>
   <si>
     <t>EPLEFPA PERPIGNAN-ROUSSILLON</t>
   </si>
   <si>
     <t>LYCEE TECH AGRICOLE</t>
   </si>
   <si>
     <t>ROUTE NATIONALE 114 66200 THEZA</t>
   </si>
   <si>
     <t>9166P015966</t>
   </si>
   <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>BD DES PYRENEES 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>17/10/1995</t>
+  </si>
+  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BELLEVILLE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE DE BELLEVILLE</t>
   </si>
   <si>
     <t>394 RTE HENRI FESSY 69220 BELLEVILLE-EN-BEAUJOLAIS</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>CFPPA DES PAYS DE L'AUDE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE PETITE CAMARGUE</t>
   </si>
   <si>
     <t>MFR DU PAYS DE LUNEL 30360 VEZENOBRES</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
     <t>ALTER EGO CONSEIL</t>
   </si>
   <si>
     <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
   </si>
   <si>
     <t>29/03/2019</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
+  </si>
+  <si>
+    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
   </si>
   <si>
     <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU LIBOURNAIS</t>
   </si>
   <si>
     <t>LIEU DIT LA TOUR BLANCHE 33230 LES EGLISOTTES-ET-CHALAURES</t>
   </si>
   <si>
     <t>MAISON FAMILIALE DU MEDOC</t>
   </si>
   <si>
     <t>33340 SAINT-YZANS-DE-MEDOC</t>
   </si>
   <si>
     <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
   </si>
   <si>
     <t>11 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/1988</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...28 lines deleted...]
-    <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DES GARRIGUES DU PIC SAINT LOUP</t>
   </si>
   <si>
     <t>377 CHEMIN DE FARJOU 34270 CLARET</t>
   </si>
   <si>
     <t>08/12/2020</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
 </sst>
 </file>
 
@@ -783,51 +813,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M31"/>
+  <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -966,1070 +996,1187 @@
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19210036000036</v>
+        <v>19210036000028</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19240023200018</v>
+        <v>19210036000036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19300139300019</v>
+        <v>19240023200018</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19320557200020</v>
+        <v>19300139300019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19331424200010</v>
+        <v>19320557200020</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19340128800074</v>
+        <v>19331424200010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F10" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19370781700030</v>
+        <v>19340128800074</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19370878100029</v>
+        <v>19370781700030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19460490600017</v>
+        <v>19370878100029</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19460490600082</v>
+        <v>19390810000020</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19470019100019</v>
+        <v>19460490600017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19640220000014</v>
+        <v>19460490600082</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19660699000014</v>
+        <v>19470019100019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19690275300017</v>
+        <v>19640220000014</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I18" s="3">
-        <v>84691511169</v>
+      <c r="I18" s="3" t="s">
+        <v>89</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>20000746600051</v>
+        <v>19660699000014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>35267239800026</v>
+        <v>19660699000048</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>91300340030</v>
+        <v>18</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>93</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45239747400043</v>
+        <v>19690275300017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
-        <v>72330645133</v>
+        <v>84691511169</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77939329700014</v>
+        <v>20000746600051</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>82260161826</v>
+        <v>18</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>104</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78189192400016</v>
+        <v>31138229500013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="3">
-        <v>72330480833</v>
+        <v>72400086640</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78200896500017</v>
+        <v>33778074600018</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="3">
-        <v>75331145733</v>
+        <v>54160068816</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78485493700033</v>
+        <v>35267239800026</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="I25" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I25" s="3">
+        <v>91300340030</v>
+      </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>31138229500013</v>
+        <v>41479762100011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>72400086640</v>
+        <v>72330001333</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>33778074600018</v>
+        <v>45239747400043</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>54160068816</v>
+        <v>72330645133</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41479762100011</v>
+        <v>77719323600018</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>72330001333</v>
+        <v>73810014281</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77719323600018</v>
+        <v>77939329700014</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="3">
-        <v>73810014281</v>
+        <v>82260161826</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82328123300028</v>
+        <v>78189192400016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
-        <v>76340958234</v>
+        <v>72330480833</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82477102600021</v>
+        <v>78200896500017</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
+        <v>75331145733</v>
+      </c>
+      <c r="J31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M31" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" s="1">
+        <v>78485493700033</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I32" s="3"/>
+      <c r="J32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M32" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" s="1">
+        <v>82328123300028</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="I33" s="3">
+        <v>76340958234</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L33" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" s="1">
+        <v>82477102600021</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="I34" s="3">
         <v>75331055633</v>
       </c>
-      <c r="J31" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M31" s="2" t="s">
+      <c r="J34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M34" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2043,31 +2190,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 08:38:00</dc:description>
+  <dc:description>Export en date du 02/15/2026 18:27:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>