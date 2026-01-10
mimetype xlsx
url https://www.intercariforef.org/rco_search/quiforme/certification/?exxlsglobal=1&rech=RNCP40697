--- v0 (2025-11-24)
+++ v1 (2026-01-10)
@@ -73,72 +73,72 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ARTEMISIA</t>
+  </si>
+  <si>
+    <t>9 B RUE BELLOT 75019 PARIS</t>
+  </si>
+  <si>
+    <t>17/08/1999</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
   </si>
   <si>
     <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
   </si>
   <si>
     <t>15/10/2007</t>
-  </si>
-[...13 lines deleted...]
-    <t>17/08/1999</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>75 BOULEVARD DU MARECHAL FOCH 54520 LAXOU</t>
   </si>
   <si>
     <t>SKOOL N'JOB</t>
   </si>
@@ -608,108 +608,108 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>45398962600032</v>
+        <v>42081677900029</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>72240122924</v>
+        <v>11753095575</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42081677900029</v>
+        <v>45398962600032</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="3">
-        <v>11753095575</v>
+        <v>72240122924</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
@@ -882,31 +882,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 21:00:50</dc:description>
+  <dc:description>Export en date du 01/10/2026 22:36:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>