--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -646,168 +646,168 @@
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>IFIR ARL (AIN-RHONE-LOIRE)</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
-    <t>IFIR ARL (AIN-RHONE-LOIRE)</t>
-[...46 lines deleted...]
-  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
-[...5 lines deleted...]
-    <t>29/05/2015</t>
+    <t>TROYES AUBE FORMATION</t>
+  </si>
+  <si>
+    <t>YSCHOOLS GROUPE ESC TROYESA</t>
+  </si>
+  <si>
+    <t>217 AVENUE PIERRE BROSSOLETTE 10000 TROYES</t>
+  </si>
+  <si>
+    <t>13/12/2010</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ICEP</t>
   </si>
   <si>
     <t>1 RUE RENE CASSIN 14280 SAINT-CONTEST</t>
   </si>
   <si>
     <t>02/07/2020</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
@@ -2566,51 +2566,51 @@
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
         <v>27210429021</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>13002980400072</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="2" t="s">
@@ -3020,53 +3020,51 @@
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>154</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18530044900062</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
@@ -3654,554 +3652,554 @@
       <c r="F62" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>209</v>
       </c>
       <c r="I62" s="3">
         <v>98970017797</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>45235951600021</v>
+        <v>30340844700033</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="I63" s="3">
-        <v>11910566091</v>
+        <v>22800001380</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>38134879600024</v>
+        <v>30804972500036</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I64" s="3">
-        <v>82690331669</v>
+        <v>24180039818</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>38980220800014</v>
+        <v>38134879600024</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="I65" s="3">
-        <v>72470033047</v>
+        <v>82690331669</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>41058110200010</v>
+        <v>38980235600011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="I67" s="3">
-        <v>72330424333</v>
+        <v>72470032947</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>42417546100021</v>
+        <v>48998104300024</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="I68" s="3">
-        <v>52440404744</v>
+        <v>27250353625</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>42417546100096</v>
+        <v>41058110200010</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="I69" s="3">
-        <v>52440404744</v>
+        <v>72330424333</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>50876465100024</v>
+        <v>42417546100021</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I70" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>50876465100032</v>
+        <v>42417546100096</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I71" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>48998104300024</v>
+        <v>45235951600021</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I72" s="3">
-        <v>27250353625</v>
+        <v>11910566091</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>53379925000014</v>
+        <v>50876465100024</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="I73" s="3">
-        <v>72400095540</v>
+        <v>27210417621</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>52917534100013</v>
+        <v>50876465100032</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D74" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I74" s="3">
-        <v>21100073310</v>
+        <v>27210417621</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>30340844700033</v>
+        <v>52917534100013</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D75" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="I75" s="3">
-        <v>22800001380</v>
+        <v>21100073310</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>30804972500036</v>
+        <v>53379925000014</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="I76" s="3">
-        <v>24180039818</v>
+        <v>72400095540</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D77" s="2"/>
@@ -4892,31 +4890,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 09:45:49</dc:description>
+  <dc:description>Export en date du 02/15/2026 11:59:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>