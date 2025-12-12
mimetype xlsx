--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -14,521 +14,545 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>4 RUE BLAISE PASCAL 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>18/08/2008</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'AIX MARSEILLE</t>
+  </si>
+  <si>
+    <t>58 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LORRAINE</t>
+  </si>
+  <si>
+    <t>34 COURS LEOPOLD 54000 NANCY</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE LA PREFECTURE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/12/2016</t>
+  </si>
+  <si>
+    <t>UNIVERSITE POLYTECHNIQUE HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>UNIV VALENCIEN MONT HOUY 59300 AULNOY-LEZ-VALENCIENNES</t>
+  </si>
+  <si>
+    <t>11/09/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DES SCIENCES APPLIQUEES HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS-SACLAY</t>
+  </si>
+  <si>
+    <t>BATIMENT BREGUET 3 RUE JOLIOT-CURIE 91190 GIF-SUR-YVETTE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>75 RUE SAINT ROCH 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>7331P006331</t>
+  </si>
+  <si>
+    <t>CFA DE L'ACADEMIE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>135 RUE DE PERIOLE 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>GIP AUVERGNE</t>
+  </si>
+  <si>
+    <t>43 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/02/2003</t>
+  </si>
+  <si>
+    <t>8363P004763</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
+  </si>
+  <si>
+    <t>URMA - CENTRE DE FORMATION DE ST GILLES LES HAUTS</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>LA ROCHELLE UNIVERSITE</t>
+  </si>
+  <si>
+    <t>UNIVERSITE LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>23 AVENUE ALBERT EINSTEIN 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>28/01/1993</t>
+  </si>
+  <si>
+    <t>5417P001817</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES 2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE TOURS</t>
+  </si>
+  <si>
+    <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
+  </si>
+  <si>
+    <t>04/06/2012</t>
+  </si>
+  <si>
+    <t>2437P000437</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUCANSON</t>
+  </si>
+  <si>
+    <t>GRETA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>27 RUE ANATOLE FRANCE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>8238P001538</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE HAUTE ALSACE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION APPRENTIS UNIVERSITAIRE ALSACE</t>
+  </si>
+  <si>
+    <t>16 RUE DE LA FONDERIE 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>05/06/2018</t>
+  </si>
+  <si>
+    <t>4268P000368</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
+  </si>
+  <si>
+    <t>GRETA GPI2D</t>
+  </si>
+  <si>
+    <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>1175P007075</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE PARIS</t>
+  </si>
+  <si>
+    <t>33 RUE WURTZ 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE D OPTIQUE DE L OUEST</t>
+  </si>
+  <si>
+    <t>10 RUE ALEXANDRE FLEMING 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>ECPM</t>
+  </si>
+  <si>
+    <t>NEOSUP</t>
+  </si>
+  <si>
+    <t>PARC TECNOSUD 283 RUE JAMES WATT 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMASUP MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>19 RUE DE BAYARD 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/07/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>9 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>18/01/2011</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PASSERELLE 34 B AVENUE DE GRUGLIASCO 38130 ECHIROLLES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
+  </si>
+  <si>
+    <t>BAT. 14 14 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>PROGRESS SUP</t>
+  </si>
+  <si>
+    <t>PROGRESS SANTE</t>
+  </si>
+  <si>
+    <t>N°15 AU 17 15 RUE LOUIS BLANC 75010 PARIS</t>
+  </si>
+  <si>
+    <t>04/09/2006</t>
+  </si>
+  <si>
+    <t>5 RUE BERLIOZ 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE FREDERIC JOLIOT-CURIE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2021</t>
+  </si>
+  <si>
     <t>SUP SANTE</t>
   </si>
   <si>
     <t>64 B RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...23 lines deleted...]
-    <t>01/10/2006</t>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD SOLFERINO 35000 RENNES</t>
+  </si>
+  <si>
+    <t>05/10/2009</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>323 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
+    <t>PREMIUM FORMATION</t>
+  </si>
+  <si>
+    <t>POLE LATOUR MAUBOURG 72 AVENUE DE ROMANS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>21/02/2013</t>
+  </si>
+  <si>
+    <t>INSTITUT DES SCIENCES DE LA VISION FORMATION OU ISV FORMATION</t>
+  </si>
+  <si>
+    <t>24 RUE DE ROBINSON 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT ET CAMPUS D'OPTIQUE</t>
+  </si>
+  <si>
+    <t>134 ROUTE DE CHARTRES 91440 BURES-SUR-YVETTE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>64 RUE SAINT-ETIENNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>03/09/2012</t>
   </si>
   <si>
     <t>CFH</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE FAUGIER</t>
   </si>
   <si>
     <t>19 RUE RENE THOMAS 38000 GRENOBLE</t>
   </si>
   <si>
     <t>04/05/2017</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...274 lines deleted...]
-  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANCY</t>
   </si>
   <si>
     <t>34 RUE STANISLAS 54000 NANCY</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
-    <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
-[...16 lines deleted...]
-  <si>
     <t>L.E.P. PRIVE SAINT-ANDRE</t>
   </si>
   <si>
     <t>1 RUE DE L'EGLISE 57840 OTTANGE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...7 lines deleted...]
-  <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR EN OPTIQUE LUNETTERIE, CESOL</t>
   </si>
   <si>
     <t>39 BOULEVARD ALBERT EINSTEIN 44300 NANTES</t>
   </si>
   <si>
     <t>01/09/2018</t>
-  </si>
-[...49 lines deleted...]
-    <t>33 RUE WURTZ 75013 PARIS</t>
   </si>
   <si>
     <t>ECOLE D'OPTIQUE 3.0</t>
   </si>
   <si>
     <t>ECOLE D'OPTIQUE - LUNETTERIE DE LILLE</t>
   </si>
   <si>
     <t>BUSINESS RDC BAT. EKLA 78 RUE DE LA CHAUDE RIVIERE 59800 LILLE</t>
   </si>
   <si>
     <t>01/08/2020</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
   <si>
     <t>13 RUE DES DOCKS REMOIS 51450 BETHENY</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
@@ -909,51 +933,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M47"/>
+  <dimension ref="A1:M49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -975,1774 +999,1850 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>32898474500104</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>41197343100033</v>
+        <v>13000460900017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>11910788191</v>
+        <v>52490236949</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42813525500050</v>
+        <v>13000545700010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>32590996759</v>
+        <v>42670409067</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>42965896600024</v>
+        <v>13001533200013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>84380675138</v>
+        <v>93131411013</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43256926700029</v>
+        <v>13001550600012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I6" s="3">
-        <v>73310371931</v>
+        <v>41540301854</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43328538400023</v>
+        <v>13002280900011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>82690727769</v>
+        <v>53351000435</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>43328538400031</v>
+        <v>13002574500014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I8" s="3">
-        <v>82690727769</v>
+        <v>32591012359</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>11004401300040</v>
+        <v>13002575200010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I9" s="3">
+        <v>32591020159</v>
+      </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13000460900017</v>
+        <v>13002602400054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>52490236949</v>
+        <v>11910861991</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13000545700010</v>
+        <v>18310907300027</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13001533200013</v>
+        <v>18310907300068</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>93131411013</v>
+        <v>52</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>49</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>13001550600012</v>
+        <v>18630909200010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>41540301854</v>
+        <v>48</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>13002280900011</v>
+        <v>18974011100167</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="I14" s="3">
-        <v>53351000435</v>
+        <v>98970229897</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>13002574500014</v>
+        <v>19170032700015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>32591012359</v>
+        <v>27</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>65</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>13002575200010</v>
+        <v>19270016900027</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>66</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
-        <v>32591020159</v>
+        <v>28270198127</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>13002602400054</v>
+        <v>19370800500478</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11910861991</v>
+        <v>27</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>18310907300027</v>
+        <v>19380033100020</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>74</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>18310907300068</v>
+        <v>19594403800205</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>18630909200010</v>
+        <v>19681166500393</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>18974011100167</v>
+        <v>19750712200046</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>98970229897</v>
+        <v>48</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>92</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19170032700015</v>
+        <v>34806572300044</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>27</v>
+      </c>
+      <c r="I22" s="3">
+        <v>11753179275</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19270016900027</v>
+        <v>38246285100025</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I23" s="3">
-        <v>28270198127</v>
+        <v>52490304249</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19370800500478</v>
+        <v>39254661000032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>98</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>102</v>
+      </c>
+      <c r="I24" s="3">
+        <v>91660100366</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19380033100020</v>
+        <v>39391439500057</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>48</v>
+      </c>
+      <c r="I25" s="3">
+        <v>93130972313</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19594403800205</v>
+        <v>41197343100033</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>27</v>
+      </c>
+      <c r="I26" s="3">
+        <v>11910788191</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19750712200046</v>
+        <v>42813525500050</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>27</v>
+      </c>
+      <c r="I27" s="3">
+        <v>32590996759</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44895270500037</v>
+        <v>43256926700029</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>52440420844</v>
+        <v>73310371931</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48264727800035</v>
+        <v>43328538400023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D29" s="2" t="s">
         <v>115</v>
       </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>11755950875</v>
+        <v>82690727769</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48264727800043</v>
+        <v>43328538400031</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>11755950875</v>
+        <v>82690727769</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>49042877800032</v>
+        <v>44895270500037</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>93131233313</v>
+        <v>52440420844</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49937783600022</v>
+        <v>48264727800035</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>41540260854</v>
+        <v>11755950875</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>50219577900025</v>
+        <v>48264727800043</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>53350842335</v>
+        <v>11755950875</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>75186095800022</v>
+        <v>49042877800032</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>82420244642</v>
+        <v>93131233313</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78001478300010</v>
+        <v>32898474500104</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="I35" s="3">
-        <v>41570053657</v>
+        <v>11751601275</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78517491300018</v>
+        <v>50219577900025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>11910010691</v>
+        <v>53350842335</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>80413148000027</v>
+        <v>51213263000058</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>52440729744</v>
+        <v>72330773933</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51213263000058</v>
+        <v>51418826700025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="I38" s="3">
-        <v>72330773933</v>
+        <v>82260175626</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>51418826700025</v>
+        <v>75186095800022</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
-        <v>82260175626</v>
+        <v>82420244642</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>52037299600030</v>
+        <v>78517491300018</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>31590740959</v>
+        <v>11910010691</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>38246285100025</v>
+        <v>52037299600030</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>52490304249</v>
+        <v>31590740959</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39254661000032</v>
+        <v>42965896600024</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="I42" s="3">
-        <v>91660100366</v>
+        <v>84380675138</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>34806572300044</v>
+        <v>49937783600022</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I43" s="3">
-        <v>11753179275</v>
+        <v>41540260854</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>85359997500028</v>
+        <v>78001478300010</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I44" s="3">
-        <v>32591003559</v>
+        <v>41570053657</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>91018960400010</v>
+        <v>80413148000027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="I45" s="3">
-        <v>44510223751</v>
+        <v>52440729744</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>93249157400012</v>
+        <v>85359997500028</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>165</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>166</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I46" s="3">
-        <v>76300582030</v>
+        <v>32591003559</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>93810656400017</v>
+        <v>91018960400010</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I47" s="3">
+        <v>44510223751</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L47" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M47" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
+      <c r="A48" s="1">
+        <v>93249157400012</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I48" s="3">
+        <v>76300582030</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L48" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M48" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="1">
+        <v>93810656400017</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I49" s="3">
         <v>27250387225</v>
       </c>
-      <c r="J47" s="2" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="J49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M49" s="2" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2755,31 +2855,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/24/2025 17:16:17</dc:description>
+  <dc:description>Export en date du 12/13/2025 00:09:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>