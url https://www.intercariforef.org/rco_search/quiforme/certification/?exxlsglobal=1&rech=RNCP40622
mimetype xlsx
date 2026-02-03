--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -295,255 +295,255 @@
   <si>
     <t>16 RUE DE LA FONDERIE 68100 MULHOUSE</t>
   </si>
   <si>
     <t>05/06/2018</t>
   </si>
   <si>
     <t>4268P000368</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
   </si>
   <si>
     <t>GRETA GPI2D</t>
   </si>
   <si>
     <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
   </si>
   <si>
     <t>01/09/1995</t>
   </si>
   <si>
     <t>1175P007075</t>
   </si>
   <si>
+    <t>ECPM</t>
+  </si>
+  <si>
+    <t>NEOSUP</t>
+  </si>
+  <si>
+    <t>PARC TECNOSUD 283 RUE JAMES WATT 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMASUP MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
+  </si>
+  <si>
+    <t>43 RUE FREDERIC JOLIOT-CURIE 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2021</t>
+  </si>
+  <si>
+    <t>INSTITUT DES SCIENCES DE LA VISION FORMATION OU ISV FORMATION</t>
+  </si>
+  <si>
+    <t>24 RUE DE ROBINSON 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>SUP SANTE</t>
+  </si>
+  <si>
+    <t>64 B RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE PARIS</t>
   </si>
   <si>
     <t>33 RUE WURTZ 75013 PARIS</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE D OPTIQUE DE L OUEST</t>
   </si>
   <si>
     <t>10 RUE ALEXANDRE FLEMING 49000 ANGERS</t>
   </si>
   <si>
-    <t>ECPM</t>
-[...22 lines deleted...]
-  <si>
     <t>UNION UNIVERSITE ECONOMIE</t>
   </si>
   <si>
     <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
   </si>
   <si>
     <t>22/11/2023</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
+    <t>CFH</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE FAUGIER</t>
+  </si>
+  <si>
+    <t>19 RUE RENE THOMAS 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>04/05/2017</t>
+  </si>
+  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE TOULOUSE</t>
   </si>
   <si>
     <t>19 RUE DE BAYARD 31000 TOULOUSE</t>
   </si>
   <si>
     <t>22/07/2014</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE LYON</t>
   </si>
   <si>
     <t>9 AVENUE LECLERC 69007 LYON</t>
   </si>
   <si>
     <t>18/01/2011</t>
   </si>
   <si>
     <t>IMMEUBLE PASSERELLE 34 B AVENUE DE GRUGLIASCO 38130 ECHIROLLES</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
   </si>
   <si>
     <t>BAT. 14 14 RUE DE LA RAINIERE 44300 NANTES</t>
   </si>
   <si>
     <t>PROGRESS SUP</t>
   </si>
   <si>
     <t>PROGRESS SANTE</t>
   </si>
   <si>
     <t>N°15 AU 17 15 RUE LOUIS BLANC 75010 PARIS</t>
   </si>
   <si>
     <t>04/09/2006</t>
   </si>
   <si>
     <t>5 RUE BERLIOZ 06000 NICE</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
-    <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
-[...17 lines deleted...]
-    <t>70.10Z</t>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANCY</t>
+  </si>
+  <si>
+    <t>34 RUE STANISLAS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
   </si>
   <si>
     <t>7 BOULEVARD SOLFERINO 35000 RENNES</t>
   </si>
   <si>
     <t>05/10/2009</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE BORDEAUX</t>
   </si>
   <si>
     <t>323 AVENUE THIERS 33100 BORDEAUX</t>
   </si>
   <si>
     <t>19/06/2024</t>
   </si>
   <si>
     <t>PREMIUM FORMATION</t>
   </si>
   <si>
     <t>POLE LATOUR MAUBOURG 72 AVENUE DE ROMANS 26000 VALENCE</t>
   </si>
   <si>
     <t>21/02/2013</t>
   </si>
   <si>
-    <t>INSTITUT DES SCIENCES DE LA VISION FORMATION OU ISV FORMATION</t>
-[...5 lines deleted...]
-    <t>01/02/2019</t>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>64 RUE SAINT-ETIENNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>03/09/2012</t>
+  </si>
+  <si>
+    <t>L.E.P. PRIVE SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>1 RUE DE L'EGLISE 57840 OTTANGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
   </si>
   <si>
     <t>INSTITUT ET CAMPUS D'OPTIQUE</t>
   </si>
   <si>
     <t>134 ROUTE DE CHARTRES 91440 BURES-SUR-YVETTE</t>
-  </si>
-[...37 lines deleted...]
-    <t>1 RUE DE L'EGLISE 57840 OTTANGE</t>
   </si>
   <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR EN OPTIQUE LUNETTERIE, CESOL</t>
   </si>
   <si>
     <t>39 BOULEVARD ALBERT EINSTEIN 44300 NANTES</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>ECOLE D'OPTIQUE 3.0</t>
   </si>
   <si>
     <t>ECOLE D'OPTIQUE - LUNETTERIE DE LILLE</t>
   </si>
   <si>
     <t>BUSINESS RDC BAT. EKLA 78 RUE DE LA CHAUDE RIVIERE 59800 LILLE</t>
   </si>
   <si>
     <t>01/08/2020</t>
   </si>
   <si>
     <t>POLE DE FORMATION PASTEUR</t>
   </si>
@@ -1757,900 +1757,900 @@
       <c r="F21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34806572300044</v>
+        <v>39254661000032</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I22" s="3">
-        <v>11753179275</v>
+        <v>91660100366</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38246285100025</v>
+        <v>39391439500057</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="I23" s="3">
-        <v>52490304249</v>
+        <v>93130972313</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39254661000032</v>
+        <v>49042877800032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="I24" s="3">
-        <v>91660100366</v>
+        <v>93131233313</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39391439500057</v>
+        <v>75186095800022</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I25" s="3">
-        <v>93130972313</v>
+        <v>82420244642</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41197343100033</v>
+        <v>32898474500104</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="I26" s="3">
-        <v>11910788191</v>
+        <v>11751601275</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>42813525500050</v>
+        <v>34806572300044</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>32590996759</v>
+        <v>11753179275</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>43256926700029</v>
+        <v>38246285100025</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>73310371931</v>
+        <v>52490304249</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>43328538400023</v>
+        <v>41197343100033</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>82690727769</v>
+        <v>11910788191</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43328538400031</v>
+        <v>42813525500050</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>82690727769</v>
+        <v>32590996759</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>44895270500037</v>
+        <v>42965896600024</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I31" s="3">
-        <v>52440420844</v>
+        <v>84380675138</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48264727800035</v>
+        <v>43256926700029</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>11755950875</v>
+        <v>73310371931</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48264727800043</v>
+        <v>43328538400023</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>11755950875</v>
+        <v>82690727769</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>49042877800032</v>
+        <v>43328538400031</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>93131233313</v>
+        <v>82690727769</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32898474500104</v>
+        <v>44895270500037</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>134</v>
+        <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>11751601275</v>
+        <v>52440420844</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>50219577900025</v>
+        <v>48264727800035</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>136</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>53350842335</v>
+        <v>11755950875</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>51213263000058</v>
+        <v>48264727800043</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>72330773933</v>
+        <v>11755950875</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51418826700025</v>
+        <v>49937783600022</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>82260175626</v>
+        <v>41540260854</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>75186095800022</v>
+        <v>50219577900025</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>82420244642</v>
+        <v>53350842335</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78517491300018</v>
+        <v>51213263000058</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>11910010691</v>
+        <v>72330773933</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>52037299600030</v>
+        <v>51418826700025</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="I41" s="3">
-        <v>31590740959</v>
+        <v>82260175626</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42965896600024</v>
+        <v>52037299600030</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D42" s="2" t="s">
         <v>154</v>
       </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>84380675138</v>
+        <v>31590740959</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>49937783600022</v>
+        <v>78001478300010</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="I43" s="3">
-        <v>41540260854</v>
+        <v>41570053657</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78001478300010</v>
+        <v>78517491300018</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I44" s="3">
-        <v>41570053657</v>
+        <v>11910010691</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>80413148000027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
@@ -2855,31 +2855,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 00:09:59</dc:description>
+  <dc:description>Export en date du 02/03/2026 20:30:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>