--- v2 (2026-02-03)
+++ v3 (2026-03-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -163,62 +163,62 @@
   <si>
     <t>BATIMENT BREGUET 3 RUE JOLIOT-CURIE 91190 GIF-SUR-YVETTE</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>75 RUE SAINT ROCH 31400 TOULOUSE</t>
   </si>
   <si>
     <t>25/02/2015</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>CFA DE L'ACADEMIE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>135 RUE DE PERIOLE 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>7331P006331</t>
   </si>
   <si>
-    <t>CFA DE L'ACADEMIE DE TOULOUSE</t>
-[...7 lines deleted...]
-  <si>
     <t>GIP AUVERGNE</t>
   </si>
   <si>
     <t>43 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>18/02/2003</t>
   </si>
   <si>
     <t>8363P004763</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>URMA - CENTRE DE FORMATION DE ST GILLES LES HAUTS</t>
   </si>
   <si>
     <t>1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>LA ROCHELLE UNIVERSITE</t>
@@ -295,240 +295,252 @@
   <si>
     <t>16 RUE DE LA FONDERIE 68100 MULHOUSE</t>
   </si>
   <si>
     <t>05/06/2018</t>
   </si>
   <si>
     <t>4268P000368</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DIDEROT - LYCEE DES METIERS DE L'INGENIERIE INDUSTRIELLE ET DE L'HORLOGERIE</t>
   </si>
   <si>
     <t>GRETA GPI2D</t>
   </si>
   <si>
     <t>61 RUE DAVID D'ANGERS 75019 PARIS</t>
   </si>
   <si>
     <t>01/09/1995</t>
   </si>
   <si>
     <t>1175P007075</t>
   </si>
   <si>
+    <t>SUP SANTE</t>
+  </si>
+  <si>
+    <t>64 B RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE PARIS</t>
+  </si>
+  <si>
+    <t>33 RUE WURTZ 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE D OPTIQUE DE L OUEST</t>
+  </si>
+  <si>
+    <t>10 RUE ALEXANDRE FLEMING 49000 ANGERS</t>
+  </si>
+  <si>
     <t>ECPM</t>
   </si>
   <si>
     <t>NEOSUP</t>
   </si>
   <si>
     <t>PARC TECNOSUD 283 RUE JAMES WATT 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/08/2014</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FORMASUP MEDITERRANEE</t>
   </si>
   <si>
     <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
+    <t>UNION UNIVERSITE ECONOMIE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DUBREUIL 91400 ORSAY</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>CFH</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE FAUGIER</t>
+  </si>
+  <si>
+    <t>19 RUE RENE THOMAS 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>04/05/2017</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>19 RUE DE BAYARD 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/07/2014</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LYON</t>
+  </si>
+  <si>
+    <t>9 AVENUE LECLERC 69007 LYON</t>
+  </si>
+  <si>
+    <t>18/01/2011</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PASSERELLE 34 B AVENUE DE GRUGLIASCO 38130 ECHIROLLES</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANTES</t>
+  </si>
+  <si>
+    <t>BAT. 14 14 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>PROGRESS SUP</t>
+  </si>
+  <si>
+    <t>PROGRESS SANTE</t>
+  </si>
+  <si>
+    <t>N°15 AU 17 15 RUE LOUIS BLANC 75010 PARIS</t>
+  </si>
+  <si>
+    <t>04/09/2006</t>
+  </si>
+  <si>
+    <t>5 RUE BERLIOZ 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
     <t>INSTITUT SUPERIEUR D'OPTIQUE DE MARSEILLE</t>
   </si>
   <si>
     <t>43 RUE FREDERIC JOLIOT-CURIE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>30/07/2021</t>
   </si>
   <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE NANCY</t>
+  </si>
+  <si>
+    <t>34 RUE STANISLAS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE RENNES</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD SOLFERINO 35000 RENNES</t>
+  </si>
+  <si>
+    <t>05/10/2009</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>323 AVENUE THIERS 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
+    <t>PREMIUM FORMATION</t>
+  </si>
+  <si>
+    <t>POLE LATOUR MAUBOURG 72 AVENUE DE ROMANS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>21/02/2013</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'OPTIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>64 RUE SAINT-ETIENNE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>03/09/2012</t>
+  </si>
+  <si>
     <t>INSTITUT DES SCIENCES DE LA VISION FORMATION OU ISV FORMATION</t>
   </si>
   <si>
     <t>24 RUE DE ROBINSON 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
-    <t>SUP SANTE</t>
-[...146 lines deleted...]
-    <t>03/09/2012</t>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>43 RUE RASPAIL 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/01/1921</t>
   </si>
   <si>
     <t>L.E.P. PRIVE SAINT-ANDRE</t>
   </si>
   <si>
     <t>1 RUE DE L'EGLISE 57840 OTTANGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>INSTITUT ET CAMPUS D'OPTIQUE</t>
   </si>
   <si>
     <t>134 ROUTE DE CHARTRES 91440 BURES-SUR-YVETTE</t>
   </si>
   <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR EN OPTIQUE LUNETTERIE, CESOL</t>
   </si>
   <si>
     <t>39 BOULEVARD ALBERT EINSTEIN 44300 NANTES</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
@@ -933,51 +945,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M49"/>
+  <dimension ref="A1:M50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1353,91 +1365,89 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>18310907300027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>18310907300068</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>18630909200010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
@@ -1466,51 +1476,51 @@
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>18974011100167</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I14" s="3">
         <v>98970229897</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19170032700015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
@@ -1698,51 +1708,51 @@
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19681166500393</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>87</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19750712200046</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
@@ -1757,1091 +1767,1130 @@
       <c r="F21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>92</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39254661000032</v>
+        <v>32898474500104</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
-        <v>91660100366</v>
+        <v>11751601275</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>39391439500057</v>
+        <v>34806572300044</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="I23" s="3">
-        <v>93130972313</v>
+        <v>11753179275</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>49042877800032</v>
+        <v>38246285100025</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3">
-        <v>93131233313</v>
+        <v>52490304249</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>75186095800022</v>
+        <v>39254661000032</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D25" s="2"/>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>48</v>
+        <v>106</v>
       </c>
       <c r="I25" s="3">
-        <v>82420244642</v>
+        <v>91660100366</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>32898474500104</v>
+        <v>39391439500057</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
-        <v>11751601275</v>
+        <v>93130972313</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34806572300044</v>
+        <v>41197343100033</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>11753179275</v>
+        <v>11910788191</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38246285100025</v>
+        <v>42813525500050</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>52490304249</v>
+        <v>32590996759</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>41197343100033</v>
+        <v>42965896600024</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D29" s="2"/>
+      <c r="D29" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="E29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="I29" s="3">
-        <v>11910788191</v>
+        <v>84380675138</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>42813525500050</v>
+        <v>43256926700029</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>32590996759</v>
+        <v>73310371931</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>42965896600024</v>
+        <v>43328538400023</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D31" s="2" t="s">
         <v>123</v>
       </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>84380675138</v>
+        <v>82690727769</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>43256926700029</v>
+        <v>43328538400031</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>73310371931</v>
+        <v>82690727769</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43328538400023</v>
+        <v>44895270500037</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>99</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>82690727769</v>
+        <v>52440420844</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43328538400031</v>
+        <v>48264727800035</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>82690727769</v>
+        <v>11755950875</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>44895270500037</v>
+        <v>48264727800043</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>52440420844</v>
+        <v>11755950875</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>48264727800035</v>
+        <v>49042877800032</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>11755950875</v>
+        <v>93131233313</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>48264727800043</v>
+        <v>49937783600022</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>11755950875</v>
+        <v>41540260854</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>49937783600022</v>
+        <v>50219577900025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>41540260854</v>
+        <v>53350842335</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>50219577900025</v>
+        <v>51213263000058</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>53350842335</v>
+        <v>72330773933</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>51213263000058</v>
+        <v>51418826700025</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="I40" s="3">
-        <v>72330773933</v>
+        <v>82260175626</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>51418826700025</v>
+        <v>52037299600030</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>82260175626</v>
+        <v>31590740959</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>52037299600030</v>
+        <v>75186095800022</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
-        <v>31590740959</v>
+        <v>82420244642</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78001478300010</v>
+        <v>77568810400113</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D43" s="2"/>
+      <c r="D43" s="2" t="s">
+        <v>158</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I43" s="3">
-        <v>41570053657</v>
+        <v>11752836675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78517491300018</v>
+        <v>78001478300010</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="I44" s="3">
-        <v>11910010691</v>
+        <v>41570053657</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>80413148000027</v>
+        <v>78517491300018</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="3">
-        <v>52440729744</v>
+        <v>11910010691</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>85359997500028</v>
+        <v>80413148000027</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D46" s="2" t="s">
         <v>166</v>
       </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I46" s="3">
-        <v>32591003559</v>
+        <v>52440729744</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>91018960400010</v>
+        <v>85359997500028</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D47" s="2"/>
+      <c r="D47" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="I47" s="3">
-        <v>44510223751</v>
+        <v>32591003559</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>93249157400012</v>
+        <v>91018960400010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="I48" s="3">
-        <v>76300582030</v>
+        <v>44510223751</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>93810656400017</v>
+        <v>93249157400012</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D49" s="2" t="s">
         <v>176</v>
       </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="3">
+        <v>76300582030</v>
+      </c>
+      <c r="J49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M49" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
+      <c r="A50" s="1">
+        <v>93810656400017</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I50" s="3">
         <v>27250387225</v>
       </c>
-      <c r="J49" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M49" s="2" t="s">
+      <c r="J50" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L50" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2855,31 +2904,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 20:30:07</dc:description>
+  <dc:description>Export en date du 03/24/2026 04:41:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>