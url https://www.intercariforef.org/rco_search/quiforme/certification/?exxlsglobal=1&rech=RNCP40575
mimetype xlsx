--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -124,66 +124,66 @@
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PORTE D'AQUITAINE</t>
   </si>
   <si>
     <t>6 RUE DE CISTIERNA 24800 THIVIERS</t>
   </si>
   <si>
     <t>09/04/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>INSTITUT EUROPEEN DE FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE LEOPOLD ALIXANT 39330 MOUCHARD</t>
+  </si>
+  <si>
+    <t>08/07/1994</t>
+  </si>
+  <si>
     <t>ASS GESTION INSTITUT FORMATION PROF 43</t>
   </si>
   <si>
     <t>220 RUE DES CAMELIAS 43370 BAINS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>08/07/1994</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -775,108 +775,108 @@
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>31233053300026</v>
+        <v>40350234700012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>83430303143</v>
+        <v>43390038939</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40350234700012</v>
+        <v>31233053300026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I8" s="3">
-        <v>43390038939</v>
+        <v>83430303143</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -901,31 +901,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 15:47:32</dc:description>
+  <dc:description>Export en date du 12/13/2025 13:31:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>