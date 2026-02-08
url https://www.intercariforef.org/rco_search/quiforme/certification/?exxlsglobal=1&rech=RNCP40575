--- v1 (2025-12-13)
+++ v2 (2026-02-08)
@@ -124,66 +124,66 @@
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PORTE D'AQUITAINE</t>
   </si>
   <si>
     <t>6 RUE DE CISTIERNA 24800 THIVIERS</t>
   </si>
   <si>
     <t>09/04/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>ASS GESTION INSTITUT FORMATION PROF 43</t>
+  </si>
+  <si>
+    <t>220 RUE DES CAMELIAS 43370 BAINS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>INSTITUT EUROPEEN DE FORMATION</t>
   </si>
   <si>
     <t>2 RUE LEOPOLD ALIXANT 39330 MOUCHARD</t>
   </si>
   <si>
     <t>08/07/1994</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -775,108 +775,108 @@
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40350234700012</v>
+        <v>31233053300026</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>43390038939</v>
+        <v>83430303143</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31233053300026</v>
+        <v>40350234700012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I8" s="3">
-        <v>83430303143</v>
+        <v>43390038939</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -901,31 +901,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 13:31:19</dc:description>
+  <dc:description>Export en date du 02/08/2026 11:44:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>