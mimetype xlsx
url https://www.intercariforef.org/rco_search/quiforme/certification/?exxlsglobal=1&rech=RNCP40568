--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -844,197 +844,197 @@
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>IIT FORMATIONS ALTERNEES ORNES</t>
+  </si>
+  <si>
+    <t>RUE DU MANS 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>15/07/2013</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
-    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
-[...5 lines deleted...]
-    <t>27/07/2011</t>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
   </si>
   <si>
     <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
   </si>
   <si>
     <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
-[...94 lines deleted...]
-  <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS-TOULOUSE BUSINESS SCHOO</t>
   </si>
   <si>
     <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
@@ -1109,50 +1109,59 @@
     <t>6 AVENUE GENERAL HOCHE 81000 ALBI</t>
   </si>
   <si>
     <t>78 AVENUE D'AZEREIX 65000 TARBES</t>
   </si>
   <si>
     <t>94 RUE HAUTESSERRE 46000 CAHORS</t>
   </si>
   <si>
     <t>EKLYA</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
   <si>
     <t>20/07/2021</t>
   </si>
   <si>
     <t>QUARTIER DE LA TOURBIERE IMPASSE DES AULNES 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>01/12/2024</t>
+  </si>
+  <si>
+    <t>ACADEMIE VAUCLUSE PROVENCE INDUSTRIES</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1491,51 +1500,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M121"/>
+  <dimension ref="A1:M122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4475,669 +4484,669 @@
       <c r="F77" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I77" s="3">
         <v>98970017797</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>38980220800014</v>
+        <v>53379925000014</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="3">
-        <v>72470033047</v>
+        <v>72400095540</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>43903961100025</v>
+        <v>38980235600011</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>84691657569</v>
+        <v>72470032947</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>45235951600021</v>
+        <v>78338177500023</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>33</v>
+        <v>287</v>
       </c>
       <c r="I81" s="3">
-        <v>11910566091</v>
+        <v>41550000155</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>53379925000014</v>
+        <v>40110456700029</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>72400095540</v>
+        <v>25610038361</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>53921684600011</v>
+        <v>41058110200010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I83" s="3">
-        <v>43390093239</v>
+        <v>72330424333</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>48998104300024</v>
+        <v>42417546100021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I84" s="3">
-        <v>27250353625</v>
+        <v>52440404744</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>41058110200010</v>
+        <v>42417546100096</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>298</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I85" s="3">
-        <v>72330424333</v>
+        <v>52440404744</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>42417546100021</v>
+        <v>43903961100025</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>299</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>301</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I86" s="3">
-        <v>52440404744</v>
+        <v>84691657569</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42417546100096</v>
+        <v>45235951600021</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>78338177500023</v>
+        <v>47991356800024</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>307</v>
+        <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>41550000155</v>
+        <v>73820050682</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>50876465100024</v>
+        <v>48998104300024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>310</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I89" s="3">
-        <v>27210417621</v>
+        <v>27250353625</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50876465100032</v>
+        <v>50876465100024</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I90" s="3">
         <v>27210417621</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>30340844700033</v>
+        <v>50876465100032</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
         <v>314</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>315</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I91" s="3">
-        <v>22800001380</v>
+        <v>27210417621</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>30804972500036</v>
+        <v>30340844700033</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I92" s="3">
-        <v>24180039818</v>
+        <v>22800001380</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>47991356800024</v>
+        <v>30804972500036</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>321</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I93" s="3">
-        <v>73820050682</v>
+        <v>24180039818</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>40110456700029</v>
+        <v>53921684600011</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>25610038361</v>
+        <v>43390093239</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>325</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>48</v>
       </c>
@@ -5493,495 +5502,495 @@
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I105" s="3">
         <v>76341086134</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I106" s="3">
         <v>76341086134</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I107" s="3">
         <v>76341086134</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I108" s="3">
         <v>76341086134</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>89079142900081</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I109" s="3">
         <v>76341086134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I110" s="3">
         <v>76341086134</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I111" s="3">
         <v>76341086134</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>89079142900131</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I112" s="3">
         <v>76341086134</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I113" s="3">
         <v>76341086134</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>89079142900164</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I114" s="3">
         <v>76341086134</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>89079142900172</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I115" s="3">
         <v>76341086134</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I116" s="3">
         <v>76341086134</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="I117" s="3">
         <v>76341086134</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
@@ -6100,50 +6109,87 @@
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>364</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="3">
         <v>28760644876</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" s="1">
+        <v>93771634800019</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="I122" s="3">
+        <v>93840531384</v>
+      </c>
+      <c r="J122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K122" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6157,31 +6203,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 23:36:59</dc:description>
+  <dc:description>Export en date du 12/23/2025 00:24:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>