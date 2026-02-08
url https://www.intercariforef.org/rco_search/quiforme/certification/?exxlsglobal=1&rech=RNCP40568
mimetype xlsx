--- v1 (2025-12-22)
+++ v2 (2026-02-08)
@@ -844,207 +844,207 @@
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
+  </si>
+  <si>
+    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS-TOULOUSE BUSINESS SCHOO</t>
+  </si>
+  <si>
+    <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>IIT FORMATIONS ALTERNEES ORNES</t>
+  </si>
+  <si>
+    <t>RUE DU MANS 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>15/07/2013</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
-    <t>SUD'MANAGEMENT ENTREPRISES</t>
-[...11 lines deleted...]
-    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
   </si>
   <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
     <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...121 lines deleted...]
-    <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
@@ -2893,51 +2893,51 @@
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3">
         <v>27210429021</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>13002980400072</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="s">
@@ -4484,748 +4484,748 @@
       <c r="F77" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I77" s="3">
         <v>98970017797</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>53379925000014</v>
+        <v>30340844700033</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I78" s="3">
-        <v>72400095540</v>
+        <v>22800001380</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38980220800014</v>
+        <v>30804972500036</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I79" s="3">
-        <v>72470033047</v>
+        <v>24180039818</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78338177500023</v>
+        <v>38980235600011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>287</v>
+        <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>41550000155</v>
+        <v>72470032947</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>40110456700029</v>
+        <v>81751739400018</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>290</v>
+        <v>48</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I82" s="3">
-        <v>25610038361</v>
+        <v>76310849231</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>41058110200010</v>
+        <v>81751739400034</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>287</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>289</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>293</v>
+        <v>97</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>72330424333</v>
+        <v>76310849231</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>42417546100021</v>
+        <v>48998104300024</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I84" s="3">
-        <v>52440404744</v>
+        <v>27250353625</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>42417546100096</v>
+        <v>40110456700029</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3">
-        <v>52440404744</v>
+        <v>25610038361</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>43903961100025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I86" s="3">
-        <v>84691657569</v>
+        <v>72330424333</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>45235951600021</v>
+        <v>42417546100021</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I87" s="3">
-        <v>11910566091</v>
+        <v>52440404744</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>47991356800024</v>
+        <v>42417546100096</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>73820050682</v>
+        <v>52440404744</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>48998104300024</v>
+        <v>43903961100025</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I89" s="3">
-        <v>27250353625</v>
+        <v>84691657569</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50876465100024</v>
+        <v>45235951600021</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>27210417621</v>
+        <v>11910566091</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>50876465100032</v>
+        <v>47991356800024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I91" s="3">
-        <v>27210417621</v>
+        <v>73820050682</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>30340844700033</v>
+        <v>50876465100024</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I92" s="3">
-        <v>22800001380</v>
+        <v>27210417621</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>30804972500036</v>
+        <v>50876465100032</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I93" s="3">
-        <v>24180039818</v>
+        <v>27210417621</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>53921684600011</v>
+        <v>53379925000014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>43390093239</v>
+        <v>72400095540</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>81751739400018</v>
+        <v>53921684600011</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>48</v>
+        <v>324</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I95" s="3">
-        <v>76310849231</v>
+        <v>43390093239</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>81751739400034</v>
+        <v>78338177500023</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="D96" s="2" t="s">
+      <c r="D96" s="2"/>
+      <c r="E96" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F96" s="2" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>33</v>
+        <v>328</v>
       </c>
       <c r="I96" s="3">
-        <v>76310849231</v>
+        <v>41550000155</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>88102752800010</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>44</v>
@@ -5502,495 +5502,495 @@
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I105" s="3">
         <v>76341086134</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I106" s="3">
         <v>76341086134</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I107" s="3">
         <v>76341086134</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I108" s="3">
         <v>76341086134</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>89079142900081</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I109" s="3">
         <v>76341086134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I110" s="3">
         <v>76341086134</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I111" s="3">
         <v>76341086134</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>89079142900131</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I112" s="3">
         <v>76341086134</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I113" s="3">
         <v>76341086134</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>89079142900164</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I114" s="3">
         <v>76341086134</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>89079142900172</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I115" s="3">
         <v>76341086134</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I116" s="3">
         <v>76341086134</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I117" s="3">
         <v>76341086134</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
@@ -6203,31 +6203,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 00:24:58</dc:description>
+  <dc:description>Export en date du 02/08/2026 10:19:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>