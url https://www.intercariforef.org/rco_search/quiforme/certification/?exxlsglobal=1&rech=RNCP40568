--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="374">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -424,50 +424,59 @@
   <si>
     <t>CHAMB COMMERC INDUSTRIE NICE COTE D'AZUR</t>
   </si>
   <si>
     <t>20 BOULEVARD CARABACEL 06000 NICE</t>
   </si>
   <si>
     <t>9306P001706</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE METROPOLITAINE AIX-MARSEILLE-PROVENCE</t>
   </si>
   <si>
     <t>GROUPE ECOLE PRATIQUE</t>
   </si>
   <si>
     <t>1 RUE SAINT SEBASTIEN 13006 MARSEILLE</t>
   </si>
   <si>
     <t>28/01/1992</t>
   </si>
   <si>
     <t>9313P001013</t>
   </si>
   <si>
+    <t>CAMPUS SUPERIEUR DE MARSEILLE – ECOLE PRATIQUE</t>
+  </si>
+  <si>
+    <t>11 AVENUE DE LUMINY 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
   </si>
   <si>
     <t>LE CAMPUS</t>
   </si>
   <si>
     <t>BOULEVARD DU VIALENC 15000 AURILLAC</t>
   </si>
   <si>
     <t>25/03/2010</t>
   </si>
   <si>
     <t>8315P000115</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>5322P001722</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DE GUERET</t>
@@ -556,59 +565,59 @@
   <si>
     <t>6 RUE ANNE DE BRETAGNE 41000 BLOIS</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>7 RUE HOCHE 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
+    <t>CCI FORMATION-CFA IMT-ISCO</t>
+  </si>
+  <si>
+    <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
+  </si>
+  <si>
     <t>8238P001138</t>
   </si>
   <si>
-    <t>CCI FORMATION-CFA IMT-ISCO</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
   </si>
   <si>
     <t>CCI MORBIHAN FORMATION</t>
   </si>
   <si>
     <t>21 QUAI DES INDES 56100 LORIENT</t>
@@ -853,215 +862,215 @@
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
+    <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU MOUZON 54520 LAXOU</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
   </si>
   <si>
     <t>149 B RUE DE TURLY 18000 BOURGES</t>
   </si>
   <si>
     <t>01/09/1980</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>IIT FORMATIONS ALTERNEES ORNES</t>
+  </si>
+  <si>
+    <t>RUE DU MANS 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>15/07/2013</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS-TOULOUSE BUSINESS SCHOO</t>
   </si>
   <si>
     <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
-[...112 lines deleted...]
-  <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
-    <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
-[...7 lines deleted...]
-  <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>CAMPUS CERGY PONTOISE 8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
   <si>
     <t>3 RUE ARMAND MOISANT 75015 PARIS 15</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE LA PRODUCTION DE LA MODE ET DU LUXE</t>
   </si>
   <si>
     <t>34-36 34 RUE DU PARC DE CLAGNY 78000 VERSAILLES</t>
@@ -1118,50 +1127,59 @@
     <t>EKLYA</t>
   </si>
   <si>
     <t>EM NORMANDIE COMPETENCES</t>
   </si>
   <si>
     <t>20 QUAI FRISSARD 76600 LE HAVRE</t>
   </si>
   <si>
     <t>20/07/2021</t>
   </si>
   <si>
     <t>QUARTIER DE LA TOURBIERE IMPASSE DES AULNES 76170 LILLEBONNE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>ACADEMIE VAUCLUSE PROVENCE INDUSTRIES</t>
   </si>
   <si>
     <t>12/11/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DU COMMERCE ET DE L'INDUSTRIE DE CORSE</t>
+  </si>
+  <si>
+    <t>EPCI AMPARA MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1500,51 +1518,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M122"/>
+  <dimension ref="A1:M124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1820,57 +1838,57 @@
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
         <v>94202111120</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002170200043</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
@@ -2938,51 +2956,51 @@
         <v>115</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="3">
         <v>75170269817</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18040001200019</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
@@ -3098,3098 +3116,3172 @@
       <c r="F41" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>135</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>18150001800062</v>
+        <v>18130002100381</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="E42" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>18220005500016</v>
+        <v>18150001800062</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D43" s="2"/>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>143</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>18230801500136</v>
+        <v>18220005500016</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="D44" s="2"/>
+      <c r="E44" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="2" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>18240014300026</v>
+        <v>18230801500136</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>18263001200041</v>
+        <v>18240014300026</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>18280001100047</v>
+        <v>18263001200041</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>18360001400017</v>
+        <v>18280001100047</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D48" s="2"/>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>18360001400066</v>
+        <v>18360001400017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D49" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>18360001400074</v>
+        <v>18360001400066</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>171</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>18383001700152</v>
+        <v>18360001400074</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="E51" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="E51" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>18383001700236</v>
+        <v>18383001700152</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D52" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="G52" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="I52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>18383002500015</v>
+        <v>18383001700236</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D53" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>185</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>18530044900013</v>
+        <v>18383002500015</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>174</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="G54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I54" s="3">
-        <v>52530049653</v>
+      <c r="I54" s="3" t="s">
+        <v>188</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>18560005300234</v>
+        <v>18530044900013</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>18572202200125</v>
+        <v>18560005300234</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="2" t="s">
-        <v>196</v>
+        <v>90</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>18580003400067</v>
+        <v>18572202200125</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>18640002400011</v>
+        <v>18580003400067</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E58" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>18640002400060</v>
+        <v>18640002400011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>207</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>209</v>
+        <v>121</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>18640005700078</v>
+        <v>18640002400060</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D60" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="E60" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>18720092800054</v>
+        <v>18640005700078</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E61" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>52720101272</v>
+        <v>44</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>217</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>18720092800120</v>
+        <v>18720092800054</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>219</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>72</v>
+        <v>221</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I62" s="3">
         <v>52720101272</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>18743001200067</v>
+        <v>18720092800120</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>218</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>223</v>
+        <v>72</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>44</v>
+      </c>
+      <c r="I63" s="3">
+        <v>52720101272</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>18750002000073</v>
+        <v>18743001200067</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>18770918300086</v>
+        <v>18750002000073</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D65" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>232</v>
+        <v>17</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>18770918300169</v>
+        <v>18770918300086</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D66" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>18790001400098</v>
+        <v>18770918300169</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>18830001600121</v>
+        <v>18790001400098</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E68" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>18830001600261</v>
+        <v>18830001600121</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D69" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="E69" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="F69" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>18840001400018</v>
+        <v>18830001600261</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D70" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>121</v>
+        <v>250</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>18860003500144</v>
+        <v>18840001400018</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>253</v>
+        <v>121</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I71" s="3">
-        <v>54860109086</v>
+      <c r="I71" s="3" t="s">
+        <v>253</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>18870801000015</v>
+        <v>18860003500144</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>121</v>
+        <v>256</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I72" s="3" t="s">
-        <v>256</v>
+      <c r="I72" s="3">
+        <v>54860109086</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>18882211800017</v>
+        <v>18870801000015</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>259</v>
+        <v>121</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>18890911300121</v>
+        <v>18882211800017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>18973302500069</v>
+        <v>18890911300121</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="D75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I75" s="3">
-        <v>96973075197</v>
+      <c r="I75" s="3" t="s">
+        <v>267</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>18974211700097</v>
+        <v>18973302500069</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D76" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="D76" s="2" t="s">
+      <c r="E76" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="F76" s="2" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I76" s="3">
-        <v>98970017797</v>
+        <v>96973075197</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>18974211700121</v>
+        <v>18974211700097</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>273</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>196</v>
+        <v>275</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>275</v>
+        <v>33</v>
       </c>
       <c r="I77" s="3">
         <v>98970017797</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>30340844700033</v>
+        <v>18974211700121</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="D78" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>278</v>
+        <v>199</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>59</v>
+        <v>278</v>
       </c>
       <c r="I78" s="3">
-        <v>22800001380</v>
+        <v>98970017797</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>30804972500036</v>
+        <v>30340844700033</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I79" s="3">
-        <v>24180039818</v>
+        <v>22800001380</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38980220800014</v>
+        <v>88280019600017</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I80" s="3">
-        <v>72470033047</v>
+        <v>44540389954</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>38980235600011</v>
+        <v>30804972500036</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I81" s="3">
-        <v>72470032947</v>
+        <v>24180039818</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>81751739400018</v>
+        <v>38980220800014</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>48</v>
+        <v>290</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>76310849231</v>
+        <v>72470033047</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>81751739400034</v>
+        <v>38980235600011</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>76310849231</v>
+        <v>72470032947</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>48998104300024</v>
+        <v>40110456700029</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I84" s="3">
-        <v>27250353625</v>
+        <v>25610038361</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>40110456700029</v>
+        <v>41058110200010</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I85" s="3">
-        <v>25610038361</v>
+        <v>72330424333</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>41058110200010</v>
+        <v>42417546100021</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I86" s="3">
-        <v>72330424333</v>
+        <v>52440404744</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42417546100021</v>
+        <v>42417546100096</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I87" s="3">
         <v>52440404744</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>42417546100096</v>
+        <v>43903961100025</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>52440404744</v>
+        <v>84691657569</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>43903961100025</v>
+        <v>45235951600021</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="3">
-        <v>84691657569</v>
+        <v>11910566091</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>45235951600021</v>
+        <v>47991356800024</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>11910566091</v>
+        <v>73820050682</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>47991356800024</v>
+        <v>48998104300024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I91" s="3">
-        <v>73820050682</v>
+        <v>27250353625</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I92" s="3">
         <v>27210417621</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>50876465100032</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I93" s="3">
         <v>27210417621</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>53379925000014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
         <v>72400095540</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>53921684600011</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="3">
         <v>43390093239</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>78338177500023</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I96" s="3">
         <v>41550000155</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>88102752800010</v>
+        <v>81751739400018</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I97" s="3">
-        <v>84010221901</v>
+        <v>76310849231</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>88280019600017</v>
+        <v>81751739400034</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="D98" s="2"/>
+      <c r="D98" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>333</v>
+        <v>97</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I98" s="3">
-        <v>44540389954</v>
+        <v>76310849231</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>88930797100024</v>
+        <v>88102752800010</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>336</v>
+        <v>27</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I99" s="3">
-        <v>11788460978</v>
+        <v>84010221901</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>88930797100040</v>
+        <v>88930797100024</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I100" s="3">
         <v>11788460978</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>88930797100081</v>
+        <v>88930797100040</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I101" s="3">
         <v>11788460978</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>88930797100107</v>
+        <v>88930797100081</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F102" s="2" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I102" s="3">
         <v>11788460978</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>88941511300022</v>
+        <v>88930797100107</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I103" s="3">
-        <v>11788461778</v>
+        <v>11788460978</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>89079142900016</v>
+        <v>88941511300022</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I104" s="3">
-        <v>76341086134</v>
+        <v>11788461778</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>89079142900032</v>
+        <v>89079142900016</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>328</v>
+        <v>33</v>
       </c>
       <c r="I105" s="3">
         <v>76341086134</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>89079142900040</v>
+        <v>89079142900032</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I106" s="3">
         <v>76341086134</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>89079142900065</v>
+        <v>89079142900040</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I107" s="3">
         <v>76341086134</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>89079142900073</v>
+        <v>89079142900065</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I108" s="3">
         <v>76341086134</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>89079142900081</v>
+        <v>89079142900073</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I109" s="3">
         <v>76341086134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>89079142900099</v>
+        <v>89079142900081</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I110" s="3">
         <v>76341086134</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>89079142900123</v>
+        <v>89079142900099</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I111" s="3">
         <v>76341086134</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>89079142900131</v>
+        <v>89079142900123</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I112" s="3">
         <v>76341086134</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>89079142900149</v>
+        <v>89079142900131</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I113" s="3">
         <v>76341086134</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>89079142900164</v>
+        <v>89079142900149</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I114" s="3">
         <v>76341086134</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>89079142900172</v>
+        <v>89079142900164</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I115" s="3">
         <v>76341086134</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>89079142900198</v>
+        <v>89079142900172</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I116" s="3">
         <v>76341086134</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>89079142900206</v>
+        <v>89079142900198</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="I117" s="3">
         <v>76341086134</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>90025885600013</v>
+        <v>89079142900206</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>50</v>
+        <v>361</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>90</v>
+        <v>348</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>44</v>
+        <v>330</v>
       </c>
       <c r="I118" s="3">
-        <v>84691874369</v>
+        <v>76341086134</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>90025885600021</v>
+        <v>90025885600013</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I119" s="3">
         <v>84691874369</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>90170349600017</v>
+        <v>90025885600021</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>361</v>
+        <v>53</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>362</v>
+        <v>90</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I120" s="3">
-        <v>28760644876</v>
+        <v>84691874369</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>90170349600041</v>
+        <v>90170349600017</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="3">
         <v>28760644876</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>93771634800019</v>
+        <v>90170349600041</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>249</v>
+        <v>366</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>367</v>
+        <v>33</v>
       </c>
       <c r="I122" s="3">
+        <v>28760644876</v>
+      </c>
+      <c r="J122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K122" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" s="1">
+        <v>93771634800019</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="I123" s="3">
         <v>93840531384</v>
       </c>
-      <c r="J122" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M122" s="2" t="s">
+      <c r="J123" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K123" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L123" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M123" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" s="1">
+        <v>99902196700131</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I124" s="3">
+        <v>94202154720</v>
+      </c>
+      <c r="J124" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K124" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L124" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M124" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6203,31 +6295,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 10:19:48</dc:description>
+  <dc:description>Export en date du 03/29/2026 21:24:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>