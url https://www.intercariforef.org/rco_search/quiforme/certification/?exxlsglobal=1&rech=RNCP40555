--- v0 (2025-10-09)
+++ v1 (2026-01-29)
@@ -864,342 +864,360 @@
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>42334912500041</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="3"/>
+      <c r="I8" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>42334912500058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3"/>
+      <c r="I9" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>42334912500066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>42334912500074</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="3"/>
+      <c r="I11" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>42334912500082</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="3"/>
+      <c r="I12" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>42334912500108</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>42334912500124</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I14" s="3"/>
+      <c r="I14" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>42334912500132</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I15" s="3"/>
+      <c r="I15" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>42334912500157</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I16" s="3"/>
+      <c r="I16" s="3">
+        <v>11756724175</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82450453400028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I17" s="3">
         <v>11756521975</v>
@@ -1286,31 +1304,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 05:18:42</dc:description>
+  <dc:description>Export en date du 01/30/2026 00:03:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>