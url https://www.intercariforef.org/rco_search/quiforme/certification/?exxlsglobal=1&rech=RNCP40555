--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -1304,31 +1304,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 00:03:18</dc:description>
+  <dc:description>Export en date du 03/16/2026 22:17:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>