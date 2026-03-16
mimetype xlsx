--- v2 (2026-03-16)
+++ v3 (2026-03-16)
@@ -1304,31 +1304,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/16/2026 22:17:10</dc:description>
+  <dc:description>Export en date du 03/16/2026 23:13:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>