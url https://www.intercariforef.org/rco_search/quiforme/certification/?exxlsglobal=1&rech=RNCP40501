--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE LORRAINE</t>
   </si>
   <si>
     <t>34 COURS LEOPOLD 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -136,81 +136,81 @@
   <si>
     <t>4154P000154</t>
   </si>
   <si>
     <t>UNIVERSITE DE PAU ET DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>AVENUE DE L'UNIVERSITE 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>7264P000364</t>
   </si>
   <si>
     <t>UNIVERSITE DU MANS</t>
   </si>
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
+    <t>CFAI-APC LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>26/08/1996</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
   </si>
   <si>
     <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/01/2001</t>
   </si>
   <si>
     <t>INSTITUT DE SOUDURE INDUSTRIE</t>
   </si>
   <si>
     <t>ZI PARIS NORD II 90 RUE DES VANESSES 93420 VILLEPINTE</t>
   </si>
   <si>
     <t>09/12/1997</t>
   </si>
   <si>
     <t>71.20B</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>CFAI 21 71</t>
   </si>
   <si>
     <t>6 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>22/07/2019</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
@@ -873,179 +873,179 @@
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>52720107272</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40292484900027</v>
+        <v>34958609900021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>11910726491</v>
+        <v>44540379354</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41472896400019</v>
+        <v>40292484900027</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>11930222993</v>
+        <v>11910726491</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34958609900021</v>
+        <v>41472896400019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>44540379354</v>
+        <v>11930222993</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>31418698200042</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I11" s="3">
         <v>27710289571</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
@@ -1184,31 +1184,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 16:41:36</dc:description>
+  <dc:description>Export en date du 12/16/2025 21:36:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>