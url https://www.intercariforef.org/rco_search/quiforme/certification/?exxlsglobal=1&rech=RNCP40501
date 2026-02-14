--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -136,90 +136,96 @@
   <si>
     <t>4154P000154</t>
   </si>
   <si>
     <t>UNIVERSITE DE PAU ET DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>AVENUE DE L'UNIVERSITE 64000 PAU</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>7264P000364</t>
   </si>
   <si>
     <t>UNIVERSITE DU MANS</t>
   </si>
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
+    <t>CFAI 21 71</t>
+  </si>
+  <si>
+    <t>6 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CFAI-APC LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
   </si>
   <si>
     <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/01/2001</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t>INSTITUT DE SOUDURE INDUSTRIE</t>
   </si>
   <si>
     <t>ZI PARIS NORD II 90 RUE DES VANESSES 93420 VILLEPINTE</t>
   </si>
   <si>
     <t>09/12/1997</t>
   </si>
   <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
     <t>71.20B</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/2008</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>22/07/2019</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
@@ -873,286 +879,286 @@
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>52720107272</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34958609900021</v>
+        <v>31418698200042</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>44540379354</v>
+        <v>27710289571</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40292484900027</v>
+        <v>34958609900021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>11910726491</v>
+        <v>44540379354</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41472896400019</v>
+        <v>40292484900027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>11930222993</v>
+        <v>11910726491</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31418698200042</v>
+        <v>41472896400019</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3">
         <v>27210403521</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>93249157400012</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3">
         <v>76300582030</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3">
         <v>27210481021</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1184,31 +1190,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 21:36:52</dc:description>
+  <dc:description>Export en date du 02/14/2026 16:17:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>