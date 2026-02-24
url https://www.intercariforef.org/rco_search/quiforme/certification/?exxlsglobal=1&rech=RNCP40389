--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -73,84 +73,84 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>LES MINIMES 102 RUE DE COUREILLES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>23/11/1988</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>L INSTITUT DE L EVENEMENT</t>
+  </si>
+  <si>
+    <t>11 RUE FRIANT 75014 PARIS</t>
+  </si>
+  <si>
+    <t>15/10/2018</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>16/01/1989</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASSOC JEANNE PERRIMOND</t>
   </si>
   <si>
     <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...25 lines deleted...]
-    <t>16/01/1989</t>
   </si>
   <si>
     <t>ACE EDUCATION</t>
   </si>
   <si>
     <t>33 RUE DAVIEL 75013 PARIS</t>
   </si>
   <si>
     <t>13/07/2017</t>
   </si>
   <si>
     <t>66.12Z</t>
   </si>
   <si>
     <t>CAMPUS SUD DES METIERS 13 AVENUE SIMONE VEIL 06200 NICE</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>5-7 5 RUE DU PLAT 59800 LILLE</t>
   </si>
   <si>
     <t>80 RUE DE LA CROIX NIVERT 75015 PARIS</t>
   </si>
@@ -622,157 +622,157 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>54170112617</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78288388800029</v>
+        <v>50219784100047</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>93130682213</v>
+        <v>11755038875</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>50219784100047</v>
+        <v>77555830700093</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11755038875</v>
+        <v>93130322913</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77555830700093</v>
+        <v>78288388800029</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>93130322913</v>
+        <v>93130682213</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>83102401300011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>11756779175</v>
@@ -787,162 +787,162 @@
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83102401300086</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>11756779175</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>83102401300094</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>11756779175</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>83102401300169</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
         <v>11756779175</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>83102401300227</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
         <v>11756779175</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -970,31 +970,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 09:10:57</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:46:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>