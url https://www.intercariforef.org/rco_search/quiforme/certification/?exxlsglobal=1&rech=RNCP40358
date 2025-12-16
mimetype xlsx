--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -137,50 +137,53 @@
     <t>RUE ROBERT CAUMONT 33300 BORDEAUX</t>
   </si>
   <si>
     <t>17/07/2023</t>
   </si>
   <si>
     <t>HELIOS 4, HELIOPOLIS, LOCAL 122 116 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>04/10/2023</t>
   </si>
   <si>
     <t>ESAV , INSTITUT BONAPARTE</t>
   </si>
   <si>
     <t>1 AVENUE DES LIONS 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>395 RUE MAURICE BEJART 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>28/10/2024</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
   </si>
   <si>
     <t>31 QUAI DE LA SEINE 75019 PARIS</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -933,98 +936,100 @@
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>11755117375</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>79372515100153</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="G11" s="2"/>
+      <c r="G11" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>11755117375</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>79372515100161</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>11755117375</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1056,31 +1061,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/28/2025 18:54:55</dc:description>
+  <dc:description>Export en date du 12/16/2025 12:16:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>