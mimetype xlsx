--- v1 (2025-12-16)
+++ v2 (2026-03-15)
@@ -802,53 +802,51 @@
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>79372515100112</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>79372515100120</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -954,53 +952,51 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>79372515100153</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>79372515100161</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
@@ -1061,31 +1057,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 12:16:08</dc:description>
+  <dc:description>Export en date du 03/15/2026 14:24:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>