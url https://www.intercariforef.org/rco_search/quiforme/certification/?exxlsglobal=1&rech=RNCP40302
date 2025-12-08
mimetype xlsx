--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -1784,31 +1784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 10:18:10</dc:description>
+  <dc:description>Export en date du 12/08/2025 12:32:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>