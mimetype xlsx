--- v1 (2025-12-08)
+++ v2 (2026-02-04)
@@ -268,69 +268,69 @@
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
+    <t>INST FORM REG INDUST AGRO ALIMENT AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
+  </si>
+  <si>
+    <t>05/12/2012</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
-  </si>
-[...10 lines deleted...]
-    <t>05/12/2012</t>
   </si>
   <si>
     <t>ASSOCIATION CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE LYON</t>
   </si>
   <si>
     <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
@@ -1510,108 +1510,108 @@
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>83</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39048242000028</v>
+        <v>39329874000027</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I22" s="3">
-        <v>53220855422</v>
+        <v>82690413569</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>39329874000027</v>
+        <v>39048242000028</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="I23" s="3">
-        <v>82690413569</v>
+        <v>53220855422</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>41158228100019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D24" s="2"/>
@@ -1784,31 +1784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 12:32:11</dc:description>
+  <dc:description>Export en date du 02/04/2026 11:22:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>