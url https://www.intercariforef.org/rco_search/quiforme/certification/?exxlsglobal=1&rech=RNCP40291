--- v0 (2025-11-04)
+++ v1 (2026-02-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -181,90 +181,87 @@
   <si>
     <t>9166P083266</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULON</t>
   </si>
   <si>
     <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
   </si>
   <si>
     <t>9383P002683</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>FORMASUP MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>24/01/2022</t>
   </si>
   <si>
     <t>ESI BUSINESS EXECUTIVE</t>
   </si>
   <si>
     <t>20 T RUE DE BEZONS 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>12/02/2014</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1106,243 +1103,241 @@
         <v>53</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39089496200054</v>
+        <v>39391439500057</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>11770565477</v>
+        <v>93130972313</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39391439500057</v>
+        <v>39089496200054</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="I16" s="3">
-        <v>93130972313</v>
+        <v>11770565477</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>48448287200021</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>11921554492</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>93249157400012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
         <v>76300582030</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1374,31 +1369,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 05:44:27</dc:description>
+  <dc:description>Export en date du 02/13/2026 01:10:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>