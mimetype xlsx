--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -1169,31 +1169,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 10:08:53</dc:description>
+  <dc:description>Export en date du 02/02/2026 21:23:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>