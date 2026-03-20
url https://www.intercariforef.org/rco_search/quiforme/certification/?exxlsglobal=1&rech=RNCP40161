--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -756,94 +756,90 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>51809403200035</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>52068687400030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83367418700053</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
@@ -949,53 +945,51 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>83369622200029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>87835297000049</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1169,31 +1163,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 21:23:25</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:24:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>